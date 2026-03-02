--- v0 (2025-10-14)
+++ v1 (2026-03-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1600" uniqueCount="722">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1616" uniqueCount="728">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -423,50 +423,62 @@
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2212/indicacao_no_028-2024_-_que_o_executivo_envie_esforcos_necessarios_para_acrescentar_roupas_de_frio_no_kit_uniforme_escolar.pdf</t>
   </si>
   <si>
     <t>"QUE O EXECUTIVO ENVIE ESFORÇOS NECESSÁRIOS PARA ACRESCENTAR AO KIT UNIFORME ESCOLAR ROUPAS DE FRIO PARA CRIANÇAS MATRICULADAS NA REDE MUNICIPAL DE ENSINO DE NOSSO MUNICÍPIO".</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Kelsat</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2249/indicacao_no_029-2024.pdf</t>
   </si>
   <si>
     <t>"INDICA AO EXECUTIVO MUNICIPAL QUE ENVIDE ESFORÇOS PARA INSTALAÇÃO DE UMA ACADEMIA POPULAR NO NOVO CAMPO DE FUTEBOL DE CRISTAL DO NORTE".</t>
   </si>
   <si>
+    <t>2855</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2855/indicacao_no_030-2024_-_sejam_providenciadas_15_barracas_padronizadas_para_os_feirantes_de_cristal_do_norte.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA AO EXECUTIVO MUNICIPAL QUE ENVIDE ESFORÇOS PARA QUE SEJAM PROVIDENCIADAS 15 BARRACAS PADRONIZADAS PARA OS FEIRANTES DO DISTRITO DE CRISTAL DO NORTE".</t>
+  </si>
+  <si>
     <t>2217</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2217/indicacao_no_031-2024_-_seja_construido_um_chafariz_com_algumas_torneiras_de_livre_acesso_para_a_populacao.pdf</t>
   </si>
   <si>
     <t>“QUE O EXECUTIVO MUNICIPAL EMPENHE TODOS OS ESFORÇOS NECESSÁRIOS PARA QUE SEJA CONSTRUIDO  UM CHAFARIZ COM ALGUMAS TORNEIRAS  DE LIVRE ACESSO PRA POPULAÇÃO E PARA QUE TENHA O DIREITO DO USO DE UMA ÁGUA DE QUALIDADE EXTRAÍDA DE UM POÇO ARTESIANO ADQUIRIDO POR INTERMÉDIO DA INDICAÇÃO DESTE QUE O SUBSCREVE DENOMINADO DEMIZINHO DA FARMÁCIA”.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2218/ndicacao_no_032-2024_-_instalacao_de_um_semaforo_para_pedestre_na_avenida_edward_abreu_do_nascimento_cruzando_a_avenida_alberto_dos_reis_castro.pdf</t>
   </si>
   <si>
     <t>“QUE O EXECUTIVO MUNICIPAL EMPENHE TODOS OS ESFORÇOS NECESSÁRIOS PARA QUE SEJA FEITO INSTALAÇÃO DE UM SEMÁFORO PARA PEDRESTRE NA AVENIDA EDWARD ABREU DO NASCIMENTO CRUZANDO A AVENIDA ALBERTO DOS REIS CATRO”.</t>
   </si>
   <si>
     <t>2219</t>
@@ -900,99 +912,105 @@
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2289/projeto_de_decreto_legislativo_no_021-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._manoel_elias_gasparini.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO SR. MANOEL ELIAS GASPARINI”.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2328/projeto_de_decreto_legislativo_no_022-_2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO VOSSO REVERENDÍSSIMO PE. JOÃO BATISTA VIEIRA”.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2330/projeto_de_decreto_legislativo_no_023-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO SR. VANDERLEI REBONATO OLIVEIRA”.</t>
   </si>
   <si>
+    <t>2856</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2856/projeto_de_decreto_legislativo_no_024-2024_-_tarcisio_dos_santos_fernandes.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO SR. TARCISIO DOS SANTOS FERNANDES”.</t>
+  </si>
+  <si>
     <t>2322</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2322/projeto_de_decreto_legislativo_no_025-2024_-_roberto_carlos_monteiro_conceicao.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO SR. ROBERTO CARLOS MONTEIRO CONCEIÇÃO”.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2329/projeto_de_decreto_legislativo_no_026-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO A SRª. FRANCIANE FAVARATO MARTINS”.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2290/projeto_de_decreto_legislativo_no_027-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._alcimar_alves_pereira.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO SR. ALCIMAR ALVES PEREIRA”.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2291/projeto_de_decreto_legislativo_no_028-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._manuel_pereira.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO SR. MANUEL PEREIRA”.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2292/projeto_de_decreto_legislativo_no_029-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra_faiane_de_souza_silva.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO À SRA. FAIANE DE SOUZA SILVA”.</t>
   </si>
   <si>
     <t>2293</t>
-  </si>
-[...1 lines deleted...]
-    <t>30</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2293/projeto_de_decreto_legislativo_no_030-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra_edna_romeiro_da_silva.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO À SRA. EDNA ROMEIRO DA SILVA”.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>João Amorim</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2294/projeto_de_decreto_legislativo_no_031-2024_-_dispoe_sobre_outorga_de_titulo_de_cidada_canariense_a_sra_eucilia_cordeiro_ribeiro.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃ CANARIENSE A SRª. EUCILIA CORDEIRO RIBEIRO”.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2295/projeto_de_decreto_legislativo_no_032-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._jose_martins_lisboa.pdf</t>
   </si>
@@ -2543,56 +2561,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2128/indicacao_no_001-2024_-_nomeacao_e_oficializacao_do_cemiterio_de_floresta_do_sul_com_nome_do_sr._claudimiro_trindade_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2129/indicacao_no_002-2024_-_nomeacao_e_oficializacao_do_campo_de_futebol_de_floresta_do_sul_com_o_nome_do_sr._juvenal_feliciano_franca.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2117/indicacao_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2130/indicacao_no_004-2024_-_implantacao_de_uma_unidade__de_saude_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2137/indicacao_no_005-2024_-_implantacao_de_portoes_de_emergencia_e_sinalizadores_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2136/indicacao_no_006-2024_-_sejam_incluidas_atividades_de_robotica_e_xadrez_na_rotina_estudantil_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2138/indicacao_no_007-2024_-_reforma_da_quadra_poliesportiva_da_escola_e.m.e.f_sao_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2146/indicacao_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2147/indicacao_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2148/indicacao_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2161/indicacao_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2162/indicacao_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2163/indicacao_no_013-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2164/indicacao_no_014-2024_-_limpeza_das_bocas_de_lobo_da_cidade_em_especial_as_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2165/indicacao_no_015-2024_-_instalacao_e_fossa_septica_a_todos_os_agricultores_familiares_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2171/indicacao_no_016-2024_-_banheiros_nos_quiosques_e_instaladas_mais_lixeiras_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2172/indicacao_no_017-2024_-_construcao_de_passarela_ligando_um_lado_ao_outro_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2173/indicacao_no_018-2024_-_conserto_da_av._alberto_dos_reis_castro_onde_foi_feita_a_obra_da_drenagem.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2174/indicacao_no_019-2024_-_implantacao_de_redutor_de_velocidade_na_rodovia_es_209_nas_proximidades_da_nova_quadra_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2177/indicacao_no_020-2024_-_calcamento_das_ruas_ao_redor_das_instalacoes_do_futuro_supermercado_casagrande.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2178/indicacao_no_021-2024_-_concessao_de_empresa_especializada_em_pedalinhos_para_atuar_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2182/indicacao_no_022-2024_-_fazer_correcao_dos_pontos_de_drenagem_na_rua_osman_santana_moura.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2183/indicacao_no_023-2024_-_aumento_na_profundidade_do_poco_artesiano_do_campo_bom_de_bola_-_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2184/indicacao__no_024-2024_-_inserir_dois_aparelhos_telefonicos_nos_postos_de_saude_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2202/indicacao_no_025-2024_-_reforma_e_readequacao_da_sede_da_antiga_delegacia_de_taquaras_e_posterior_doacao_para_moradia_popular.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2210/indicacao_no_026-2024_-_acompanhamento_gestacional_pre_natal_das_maes_canariense_o_ultrassom_morfologico.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2211/indicacao_no_027-2024_-_atividades_fisicas_para_criancas_com_necessidades_especiais.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2212/indicacao_no_028-2024_-_que_o_executivo_envie_esforcos_necessarios_para_acrescentar_roupas_de_frio_no_kit_uniforme_escolar.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2249/indicacao_no_029-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2217/indicacao_no_031-2024_-_seja_construido_um_chafariz_com_algumas_torneiras_de_livre_acesso_para_a_populacao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2218/ndicacao_no_032-2024_-_instalacao_de_um_semaforo_para_pedestre_na_avenida_edward_abreu_do_nascimento_cruzando_a_avenida_alberto_dos_reis_castro.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2219/indicacao_no_033-2024_-_substituicao_do_nome_da_escola_chapeuzinho_vermelho_para_professora_maria_otilia_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2221/indicacao_no_034-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2222/indicacao_no_035-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2223/indicacao_no_036-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2231/indicacao_no_037-204_-_adesive_ou_plote_todas_as_tendas-barracas_de_propiedade_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2234/indicacao_no_038-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2235/indicacao_no_039-2024_-_adequacao_com_acessibilidade_em_todos_os_acessos_a_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2236/indicacao_no_040-2024_-_que_seja_feita_a_aspersao_de_agua_na_estrada_que_liga_floresta_do_sul_a_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2237/indicacao_no_041-2024_-_construcao_de_um_posto_de_saude_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2238/indicacao_no_042-2024_-construcao_de_um_quebra-molas_na_br_101_na_via_central_e_nas_vias_laterais_no_perimetro_urbano_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2239/indicacao_no_043-2024_-_que_seja_disponibilizada_uma_ambulancia_no_posto_de_saude_do_camata.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2246/indicacao_no_044-2024_-_que_seja_convenio_com_os_municipios_vizinhos_para_que_haja_uma_sessao_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2151/pauta_da_01a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2152/pauta_da_02a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2156/pauta_da_03a_sessao_ordinaria_do_04o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2158/pauta_da_4a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2166/pauta_da_05a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2180/pauta_da_06a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2181/pauta_da_07a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2188/pauta_da_08a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2199/pauta_da_09a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2200/pauta_da_10a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2189/projeto_de_decreto_legislativo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2228/projeto_de_decreto_legislativo_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2233/projeto_de_decreto_legislativo_no_003-2024_-_prestacao_de_contas_exercicio_de_2020_-_responsavel_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2244/projeto_de_decreto_legislativo_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2245/projeto_de_decreto_legislativo_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2274/projeto_de_decreto_legislativo_no_006-2024_-_prestacao_de_contas_exercicio_de_2022_-_municipio_de_pedro_canario_-_responsavel_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2275/projeto_de_decreto_legislativo_no_007-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_a_instituicao_floresta_do_sul_futebol_clube.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2276/projeto_de_decreto_legislativo_no_008-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._wederson_moreira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2277/projeto_de_decreto_legislativo_no_009-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._juaquim_guabiraba_bonfin.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2278/projeto_de_decreto_legislativo_no_010-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._ilson_pereira_vieira.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2279/projeto_de_decreto_legislativo_no_011-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra._edinalva_aparecida_rodrigues_teixeira.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2280/projeto_de_decreto_legislativo_no_012-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra_elza_pereira_vieira.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2281/projeto_de_decreto_legislativo_no_013-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._jossadaque_carvalho_lima.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2282/projeto_de_decreto_legislativo_no_014-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_a_sra_maria_do_carmo_lopes_brito.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2283/projeto_de_decreto_legislativo_no_015-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra_gislene_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2284/projeto_de_decreto_legislativo_no_016-2024_-_dispoe_sobre_outorga_de_titulo_da__comenda_pedro_canario_ribeiro_ao_sr._marcos_xavier_de_souza.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2285/projeto_de_decreto_legislativo_no_017-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_honorario_ao_sr._antonio_ednis_bergamin_junior.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2286/projeto_de_decreto_legislativo_no_018-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_honorario_ao_sr._nerzy_dalla_bernardina_junior.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2287/projeto_de_decreto_legislativo_no_019-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._luiz_alberto_da_silva.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2288/projeto_de_decreto_legislativo_no_020-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._evaldo_cazotte_paiva.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2289/projeto_de_decreto_legislativo_no_021-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._manoel_elias_gasparini.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2328/projeto_de_decreto_legislativo_no_022-_2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2330/projeto_de_decreto_legislativo_no_023-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2322/projeto_de_decreto_legislativo_no_025-2024_-_roberto_carlos_monteiro_conceicao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2329/projeto_de_decreto_legislativo_no_026-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2290/projeto_de_decreto_legislativo_no_027-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._alcimar_alves_pereira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2291/projeto_de_decreto_legislativo_no_028-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._manuel_pereira.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2292/projeto_de_decreto_legislativo_no_029-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra_faiane_de_souza_silva.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2293/projeto_de_decreto_legislativo_no_030-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra_edna_romeiro_da_silva.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2294/projeto_de_decreto_legislativo_no_031-2024_-_dispoe_sobre_outorga_de_titulo_de_cidada_canariense_a_sra_eucilia_cordeiro_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2295/projeto_de_decreto_legislativo_no_032-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._jose_martins_lisboa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2296/projeto_de_decreto_legislativo_no_033-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_honorario_ao_sr._marcos_rodrigues_chaves.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2297/projeto_de_decreto_legislativo_no_034-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._felipe_da_cruz_silva.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2298/projeto_de_decreto_legislativo_no_035-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_a_sra._ana_julia_cardoso_de_sa_vieira.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2327/projeto_de_decreto_legislativo_no_036-2024_-_paulo_geovany_pires_brito.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2326/projeto_de_decreto_legislativo_no_037-2024_-_fernando_prates_santos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2325/projeto_de_decreto_legislativo_no_038-2024_-_manoel_gomes_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2324/projeto_de_decreto_legislativo_no_039-2024_-_jose_carlos_sena.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2299/projeto_de_decreto_legislativo_no_040-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._genilson_da_silva.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2300/projeto_de_decreto_legislativo_no_041-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._joao_batista_rocha.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2301/projeto_de_decreto_legislativo_no_042-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._felipe_souza_santos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2302/projeto_de_decreto_legislativo_no_043-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._dermeval_amancio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2303/projeto_de_decreto_legislativo_no_044-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._robson_ribeiro_cani.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2304/projeto_de_decreto_legislativo_no_045-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._ednailton_ribeiro_sousa.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2305/projeto_de_decreto_legislativo_no_046-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._braz_antonio_camporesi.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2306/projeto_de_decreto_legislativo_no_047-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._ronaldo_brunelli.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2307/projeto_de_decreto_legislativo_no_048-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._helio_borsoi_junior.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2308/projeto_de_decreto_legislativo_no_049-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._fabio_rocha_gazzinelli.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2309/projeto_de_decreto_legislativo_no_050-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._jivanildo_ramos_almeida.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2310/projeto_de_decreto_legislativo_no_051-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._saul_gustavo_ribeiro_pereira.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2311/projeto_de_decreto_legislativo_no_052-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra_ana_julia_cardoso_de_sa_vieira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2312/projeto_de_decreto_legislativo_no_053-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_honorario_ao_sr._paulo_roberto_folletto.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2313/projeto_de_decreto_legislativo_no_054-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._sebastiao_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2314/projeto_de_decreto_legislativo_no_055-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_a_sra_iraci_ribeiro_goncalves.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2315/projeto_de_decreto_legislativo_no_056-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_ribeiro_ao_sr._antonio_neto_carneiro_pereira.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2272/projeto_de_decreto_legislativo_no_057-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._kleilson_martins_rezende.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2316/projeto_de_decreto_legislativo_no_058-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._denis_pereira_amancio_2.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2273/projeto_de_decreto_legislativo_no_059-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._clecio_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2271/projeto_de_decreto_legislativo_no_060-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._rogerio_moura_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2323/projeto_de_decreto_legislativo_no_061-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2269/projeto_de_decreto_legislativo_no_062-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._gilberto_carlos_coelho.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2270/projeto_de_decreto_legislativo_no_063-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._gildene_pereira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2268/projeto_de_decreto_legislativo_no_064-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._lucas_vasconcellos_pereira.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2267/projeto_de_decreto_legislativo_no_065-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._mateus_santos_timbohiba_junior.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2266/projeto_de_decreto_legislativo_no_066-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_edinaldo_venturini_de_amorim.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2265/projeto_de_decreto_legislativo_no_067-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._wanderson_santos_de_souza.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2264/projeto_de_decreto_legislativo_no_068-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._francisco_camilo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2263/projeto_de_decreto_legislativo_no_069-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._josiel_campos_gomes.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2262/projeto_de_decreto_legislativo_no_070-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._rogerio_moura_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2251/projeto_de_decreto_legislativo_no_071-2024_-_comenda_merito_esportivo_pedro_ribeiro_machado_-_luiz_henrique_souza_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2252/projeto_de_decreto_legislativo_no_072-2024_-_comenda_merito_esportivo_pedro_ribeiro_machado_-_jose_bonifacio_moraes_neves.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2253/projeto_de_decreto_no_073-2024_-_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._lucas_figueiredo_souza.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2254/projeto_de_decreto_no_074-2024_-_comenda_pedro_ribeiro_machado_ao_sr._lucas_andre_pereira.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2255/projeto_de_decreto_legislativo_no_075-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._ivan_antonio_oliveira.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2257/projeto_de_decreto_legislativo_no_076-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._halefer_da_silva_lima_santos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2256/projeto_de_decreto_legislativo_no_077-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_a_sra._renata_vitorio_brandao.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2258/projeto_de_decreto_legislativo_no_078-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._estefanio_dos_santos_neto.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2259/projeto_de_decreto_legislativo_no_079-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._lucio_santos_da_silva.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2260/projeto_de_decreto_legislativo_no_080-2024_-_dispoe_sobre_a_outorga_da_comenda_do_merito_esportivo_pedro_ribeiro_machado_a_sra._rosenilda_almeida_machado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2261/projeto_de_decreto_legislativo_no_081-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._robson_barbosa_de_andrade.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2167/projeto_de_lei_complementar_no_002-2024_-_alteracao_dos_anexos_vi_e_vii_da_lei_complementar_028-2015.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2168/projeto_de_lei_complementar_no_002-2024_-_alteracao_dos_anexos_vi_e_vii_da_lei_complementar_028-2015.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2197/projeto_de_lei_complementar_no_003-2024_-_alteracao_dos_art._135_e_revogacao_dos_art._133_e_134_e_dos__1o_e_2o_do_art._132_da_lei_comp._008-2008.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2198/projeto_de_lei_complementar_no_004-2024_-_altera_o_anexo_ii_da_tabela_de_vencimentos_do_quadro_de_cargos_do_magisterio_publico_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2243/projeto_de_lei_complementar_no_005-2024_-_da_nova_redacao_aos_artigos_45_e_46_da_lei_complementar_no_028-2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2242/projeto_de_lei_complementar_no_006-2024_-_cria_cargos_altera_anexos_da_lei_complementar_no_009-2008_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2139/projeto_de_lei_no_001-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2140/projeto_de_lei_no_002-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2141/projeto_de_lei_no_003-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2142/projeto_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2143/projeto_de_lei_no_005-2024-_sapl.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2144/projeto_de_lei_no_006-2024_-_denomina_a_sala_de_leitura_da_escola_jose_luiz_da_costa__-_julia_krull_silva_nogueira.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2149/projeto_de_lei_no_007-2024_-_declara_a_festa_da_paz_como_bem_de_interesse_cultural_e_a_inclui_no_calendario_oficial_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2150/projeto_de_lei_no_008-2024_-_dispoe_sobre_estagio_de_estudantes_na_camara_municipal_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2153/projeto_de_lei_no_009-2024_-_dispoe_sobre_a_denominacao_da_rua_iracema_fonseca_santos.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2603/projeto_de_lei_n_010-2024_-_regulamenta_a_apreensao_de_animais_de_medio_e_grande_porte_soltos.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2331/projeto_de_lei_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2154/projeto_de_lei_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2155/projeto_de_lei_no_013-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2157/projeto_de_lei_no_014-2024_-_autoriza_o_chefe_do_poder_executivo_a_ceder_maquinas_equipamentos....pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2175/projeto_de_lei_no_015-2024_-_reconhece_as_pessoas_com_fibromialgia_como_deficientes_na_forma_que_especifica.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2176/projeto_de_lei_no_016-2024_-_dispoe_sobre_a_atuacaodo_conselho_tutelar_e_psicologos_na_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2169/projeto_de_lei_no_019-2024_-_altera_dispositivos_e_tabelas_da_lei_municipal_no_1.083-2013_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2170/projeto_de_lei_no_020-2024_-_majora_auxilio_alimentacao_ressarcido_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2179/projeto_de_lei_no_021-2024_-_majora_o_auxilio_alimentacao_dos_servidores_publicos_efetivos_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2190/projeto_de_lei_no_022-2024_-_denomina_a_unidade_de_saude_de_taquaras_a_receber_o_nome_de_renata_goncalves_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2192/projeto_de_lei_no_023-2024_-_dispoe_sobre_as_diretrizes_para_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2193/projeto_de_lei_no_024-2024_-_dispoe_sobre_a_regulamentacao_das_diarias_indenizadas_previstas_no_art._132_da_lei_complementar_008-2008_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2194/projeto_de_lei_no_025-2024_-_alteracao_do_artigo_2o_e_revogacao__3o_do_mesmo_artigo_da_lei_792-2007_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2195/projeto_de_lei_no_026-2024_-_alteracao_dos_artigos_1o_e_2o_da_lei_968-2011_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2196/projeto_de_lei_no_027-2024_-_alteracao_dos_artigos_1o_e_2o_da_lei_974-2011_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2201/projeto_de_lei_no_028-2024_-_dispoe_sobre_a_denominacao_da_rua_joao_ferreira_santos.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2232/projeto_de_lei_no_030-2024_-_dispoe_sobre_a_denominacao_do_campo_de_futebol_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2208/projeto_de_lei_no_031-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2213/projeto_de_lei_no_032-2024_-_cria_o_progrma_publico_para_idosos.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2230/projeto_de_lei_no_033-2024_-_dispoe_sobre_a_implantacao_de_atividades_esportivas_para_criancas_e_adolescentes_com_deficiencia_no_cronograma_esportivo_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2214/projeto_de_lei_no_034-2024_-_altera_forma_de_rateio_divisivel_proporcional_diferenciado_separado__e_individual_do_custo_da_respectiva_atividade_publica_-_coleta_e_remocao_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2215/projeto_de_lei_no_035-2024_-_denomina_o_campo_de_floresta_do_sul_a_receber_o_nome_de_feliciano_franca.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2216/projeto_de_lei_no_036-2024_-_denomin_o_cemiterio_de_floresta_do_sul_a_receber_o_nome_de_claudimiro_trindade_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2224/projeto_de_lei_no_037-2024_-_substituicao_do_nome_da_escola_chapeuzinho_vermelho_para_professora_maria_otilia_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2225/projeto_de_lei_no_038-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2226/projeto_de_lei_no_039-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2227/projeto_de_lei_no_040-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2229/projeto_de_lei_no_041-2024_-_da_nova_redacao_ao_artigo_8o_da_lei_municipal_no_1.356-2018_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2240/projeto_de_lei_no_042-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2247/projeto_de_lei_no_044-2024_-_dispoe_sobre_o_projeto_volta_para_casa_que_trata_do_transporte_individualizado_de_pacientes_que_receberam_alta_de_internacao_hospitalar_ou_procedimentos.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2241/projeto_de_lei_no_045-2024_-_dispoe_sobre_a_criacao_da_lei_do_servico_de_inspecao_municipal_e_os_procedimentos_obrigatoros_de_inspecao_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2317/projeto_de_lei_municipal_no_046-2024_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_pedro_canario_para_o_exercicio_financeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2318/projeto_de_lei_no_047-2024_-_dispoe_sobre_a_denominacao_de_vias_publicas_do_bairro_el_dourado_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2206/projeto_de_lei_substitutivo_no_006-2024_-_denomina_a_sala_de_leitura_da_escola_emef_jose_luiz_da_costa_a_receber_o_nome_de_julia_krull_silva_nogueira_2.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2205/projeto_de_lei_substitutivo_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2209/projeto_de_lei_substitutivo_no_013-2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2191/projeto_de_lei_substitutivo_no_022-2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2220/projeto_de_lei_substitutivo_no_028-2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2203/projeto_de_resolucao_no_002-2024_-_dispoe_sobre_a_alteracao_inclusao_e_revogacao_de_dispositivos_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2204/projeto_de_resolucao_no_003-2024_-_dispoe_sobre_alteracao_inclusao_e_revogacao_de_dispositivos_da_resolucao_no_077-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2145/requerimento_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2159/requerimento_no_002-2024_-_voto_de_louvor_da_atuacao_junto_aos_municipios_atingidos_pelas_chuvas_fortes.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2160/requerimento_no_003-2024_-_voto_de_louvor_em_favor_da_paroquia_nossa_senhora_de_fatima_e_a_todos_que_participaram_do_teatro.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2187/requerimento_no_004-2024_-_voto_de_louvor.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2248/requerimento_no_005-2024_-_voto_de_louvor.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2250/requerimento_no_006-2024_-_voto_de_louvor_em_favor_da_igreja_crista_maranata.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2319/requerimento_no_007-2024_-_voto_de_louvor_em_favor_ao_reverendissimo_padre_daniel_sousa_bergamin_e_ao_dia_do_radialista.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2320/requerimento_no_008-2024_-_voto_de_louvor_em_favor_ao_sr._kaua_favarato_martins_almeida.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2321/requerimento_no_009-2024_-_voto_de_louvor_em_favor_de_celio_motta.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2368/veto_no_01-2024_-_projeto_de_lei_complementar_substitutivo_no_034-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2128/indicacao_no_001-2024_-_nomeacao_e_oficializacao_do_cemiterio_de_floresta_do_sul_com_nome_do_sr._claudimiro_trindade_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2129/indicacao_no_002-2024_-_nomeacao_e_oficializacao_do_campo_de_futebol_de_floresta_do_sul_com_o_nome_do_sr._juvenal_feliciano_franca.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2117/indicacao_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2130/indicacao_no_004-2024_-_implantacao_de_uma_unidade__de_saude_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2137/indicacao_no_005-2024_-_implantacao_de_portoes_de_emergencia_e_sinalizadores_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2136/indicacao_no_006-2024_-_sejam_incluidas_atividades_de_robotica_e_xadrez_na_rotina_estudantil_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2138/indicacao_no_007-2024_-_reforma_da_quadra_poliesportiva_da_escola_e.m.e.f_sao_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2146/indicacao_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2147/indicacao_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2148/indicacao_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2161/indicacao_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2162/indicacao_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2163/indicacao_no_013-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2164/indicacao_no_014-2024_-_limpeza_das_bocas_de_lobo_da_cidade_em_especial_as_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2165/indicacao_no_015-2024_-_instalacao_e_fossa_septica_a_todos_os_agricultores_familiares_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2171/indicacao_no_016-2024_-_banheiros_nos_quiosques_e_instaladas_mais_lixeiras_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2172/indicacao_no_017-2024_-_construcao_de_passarela_ligando_um_lado_ao_outro_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2173/indicacao_no_018-2024_-_conserto_da_av._alberto_dos_reis_castro_onde_foi_feita_a_obra_da_drenagem.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2174/indicacao_no_019-2024_-_implantacao_de_redutor_de_velocidade_na_rodovia_es_209_nas_proximidades_da_nova_quadra_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2177/indicacao_no_020-2024_-_calcamento_das_ruas_ao_redor_das_instalacoes_do_futuro_supermercado_casagrande.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2178/indicacao_no_021-2024_-_concessao_de_empresa_especializada_em_pedalinhos_para_atuar_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2182/indicacao_no_022-2024_-_fazer_correcao_dos_pontos_de_drenagem_na_rua_osman_santana_moura.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2183/indicacao_no_023-2024_-_aumento_na_profundidade_do_poco_artesiano_do_campo_bom_de_bola_-_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2184/indicacao__no_024-2024_-_inserir_dois_aparelhos_telefonicos_nos_postos_de_saude_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2202/indicacao_no_025-2024_-_reforma_e_readequacao_da_sede_da_antiga_delegacia_de_taquaras_e_posterior_doacao_para_moradia_popular.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2210/indicacao_no_026-2024_-_acompanhamento_gestacional_pre_natal_das_maes_canariense_o_ultrassom_morfologico.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2211/indicacao_no_027-2024_-_atividades_fisicas_para_criancas_com_necessidades_especiais.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2212/indicacao_no_028-2024_-_que_o_executivo_envie_esforcos_necessarios_para_acrescentar_roupas_de_frio_no_kit_uniforme_escolar.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2249/indicacao_no_029-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2855/indicacao_no_030-2024_-_sejam_providenciadas_15_barracas_padronizadas_para_os_feirantes_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2217/indicacao_no_031-2024_-_seja_construido_um_chafariz_com_algumas_torneiras_de_livre_acesso_para_a_populacao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2218/ndicacao_no_032-2024_-_instalacao_de_um_semaforo_para_pedestre_na_avenida_edward_abreu_do_nascimento_cruzando_a_avenida_alberto_dos_reis_castro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2219/indicacao_no_033-2024_-_substituicao_do_nome_da_escola_chapeuzinho_vermelho_para_professora_maria_otilia_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2221/indicacao_no_034-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2222/indicacao_no_035-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2223/indicacao_no_036-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2231/indicacao_no_037-204_-_adesive_ou_plote_todas_as_tendas-barracas_de_propiedade_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2234/indicacao_no_038-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2235/indicacao_no_039-2024_-_adequacao_com_acessibilidade_em_todos_os_acessos_a_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2236/indicacao_no_040-2024_-_que_seja_feita_a_aspersao_de_agua_na_estrada_que_liga_floresta_do_sul_a_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2237/indicacao_no_041-2024_-_construcao_de_um_posto_de_saude_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2238/indicacao_no_042-2024_-construcao_de_um_quebra-molas_na_br_101_na_via_central_e_nas_vias_laterais_no_perimetro_urbano_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2239/indicacao_no_043-2024_-_que_seja_disponibilizada_uma_ambulancia_no_posto_de_saude_do_camata.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2246/indicacao_no_044-2024_-_que_seja_convenio_com_os_municipios_vizinhos_para_que_haja_uma_sessao_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2151/pauta_da_01a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2152/pauta_da_02a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2156/pauta_da_03a_sessao_ordinaria_do_04o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2158/pauta_da_4a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2166/pauta_da_05a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2180/pauta_da_06a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2181/pauta_da_07a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2188/pauta_da_08a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2199/pauta_da_09a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2200/pauta_da_10a_sessao_ordinaria_do_4o_periodo_legislativo_da_10a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2189/projeto_de_decreto_legislativo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2228/projeto_de_decreto_legislativo_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2233/projeto_de_decreto_legislativo_no_003-2024_-_prestacao_de_contas_exercicio_de_2020_-_responsavel_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2244/projeto_de_decreto_legislativo_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2245/projeto_de_decreto_legislativo_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2274/projeto_de_decreto_legislativo_no_006-2024_-_prestacao_de_contas_exercicio_de_2022_-_municipio_de_pedro_canario_-_responsavel_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2275/projeto_de_decreto_legislativo_no_007-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_a_instituicao_floresta_do_sul_futebol_clube.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2276/projeto_de_decreto_legislativo_no_008-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._wederson_moreira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2277/projeto_de_decreto_legislativo_no_009-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._juaquim_guabiraba_bonfin.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2278/projeto_de_decreto_legislativo_no_010-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._ilson_pereira_vieira.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2279/projeto_de_decreto_legislativo_no_011-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra._edinalva_aparecida_rodrigues_teixeira.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2280/projeto_de_decreto_legislativo_no_012-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra_elza_pereira_vieira.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2281/projeto_de_decreto_legislativo_no_013-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._jossadaque_carvalho_lima.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2282/projeto_de_decreto_legislativo_no_014-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_a_sra_maria_do_carmo_lopes_brito.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2283/projeto_de_decreto_legislativo_no_015-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra_gislene_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2284/projeto_de_decreto_legislativo_no_016-2024_-_dispoe_sobre_outorga_de_titulo_da__comenda_pedro_canario_ribeiro_ao_sr._marcos_xavier_de_souza.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2285/projeto_de_decreto_legislativo_no_017-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_honorario_ao_sr._antonio_ednis_bergamin_junior.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2286/projeto_de_decreto_legislativo_no_018-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_honorario_ao_sr._nerzy_dalla_bernardina_junior.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2287/projeto_de_decreto_legislativo_no_019-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._luiz_alberto_da_silva.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2288/projeto_de_decreto_legislativo_no_020-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._evaldo_cazotte_paiva.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2289/projeto_de_decreto_legislativo_no_021-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._manoel_elias_gasparini.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2328/projeto_de_decreto_legislativo_no_022-_2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2330/projeto_de_decreto_legislativo_no_023-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2856/projeto_de_decreto_legislativo_no_024-2024_-_tarcisio_dos_santos_fernandes.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2322/projeto_de_decreto_legislativo_no_025-2024_-_roberto_carlos_monteiro_conceicao.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2329/projeto_de_decreto_legislativo_no_026-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2290/projeto_de_decreto_legislativo_no_027-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._alcimar_alves_pereira.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2291/projeto_de_decreto_legislativo_no_028-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._manuel_pereira.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2292/projeto_de_decreto_legislativo_no_029-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra_faiane_de_souza_silva.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2293/projeto_de_decreto_legislativo_no_030-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra_edna_romeiro_da_silva.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2294/projeto_de_decreto_legislativo_no_031-2024_-_dispoe_sobre_outorga_de_titulo_de_cidada_canariense_a_sra_eucilia_cordeiro_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2295/projeto_de_decreto_legislativo_no_032-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._jose_martins_lisboa.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2296/projeto_de_decreto_legislativo_no_033-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_honorario_ao_sr._marcos_rodrigues_chaves.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2297/projeto_de_decreto_legislativo_no_034-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._felipe_da_cruz_silva.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2298/projeto_de_decreto_legislativo_no_035-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_a_sra._ana_julia_cardoso_de_sa_vieira.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2327/projeto_de_decreto_legislativo_no_036-2024_-_paulo_geovany_pires_brito.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2326/projeto_de_decreto_legislativo_no_037-2024_-_fernando_prates_santos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2325/projeto_de_decreto_legislativo_no_038-2024_-_manoel_gomes_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2324/projeto_de_decreto_legislativo_no_039-2024_-_jose_carlos_sena.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2299/projeto_de_decreto_legislativo_no_040-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._genilson_da_silva.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2300/projeto_de_decreto_legislativo_no_041-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._joao_batista_rocha.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2301/projeto_de_decreto_legislativo_no_042-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._felipe_souza_santos.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2302/projeto_de_decreto_legislativo_no_043-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._dermeval_amancio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2303/projeto_de_decreto_legislativo_no_044-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._robson_ribeiro_cani.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2304/projeto_de_decreto_legislativo_no_045-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._ednailton_ribeiro_sousa.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2305/projeto_de_decreto_legislativo_no_046-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._braz_antonio_camporesi.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2306/projeto_de_decreto_legislativo_no_047-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._ronaldo_brunelli.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2307/projeto_de_decreto_legislativo_no_048-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._helio_borsoi_junior.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2308/projeto_de_decreto_legislativo_no_049-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._fabio_rocha_gazzinelli.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2309/projeto_de_decreto_legislativo_no_050-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._jivanildo_ramos_almeida.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2310/projeto_de_decreto_legislativo_no_051-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._saul_gustavo_ribeiro_pereira.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2311/projeto_de_decreto_legislativo_no_052-2024_-_dispoe_sobre_outorga_da_comenda_pedro_canario_ribeiro_a_sra_ana_julia_cardoso_de_sa_vieira.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2312/projeto_de_decreto_legislativo_no_053-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_honorario_ao_sr._paulo_roberto_folletto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2313/projeto_de_decreto_legislativo_no_054-2024_-_dispoe_sobre_outorga_de_titulo_de_cidadao_canariense_ao_sr._sebastiao_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2314/projeto_de_decreto_legislativo_no_055-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_a_sra_iraci_ribeiro_goncalves.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2315/projeto_de_decreto_legislativo_no_056-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_ribeiro_ao_sr._antonio_neto_carneiro_pereira.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2272/projeto_de_decreto_legislativo_no_057-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._kleilson_martins_rezende.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2316/projeto_de_decreto_legislativo_no_058-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._denis_pereira_amancio_2.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2273/projeto_de_decreto_legislativo_no_059-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._clecio_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2271/projeto_de_decreto_legislativo_no_060-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._rogerio_moura_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2323/projeto_de_decreto_legislativo_no_061-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2269/projeto_de_decreto_legislativo_no_062-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._gilberto_carlos_coelho.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2270/projeto_de_decreto_legislativo_no_063-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._gildene_pereira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2268/projeto_de_decreto_legislativo_no_064-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._lucas_vasconcellos_pereira.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2267/projeto_de_decreto_legislativo_no_065-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._mateus_santos_timbohiba_junior.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2266/projeto_de_decreto_legislativo_no_066-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_edinaldo_venturini_de_amorim.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2265/projeto_de_decreto_legislativo_no_067-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._wanderson_santos_de_souza.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2264/projeto_de_decreto_legislativo_no_068-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._francisco_camilo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2263/projeto_de_decreto_legislativo_no_069-2024_-_dispoe_sobre_a_outorga_da_comenda_pedro_canario_ribeiro_ao_sr._josiel_campos_gomes.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2262/projeto_de_decreto_legislativo_no_070-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._rogerio_moura_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2251/projeto_de_decreto_legislativo_no_071-2024_-_comenda_merito_esportivo_pedro_ribeiro_machado_-_luiz_henrique_souza_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2252/projeto_de_decreto_legislativo_no_072-2024_-_comenda_merito_esportivo_pedro_ribeiro_machado_-_jose_bonifacio_moraes_neves.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2253/projeto_de_decreto_no_073-2024_-_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._lucas_figueiredo_souza.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2254/projeto_de_decreto_no_074-2024_-_comenda_pedro_ribeiro_machado_ao_sr._lucas_andre_pereira.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2255/projeto_de_decreto_legislativo_no_075-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._ivan_antonio_oliveira.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2257/projeto_de_decreto_legislativo_no_076-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._halefer_da_silva_lima_santos.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2256/projeto_de_decreto_legislativo_no_077-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_a_sra._renata_vitorio_brandao.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2258/projeto_de_decreto_legislativo_no_078-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._estefanio_dos_santos_neto.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2259/projeto_de_decreto_legislativo_no_079-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._lucio_santos_da_silva.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2260/projeto_de_decreto_legislativo_no_080-2024_-_dispoe_sobre_a_outorga_da_comenda_do_merito_esportivo_pedro_ribeiro_machado_a_sra._rosenilda_almeida_machado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2261/projeto_de_decreto_legislativo_no_081-2024_-_dispoe_sobre_a_outorga_da_comenda_municipal_do_merito_esportivo_pedro_ribeiro_machado_ao_sr._robson_barbosa_de_andrade.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2167/projeto_de_lei_complementar_no_002-2024_-_alteracao_dos_anexos_vi_e_vii_da_lei_complementar_028-2015.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2168/projeto_de_lei_complementar_no_002-2024_-_alteracao_dos_anexos_vi_e_vii_da_lei_complementar_028-2015.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2197/projeto_de_lei_complementar_no_003-2024_-_alteracao_dos_art._135_e_revogacao_dos_art._133_e_134_e_dos__1o_e_2o_do_art._132_da_lei_comp._008-2008.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2198/projeto_de_lei_complementar_no_004-2024_-_altera_o_anexo_ii_da_tabela_de_vencimentos_do_quadro_de_cargos_do_magisterio_publico_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2243/projeto_de_lei_complementar_no_005-2024_-_da_nova_redacao_aos_artigos_45_e_46_da_lei_complementar_no_028-2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2242/projeto_de_lei_complementar_no_006-2024_-_cria_cargos_altera_anexos_da_lei_complementar_no_009-2008_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2139/projeto_de_lei_no_001-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2140/projeto_de_lei_no_002-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2141/projeto_de_lei_no_003-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2142/projeto_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2143/projeto_de_lei_no_005-2024-_sapl.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2144/projeto_de_lei_no_006-2024_-_denomina_a_sala_de_leitura_da_escola_jose_luiz_da_costa__-_julia_krull_silva_nogueira.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2149/projeto_de_lei_no_007-2024_-_declara_a_festa_da_paz_como_bem_de_interesse_cultural_e_a_inclui_no_calendario_oficial_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2150/projeto_de_lei_no_008-2024_-_dispoe_sobre_estagio_de_estudantes_na_camara_municipal_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2153/projeto_de_lei_no_009-2024_-_dispoe_sobre_a_denominacao_da_rua_iracema_fonseca_santos.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2603/projeto_de_lei_n_010-2024_-_regulamenta_a_apreensao_de_animais_de_medio_e_grande_porte_soltos.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2331/projeto_de_lei_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2154/projeto_de_lei_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2155/projeto_de_lei_no_013-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2157/projeto_de_lei_no_014-2024_-_autoriza_o_chefe_do_poder_executivo_a_ceder_maquinas_equipamentos....pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2175/projeto_de_lei_no_015-2024_-_reconhece_as_pessoas_com_fibromialgia_como_deficientes_na_forma_que_especifica.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2176/projeto_de_lei_no_016-2024_-_dispoe_sobre_a_atuacaodo_conselho_tutelar_e_psicologos_na_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2169/projeto_de_lei_no_019-2024_-_altera_dispositivos_e_tabelas_da_lei_municipal_no_1.083-2013_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2170/projeto_de_lei_no_020-2024_-_majora_auxilio_alimentacao_ressarcido_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2179/projeto_de_lei_no_021-2024_-_majora_o_auxilio_alimentacao_dos_servidores_publicos_efetivos_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2190/projeto_de_lei_no_022-2024_-_denomina_a_unidade_de_saude_de_taquaras_a_receber_o_nome_de_renata_goncalves_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2192/projeto_de_lei_no_023-2024_-_dispoe_sobre_as_diretrizes_para_elaboracao_da_lei_orcamentaria_para_o_exercicio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2193/projeto_de_lei_no_024-2024_-_dispoe_sobre_a_regulamentacao_das_diarias_indenizadas_previstas_no_art._132_da_lei_complementar_008-2008_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2194/projeto_de_lei_no_025-2024_-_alteracao_do_artigo_2o_e_revogacao__3o_do_mesmo_artigo_da_lei_792-2007_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2195/projeto_de_lei_no_026-2024_-_alteracao_dos_artigos_1o_e_2o_da_lei_968-2011_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2196/projeto_de_lei_no_027-2024_-_alteracao_dos_artigos_1o_e_2o_da_lei_974-2011_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2201/projeto_de_lei_no_028-2024_-_dispoe_sobre_a_denominacao_da_rua_joao_ferreira_santos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2232/projeto_de_lei_no_030-2024_-_dispoe_sobre_a_denominacao_do_campo_de_futebol_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2208/projeto_de_lei_no_031-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2213/projeto_de_lei_no_032-2024_-_cria_o_progrma_publico_para_idosos.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2230/projeto_de_lei_no_033-2024_-_dispoe_sobre_a_implantacao_de_atividades_esportivas_para_criancas_e_adolescentes_com_deficiencia_no_cronograma_esportivo_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2214/projeto_de_lei_no_034-2024_-_altera_forma_de_rateio_divisivel_proporcional_diferenciado_separado__e_individual_do_custo_da_respectiva_atividade_publica_-_coleta_e_remocao_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2215/projeto_de_lei_no_035-2024_-_denomina_o_campo_de_floresta_do_sul_a_receber_o_nome_de_feliciano_franca.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2216/projeto_de_lei_no_036-2024_-_denomin_o_cemiterio_de_floresta_do_sul_a_receber_o_nome_de_claudimiro_trindade_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2224/projeto_de_lei_no_037-2024_-_substituicao_do_nome_da_escola_chapeuzinho_vermelho_para_professora_maria_otilia_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2225/projeto_de_lei_no_038-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2226/projeto_de_lei_no_039-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2227/projeto_de_lei_no_040-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2229/projeto_de_lei_no_041-2024_-_da_nova_redacao_ao_artigo_8o_da_lei_municipal_no_1.356-2018_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2240/projeto_de_lei_no_042-2024_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2247/projeto_de_lei_no_044-2024_-_dispoe_sobre_o_projeto_volta_para_casa_que_trata_do_transporte_individualizado_de_pacientes_que_receberam_alta_de_internacao_hospitalar_ou_procedimentos.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2241/projeto_de_lei_no_045-2024_-_dispoe_sobre_a_criacao_da_lei_do_servico_de_inspecao_municipal_e_os_procedimentos_obrigatoros_de_inspecao_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2317/projeto_de_lei_municipal_no_046-2024_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_pedro_canario_para_o_exercicio_financeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2318/projeto_de_lei_no_047-2024_-_dispoe_sobre_a_denominacao_de_vias_publicas_do_bairro_el_dourado_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2206/projeto_de_lei_substitutivo_no_006-2024_-_denomina_a_sala_de_leitura_da_escola_emef_jose_luiz_da_costa_a_receber_o_nome_de_julia_krull_silva_nogueira_2.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2205/projeto_de_lei_substitutivo_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2209/projeto_de_lei_substitutivo_no_013-2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2191/projeto_de_lei_substitutivo_no_022-2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2220/projeto_de_lei_substitutivo_no_028-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2203/projeto_de_resolucao_no_002-2024_-_dispoe_sobre_a_alteracao_inclusao_e_revogacao_de_dispositivos_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2204/projeto_de_resolucao_no_003-2024_-_dispoe_sobre_alteracao_inclusao_e_revogacao_de_dispositivos_da_resolucao_no_077-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2145/requerimento_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2159/requerimento_no_002-2024_-_voto_de_louvor_da_atuacao_junto_aos_municipios_atingidos_pelas_chuvas_fortes.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2160/requerimento_no_003-2024_-_voto_de_louvor_em_favor_da_paroquia_nossa_senhora_de_fatima_e_a_todos_que_participaram_do_teatro.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2187/requerimento_no_004-2024_-_voto_de_louvor.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2248/requerimento_no_005-2024_-_voto_de_louvor.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2250/requerimento_no_006-2024_-_voto_de_louvor_em_favor_da_igreja_crista_maranata.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2319/requerimento_no_007-2024_-_voto_de_louvor_em_favor_ao_reverendissimo_padre_daniel_sousa_bergamin_e_ao_dia_do_radialista.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2320/requerimento_no_008-2024_-_voto_de_louvor_em_favor_ao_sr._kaua_favarato_martins_almeida.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2321/requerimento_no_009-2024_-_voto_de_louvor_em_favor_de_celio_motta.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2024/2368/veto_no_01-2024_-_projeto_de_lei_complementar_substitutivo_no_034-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H201"/>
+  <dimension ref="A1:H203"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="125.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3359,51 +3377,51 @@
       </c>
       <c r="G30" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H30" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>137</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>138</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>22</v>
+        <v>134</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>139</v>
       </c>
       <c r="H31" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>141</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>142</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
@@ -3411,77 +3429,77 @@
       </c>
       <c r="G32" s="1" t="s">
         <v>143</v>
       </c>
       <c r="H32" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>145</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>146</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>117</v>
+        <v>22</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>147</v>
       </c>
       <c r="H33" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>149</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>150</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>22</v>
+        <v>117</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>151</v>
       </c>
       <c r="H34" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>153</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>154</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
@@ -3515,155 +3533,155 @@
       </c>
       <c r="G36" s="1" t="s">
         <v>159</v>
       </c>
       <c r="H36" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>161</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>162</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H37" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>165</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>166</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>167</v>
       </c>
       <c r="H38" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>169</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>170</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>117</v>
+        <v>27</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>171</v>
       </c>
       <c r="H39" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>173</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>174</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>175</v>
       </c>
       <c r="H40" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>177</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>178</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>179</v>
       </c>
       <c r="H41" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>181</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>182</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
@@ -3697,4115 +3715,4167 @@
       </c>
       <c r="G43" s="1" t="s">
         <v>187</v>
       </c>
       <c r="H43" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>189</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>190</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>134</v>
+        <v>22</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>191</v>
       </c>
       <c r="H44" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>193</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
       <c r="D45" t="s">
-        <v>194</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>134</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>197</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>10</v>
+      </c>
+      <c r="D46" t="s">
         <v>198</v>
       </c>
-      <c r="B46" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E46" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="F46" t="s">
         <v>42</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H46" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D47" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="E47" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="F47" t="s">
         <v>42</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H47" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D48" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="E48" t="s">
-        <v>195</v>
+        <v>199</v>
+      </c>
+      <c r="F48" t="s">
+        <v>42</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H48" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D49" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="E49" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>199</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="H49" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D50" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="E50" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="F50" t="s">
         <v>42</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H50" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D51" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="E51" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="F51" t="s">
         <v>42</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="H51" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D52" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="E52" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="F52" t="s">
         <v>42</v>
       </c>
       <c r="G52" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H52" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D53" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="E53" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="F53" t="s">
         <v>42</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H53" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D54" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="E54" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="F54" t="s">
         <v>42</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H54" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="D55" t="s">
-        <v>225</v>
+        <v>198</v>
       </c>
       <c r="E55" t="s">
+        <v>199</v>
+      </c>
+      <c r="F55" t="s">
+        <v>42</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>228</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>10</v>
+      </c>
+      <c r="D56" t="s">
         <v>229</v>
       </c>
-      <c r="B56" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E56" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="F56" t="s">
         <v>230</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>231</v>
       </c>
       <c r="H56" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>233</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D57" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E57" t="s">
-        <v>226</v>
+        <v>230</v>
+      </c>
+      <c r="F57" t="s">
+        <v>234</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H57" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D58" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E58" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>230</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H58" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D59" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E59" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F59" t="s">
         <v>117</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H59" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D60" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E60" t="s">
-        <v>226</v>
+        <v>230</v>
+      </c>
+      <c r="F60" t="s">
+        <v>117</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H60" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D61" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E61" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>230</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H61" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D62" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E62" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H62" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D63" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E63" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F63" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H63" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D64" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E64" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F64" t="s">
         <v>22</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H64" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D65" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E65" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F65" t="s">
         <v>22</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H65" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D66" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E66" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F66" t="s">
         <v>22</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H66" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D67" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E67" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F67" t="s">
-        <v>134</v>
+        <v>22</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H67" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D68" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E68" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F68" t="s">
         <v>134</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H68" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D69" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E69" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F69" t="s">
         <v>134</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H69" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D70" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E70" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F70" t="s">
         <v>134</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H70" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D71" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E71" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F71" t="s">
-        <v>42</v>
+        <v>134</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H71" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D72" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E72" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F72" t="s">
         <v>42</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H72" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D73" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E73" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F73" t="s">
         <v>42</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H73" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D74" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E74" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F74" t="s">
         <v>42</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H74" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D75" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E75" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F75" t="s">
         <v>42</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H75" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D76" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E76" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F76" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H76" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D77" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E77" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H77" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="D78" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E78" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H78" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="D79" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E79" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H79" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="D80" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E80" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F80" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H80" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="D81" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E81" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F81" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="H81" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D82" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E82" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F82" t="s">
         <v>27</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H82" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>312</v>
+        <v>129</v>
       </c>
       <c r="D83" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E83" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F83" t="s">
         <v>27</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>313</v>
       </c>
       <c r="H83" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>315</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="D84" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E84" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F84" t="s">
+        <v>27</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="G84" s="1" t="s">
+      <c r="H84" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>318</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>138</v>
+      </c>
+      <c r="D85" t="s">
+        <v>229</v>
+      </c>
+      <c r="E85" t="s">
+        <v>230</v>
+      </c>
+      <c r="F85" t="s">
+        <v>27</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="B85" t="s">
-[...14 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>321</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>142</v>
+      </c>
+      <c r="D86" t="s">
+        <v>229</v>
+      </c>
+      <c r="E86" t="s">
+        <v>230</v>
+      </c>
+      <c r="F86" t="s">
         <v>322</v>
-      </c>
-[...13 lines deleted...]
-        <v>316</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>323</v>
       </c>
       <c r="H86" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>325</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D87" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E87" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F87" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>326</v>
       </c>
       <c r="H87" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>328</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D88" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E88" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F88" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>329</v>
       </c>
       <c r="H88" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>331</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D89" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E89" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F89" t="s">
-        <v>32</v>
+        <v>322</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>332</v>
       </c>
       <c r="H89" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>334</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D90" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E90" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F90" t="s">
-        <v>32</v>
+        <v>322</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>335</v>
       </c>
       <c r="H90" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>337</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D91" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E91" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F91" t="s">
         <v>32</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>338</v>
       </c>
       <c r="H91" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>340</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D92" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E92" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F92" t="s">
         <v>32</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>341</v>
       </c>
       <c r="H92" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>343</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D93" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E93" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F93" t="s">
-        <v>117</v>
+        <v>32</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>344</v>
       </c>
       <c r="H93" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>346</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D94" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E94" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F94" t="s">
-        <v>117</v>
+        <v>32</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>347</v>
       </c>
       <c r="H94" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>349</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D95" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E95" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F95" t="s">
         <v>117</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H95" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>352</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D96" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E96" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F96" t="s">
         <v>117</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>353</v>
       </c>
       <c r="H96" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>355</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D97" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E97" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F97" t="s">
+        <v>117</v>
+      </c>
+      <c r="G97" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="G97" s="1" t="s">
+      <c r="H97" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>358</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>190</v>
+      </c>
+      <c r="D98" t="s">
+        <v>229</v>
+      </c>
+      <c r="E98" t="s">
+        <v>230</v>
+      </c>
+      <c r="F98" t="s">
+        <v>117</v>
+      </c>
+      <c r="G98" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="B98" t="s">
-[...2 lines deleted...]
-      <c r="C98" t="s">
+      <c r="H98" t="s">
         <v>360</v>
-      </c>
-[...13 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>361</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>194</v>
+      </c>
+      <c r="D99" t="s">
+        <v>229</v>
+      </c>
+      <c r="E99" t="s">
+        <v>230</v>
+      </c>
+      <c r="F99" t="s">
+        <v>362</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="H99" t="s">
         <v>364</v>
-      </c>
-[...13 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>365</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>366</v>
+      </c>
+      <c r="D100" t="s">
+        <v>229</v>
+      </c>
+      <c r="E100" t="s">
+        <v>230</v>
+      </c>
+      <c r="F100" t="s">
+        <v>362</v>
+      </c>
+      <c r="G100" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="B100" t="s">
-[...2 lines deleted...]
-      <c r="C100" t="s">
+      <c r="H100" t="s">
         <v>368</v>
-      </c>
-[...13 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>369</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>370</v>
+      </c>
+      <c r="D101" t="s">
+        <v>229</v>
+      </c>
+      <c r="E101" t="s">
+        <v>230</v>
+      </c>
+      <c r="F101" t="s">
+        <v>362</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="B101" t="s">
-[...2 lines deleted...]
-      <c r="C101" t="s">
+      <c r="H101" t="s">
         <v>372</v>
-      </c>
-[...13 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>373</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>374</v>
+      </c>
+      <c r="D102" t="s">
+        <v>229</v>
+      </c>
+      <c r="E102" t="s">
+        <v>230</v>
+      </c>
+      <c r="F102" t="s">
+        <v>362</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="B102" t="s">
-[...2 lines deleted...]
-      <c r="C102" t="s">
+      <c r="H102" t="s">
         <v>376</v>
-      </c>
-[...13 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="D103" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E103" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F103" t="s">
         <v>51</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="H103" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="D104" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E104" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F104" t="s">
         <v>51</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="H104" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>385</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>386</v>
+      </c>
+      <c r="D105" t="s">
+        <v>229</v>
+      </c>
+      <c r="E105" t="s">
+        <v>230</v>
+      </c>
+      <c r="F105" t="s">
+        <v>51</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B105" t="s">
-[...2 lines deleted...]
-      <c r="C105" t="s">
+      <c r="H105" t="s">
         <v>388</v>
-      </c>
-[...13 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>389</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>390</v>
+      </c>
+      <c r="D106" t="s">
+        <v>229</v>
+      </c>
+      <c r="E106" t="s">
+        <v>230</v>
+      </c>
+      <c r="F106" t="s">
+        <v>51</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="B106" t="s">
-[...2 lines deleted...]
-      <c r="C106" t="s">
+      <c r="H106" t="s">
         <v>392</v>
-      </c>
-[...13 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="D107" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E107" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F107" t="s">
         <v>60</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="H107" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="D108" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E108" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F108" t="s">
         <v>60</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="H108" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D109" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E109" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="F109" t="s">
         <v>60</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="H109" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>405</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>406</v>
+      </c>
+      <c r="D110" t="s">
+        <v>229</v>
+      </c>
+      <c r="E110" t="s">
+        <v>230</v>
+      </c>
+      <c r="F110" t="s">
+        <v>60</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="B110" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s">
+      <c r="H110" t="s">
         <v>408</v>
-      </c>
-[...13 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>409</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>410</v>
+      </c>
+      <c r="D111" t="s">
+        <v>229</v>
+      </c>
+      <c r="E111" t="s">
+        <v>230</v>
+      </c>
+      <c r="F111" t="s">
+        <v>60</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="H111" t="s">
         <v>412</v>
-      </c>
-[...19 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>413</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>414</v>
+      </c>
+      <c r="D112" t="s">
+        <v>229</v>
+      </c>
+      <c r="E112" t="s">
+        <v>230</v>
+      </c>
+      <c r="F112" t="s">
+        <v>415</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="H112" t="s">
         <v>417</v>
-      </c>
-[...19 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>418</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>419</v>
+      </c>
+      <c r="D113" t="s">
+        <v>229</v>
+      </c>
+      <c r="E113" t="s">
+        <v>230</v>
+      </c>
+      <c r="F113" t="s">
+        <v>420</v>
+      </c>
+      <c r="G113" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="B113" t="s">
-[...2 lines deleted...]
-      <c r="C113" t="s">
+      <c r="H113" t="s">
         <v>422</v>
-      </c>
-[...13 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>423</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>424</v>
+      </c>
+      <c r="D114" t="s">
+        <v>229</v>
+      </c>
+      <c r="E114" t="s">
+        <v>230</v>
+      </c>
+      <c r="F114" t="s">
+        <v>415</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="B114" t="s">
-[...2 lines deleted...]
-      <c r="C114" t="s">
+      <c r="H114" t="s">
         <v>426</v>
-      </c>
-[...10 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>427</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>428</v>
+      </c>
+      <c r="D115" t="s">
+        <v>229</v>
+      </c>
+      <c r="E115" t="s">
+        <v>230</v>
+      </c>
+      <c r="F115" t="s">
+        <v>415</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="B115" t="s">
-[...2 lines deleted...]
-      <c r="C115" t="s">
+      <c r="H115" t="s">
         <v>430</v>
-      </c>
-[...13 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>431</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>432</v>
+      </c>
+      <c r="D116" t="s">
+        <v>229</v>
+      </c>
+      <c r="E116" t="s">
+        <v>230</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="B116" t="s">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="H116" t="s">
         <v>434</v>
-      </c>
-[...13 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>435</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>436</v>
+      </c>
+      <c r="D117" t="s">
+        <v>229</v>
+      </c>
+      <c r="E117" t="s">
+        <v>230</v>
+      </c>
+      <c r="F117" t="s">
+        <v>415</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="B117" t="s">
-[...2 lines deleted...]
-      <c r="C117" t="s">
+      <c r="H117" t="s">
         <v>438</v>
-      </c>
-[...13 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>439</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>440</v>
+      </c>
+      <c r="D118" t="s">
+        <v>229</v>
+      </c>
+      <c r="E118" t="s">
+        <v>230</v>
+      </c>
+      <c r="F118" t="s">
+        <v>415</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="B118" t="s">
-[...2 lines deleted...]
-      <c r="C118" t="s">
+      <c r="H118" t="s">
         <v>442</v>
-      </c>
-[...13 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>443</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>444</v>
+      </c>
+      <c r="D119" t="s">
+        <v>229</v>
+      </c>
+      <c r="E119" t="s">
+        <v>230</v>
+      </c>
+      <c r="F119" t="s">
+        <v>415</v>
+      </c>
+      <c r="G119" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="B119" t="s">
-[...2 lines deleted...]
-      <c r="C119" t="s">
+      <c r="H119" t="s">
         <v>446</v>
-      </c>
-[...13 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>447</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>448</v>
+      </c>
+      <c r="D120" t="s">
+        <v>229</v>
+      </c>
+      <c r="E120" t="s">
+        <v>230</v>
+      </c>
+      <c r="F120" t="s">
+        <v>415</v>
+      </c>
+      <c r="G120" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="B120" t="s">
-[...2 lines deleted...]
-      <c r="C120" t="s">
+      <c r="H120" t="s">
         <v>450</v>
-      </c>
-[...13 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>451</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>452</v>
+      </c>
+      <c r="D121" t="s">
+        <v>229</v>
+      </c>
+      <c r="E121" t="s">
+        <v>230</v>
+      </c>
+      <c r="F121" t="s">
+        <v>415</v>
+      </c>
+      <c r="G121" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="B121" t="s">
-[...2 lines deleted...]
-      <c r="C121" t="s">
+      <c r="H121" t="s">
         <v>454</v>
-      </c>
-[...13 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>455</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>456</v>
+      </c>
+      <c r="D122" t="s">
+        <v>229</v>
+      </c>
+      <c r="E122" t="s">
+        <v>230</v>
+      </c>
+      <c r="F122" t="s">
+        <v>415</v>
+      </c>
+      <c r="G122" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="B122" t="s">
-[...2 lines deleted...]
-      <c r="C122" t="s">
+      <c r="H122" t="s">
         <v>458</v>
-      </c>
-[...13 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>459</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>460</v>
+      </c>
+      <c r="D123" t="s">
+        <v>229</v>
+      </c>
+      <c r="E123" t="s">
+        <v>230</v>
+      </c>
+      <c r="F123" t="s">
+        <v>415</v>
+      </c>
+      <c r="G123" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="B123" t="s">
-[...2 lines deleted...]
-      <c r="C123" t="s">
+      <c r="H123" t="s">
         <v>462</v>
-      </c>
-[...13 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>463</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>464</v>
+      </c>
+      <c r="D124" t="s">
+        <v>229</v>
+      </c>
+      <c r="E124" t="s">
+        <v>230</v>
+      </c>
+      <c r="F124" t="s">
+        <v>415</v>
+      </c>
+      <c r="G124" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="B124" t="s">
-[...2 lines deleted...]
-      <c r="C124" t="s">
+      <c r="H124" t="s">
         <v>466</v>
-      </c>
-[...13 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>467</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>468</v>
+      </c>
+      <c r="D125" t="s">
+        <v>229</v>
+      </c>
+      <c r="E125" t="s">
+        <v>230</v>
+      </c>
+      <c r="F125" t="s">
+        <v>42</v>
+      </c>
+      <c r="G125" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="B125" t="s">
-[...2 lines deleted...]
-      <c r="C125" t="s">
+      <c r="H125" t="s">
         <v>470</v>
-      </c>
-[...13 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>471</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>472</v>
+      </c>
+      <c r="D126" t="s">
+        <v>229</v>
+      </c>
+      <c r="E126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F126" t="s">
+        <v>134</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="B126" t="s">
-[...2 lines deleted...]
-      <c r="C126" t="s">
+      <c r="H126" t="s">
         <v>474</v>
-      </c>
-[...13 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>475</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>476</v>
+      </c>
+      <c r="D127" t="s">
+        <v>229</v>
+      </c>
+      <c r="E127" t="s">
+        <v>230</v>
+      </c>
+      <c r="F127" t="s">
+        <v>134</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="B127" t="s">
-[...2 lines deleted...]
-      <c r="C127" t="s">
+      <c r="H127" t="s">
         <v>478</v>
-      </c>
-[...13 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>479</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>480</v>
+      </c>
+      <c r="D128" t="s">
+        <v>229</v>
+      </c>
+      <c r="E128" t="s">
+        <v>230</v>
+      </c>
+      <c r="F128" t="s">
+        <v>60</v>
+      </c>
+      <c r="G128" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="B128" t="s">
-[...2 lines deleted...]
-      <c r="C128" t="s">
+      <c r="H128" t="s">
         <v>482</v>
-      </c>
-[...13 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>483</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>484</v>
+      </c>
+      <c r="D129" t="s">
+        <v>229</v>
+      </c>
+      <c r="E129" t="s">
+        <v>230</v>
+      </c>
+      <c r="F129" t="s">
+        <v>60</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="B129" t="s">
-[...2 lines deleted...]
-      <c r="C129" t="s">
+      <c r="H129" t="s">
         <v>486</v>
-      </c>
-[...13 lines deleted...]
-        <v>488</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>487</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>488</v>
+      </c>
+      <c r="D130" t="s">
+        <v>229</v>
+      </c>
+      <c r="E130" t="s">
+        <v>230</v>
+      </c>
+      <c r="F130" t="s">
+        <v>42</v>
+      </c>
+      <c r="G130" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="B130" t="s">
-[...2 lines deleted...]
-      <c r="C130" t="s">
+      <c r="H130" t="s">
         <v>490</v>
-      </c>
-[...13 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>491</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>492</v>
+      </c>
+      <c r="D131" t="s">
+        <v>229</v>
+      </c>
+      <c r="E131" t="s">
+        <v>230</v>
+      </c>
+      <c r="F131" t="s">
+        <v>32</v>
+      </c>
+      <c r="G131" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="B131" t="s">
-[...2 lines deleted...]
-      <c r="C131" t="s">
+      <c r="H131" t="s">
         <v>494</v>
-      </c>
-[...13 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>495</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>496</v>
+      </c>
+      <c r="D132" t="s">
+        <v>229</v>
+      </c>
+      <c r="E132" t="s">
+        <v>230</v>
+      </c>
+      <c r="F132" t="s">
+        <v>32</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="B132" t="s">
-[...2 lines deleted...]
-      <c r="C132" t="s">
+      <c r="H132" t="s">
         <v>498</v>
-      </c>
-[...13 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>499</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>500</v>
+      </c>
+      <c r="D133" t="s">
+        <v>229</v>
+      </c>
+      <c r="E133" t="s">
+        <v>230</v>
+      </c>
+      <c r="F133" t="s">
+        <v>322</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="B133" t="s">
-[...2 lines deleted...]
-      <c r="C133" t="s">
+      <c r="H133" t="s">
         <v>502</v>
-      </c>
-[...13 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>503</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>504</v>
+      </c>
+      <c r="D134" t="s">
+        <v>229</v>
+      </c>
+      <c r="E134" t="s">
+        <v>230</v>
+      </c>
+      <c r="F134" t="s">
+        <v>322</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="B134" t="s">
-[...2 lines deleted...]
-      <c r="C134" t="s">
+      <c r="H134" t="s">
         <v>506</v>
-      </c>
-[...13 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>507</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>508</v>
+      </c>
+      <c r="D135" t="s">
+        <v>229</v>
+      </c>
+      <c r="E135" t="s">
+        <v>230</v>
+      </c>
+      <c r="F135" t="s">
+        <v>51</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="B135" t="s">
-[...5 lines deleted...]
-      <c r="D135" t="s">
+      <c r="H135" t="s">
         <v>510</v>
-      </c>
-[...10 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>17</v>
+        <v>512</v>
       </c>
       <c r="D136" t="s">
-        <v>510</v>
+        <v>229</v>
       </c>
       <c r="E136" t="s">
-        <v>511</v>
+        <v>230</v>
       </c>
       <c r="F136" t="s">
-        <v>512</v>
+        <v>51</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="H136" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>515</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>10</v>
+      </c>
+      <c r="D137" t="s">
+        <v>516</v>
+      </c>
+      <c r="E137" t="s">
+        <v>517</v>
+      </c>
+      <c r="F137" t="s">
         <v>518</v>
-      </c>
-[...13 lines deleted...]
-        <v>512</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>519</v>
       </c>
       <c r="H137" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>521</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D138" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="E138" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="F138" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>522</v>
       </c>
       <c r="H138" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>524</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D139" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="E139" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="F139" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>525</v>
       </c>
       <c r="H139" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>527</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D140" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="E140" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="F140" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>528</v>
       </c>
       <c r="H140" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>530</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D141" t="s">
+        <v>516</v>
+      </c>
+      <c r="E141" t="s">
+        <v>517</v>
+      </c>
+      <c r="F141" t="s">
+        <v>518</v>
+      </c>
+      <c r="G141" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="E141" t="s">
+      <c r="H141" t="s">
         <v>532</v>
-      </c>
-[...7 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>533</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>36</v>
+      </c>
+      <c r="D142" t="s">
+        <v>516</v>
+      </c>
+      <c r="E142" t="s">
+        <v>517</v>
+      </c>
+      <c r="F142" t="s">
+        <v>518</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="H142" t="s">
         <v>535</v>
-      </c>
-[...19 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>536</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>10</v>
+      </c>
+      <c r="D143" t="s">
+        <v>537</v>
+      </c>
+      <c r="E143" t="s">
         <v>538</v>
       </c>
-      <c r="B143" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F143" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>539</v>
       </c>
       <c r="H143" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D144" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E144" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F144" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="H144" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>544</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>21</v>
+      </c>
+      <c r="D145" t="s">
+        <v>537</v>
+      </c>
+      <c r="E145" t="s">
+        <v>538</v>
+      </c>
+      <c r="F145" t="s">
+        <v>518</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="H145" t="s">
         <v>543</v>
-      </c>
-[...19 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>546</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D146" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E146" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F146" t="s">
+        <v>518</v>
+      </c>
+      <c r="G146" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="G146" s="1" t="s">
+      <c r="H146" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>549</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>31</v>
+      </c>
+      <c r="D147" t="s">
+        <v>537</v>
+      </c>
+      <c r="E147" t="s">
+        <v>538</v>
+      </c>
+      <c r="F147" t="s">
+        <v>518</v>
+      </c>
+      <c r="G147" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="B147" t="s">
-[...11 lines deleted...]
-      <c r="F147" t="s">
+      <c r="H147" t="s">
         <v>551</v>
-      </c>
-[...4 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>552</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>36</v>
+      </c>
+      <c r="D148" t="s">
+        <v>537</v>
+      </c>
+      <c r="E148" t="s">
+        <v>538</v>
+      </c>
+      <c r="F148" t="s">
+        <v>553</v>
+      </c>
+      <c r="G148" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="B148" t="s">
-[...14 lines deleted...]
-      <c r="G148" s="1" t="s">
+      <c r="H148" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>556</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>41</v>
+      </c>
+      <c r="D149" t="s">
+        <v>537</v>
+      </c>
+      <c r="E149" t="s">
+        <v>538</v>
+      </c>
+      <c r="F149" t="s">
         <v>557</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>558</v>
       </c>
       <c r="H149" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>560</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D150" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E150" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F150" t="s">
-        <v>32</v>
+        <v>234</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>561</v>
       </c>
       <c r="H150" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>563</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="D151" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E151" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F151" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>564</v>
       </c>
       <c r="H151" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>566</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="D152" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E152" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F152" t="s">
-        <v>512</v>
+        <v>32</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>567</v>
       </c>
       <c r="H152" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>569</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="D153" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E153" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F153" t="s">
-        <v>512</v>
+        <v>60</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>570</v>
       </c>
       <c r="H153" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>572</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="D154" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E154" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F154" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>573</v>
       </c>
       <c r="H154" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>575</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="D155" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E155" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F155" t="s">
-        <v>32</v>
+        <v>518</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>576</v>
       </c>
       <c r="H155" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>578</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="D156" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E156" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F156" t="s">
-        <v>316</v>
+        <v>518</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>579</v>
       </c>
       <c r="H156" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>581</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="D157" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E157" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F157" t="s">
-        <v>512</v>
+        <v>32</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>582</v>
       </c>
       <c r="H157" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>584</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="D158" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E158" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F158" t="s">
-        <v>512</v>
+        <v>322</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>585</v>
       </c>
       <c r="H158" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>587</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="D159" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E159" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F159" t="s">
-        <v>230</v>
+        <v>518</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>588</v>
       </c>
       <c r="H159" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>590</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="D160" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E160" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F160" t="s">
-        <v>117</v>
+        <v>518</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>591</v>
       </c>
       <c r="H160" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>593</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="D161" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E161" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F161" t="s">
-        <v>512</v>
+        <v>234</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>594</v>
       </c>
       <c r="H161" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>596</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="D162" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E162" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F162" t="s">
-        <v>512</v>
+        <v>117</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>597</v>
       </c>
       <c r="H162" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>599</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="D163" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E163" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F163" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>600</v>
       </c>
       <c r="H163" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>602</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="D164" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E164" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F164" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>603</v>
       </c>
       <c r="H164" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>605</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="D165" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E165" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F165" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>606</v>
       </c>
       <c r="H165" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>608</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="D166" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E166" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F166" t="s">
-        <v>27</v>
+        <v>518</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>609</v>
       </c>
       <c r="H166" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>611</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D167" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E167" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F167" t="s">
-        <v>22</v>
+        <v>518</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>612</v>
       </c>
       <c r="H167" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>614</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>312</v>
+        <v>129</v>
       </c>
       <c r="D168" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E168" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F168" t="s">
-        <v>134</v>
+        <v>27</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>615</v>
       </c>
       <c r="H168" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>617</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="D169" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E169" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F169" t="s">
-        <v>512</v>
+        <v>22</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>618</v>
       </c>
       <c r="H169" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>620</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D170" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E170" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F170" t="s">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>621</v>
       </c>
       <c r="H170" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>623</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D171" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E171" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F171" t="s">
-        <v>117</v>
+        <v>518</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>624</v>
       </c>
       <c r="H171" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>626</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D172" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E172" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F172" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>627</v>
       </c>
       <c r="H172" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>629</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D173" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E173" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F173" t="s">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H173" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>632</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D174" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E174" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F174" t="s">
         <v>13</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>633</v>
       </c>
       <c r="H174" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>635</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D175" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E175" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F175" t="s">
-        <v>117</v>
+        <v>13</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>636</v>
       </c>
       <c r="H175" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>638</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="D176" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E176" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F176" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>639</v>
       </c>
       <c r="H176" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>641</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D177" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E177" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F177" t="s">
-        <v>512</v>
+        <v>117</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>642</v>
       </c>
       <c r="H177" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>644</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D178" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E178" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F178" t="s">
-        <v>512</v>
+        <v>32</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>645</v>
       </c>
       <c r="H178" t="s">
-        <v>537</v>
+        <v>646</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D179" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E179" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F179" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="H179" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D180" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E180" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F180" t="s">
-        <v>32</v>
+        <v>518</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="H180" t="s">
-        <v>651</v>
+        <v>543</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>652</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="D181" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E181" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F181" t="s">
-        <v>32</v>
+        <v>518</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>653</v>
       </c>
       <c r="H181" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>655</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>360</v>
+        <v>186</v>
       </c>
       <c r="D182" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E182" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F182" t="s">
-        <v>512</v>
+        <v>32</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>656</v>
       </c>
       <c r="H182" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>658</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>364</v>
+        <v>194</v>
       </c>
       <c r="D183" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E183" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F183" t="s">
-        <v>512</v>
+        <v>32</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>659</v>
       </c>
       <c r="H183" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>661</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="D184" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="E184" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="F184" t="s">
+        <v>518</v>
+      </c>
+      <c r="G184" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="G184" s="1" t="s">
+      <c r="H184" t="s">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
+        <v>664</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>370</v>
+      </c>
+      <c r="D185" t="s">
+        <v>537</v>
+      </c>
+      <c r="E185" t="s">
+        <v>538</v>
+      </c>
+      <c r="F185" t="s">
+        <v>518</v>
+      </c>
+      <c r="G185" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="B185" t="s">
-[...5 lines deleted...]
-      <c r="D185" t="s">
+      <c r="H185" t="s">
         <v>666</v>
-      </c>
-[...10 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>667</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>374</v>
+      </c>
+      <c r="D186" t="s">
+        <v>537</v>
+      </c>
+      <c r="E186" t="s">
+        <v>538</v>
+      </c>
+      <c r="F186" t="s">
+        <v>668</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="B186" t="s">
-[...11 lines deleted...]
-      <c r="G186" s="1" t="s">
+      <c r="H186" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>671</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="D187" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="E187" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="F187" t="s">
-        <v>512</v>
+        <v>117</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="H187" t="s">
-        <v>673</v>
+        <v>555</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>104</v>
+        <v>41</v>
       </c>
       <c r="D188" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="E188" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>673</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="H188" t="s">
-        <v>592</v>
+        <v>555</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>129</v>
+        <v>68</v>
       </c>
       <c r="D189" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="E189" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="F189" t="s">
-        <v>27</v>
+        <v>518</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="H189" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="D190" t="s">
-        <v>680</v>
+        <v>672</v>
       </c>
       <c r="E190" t="s">
+        <v>673</v>
+      </c>
+      <c r="F190" t="s">
+        <v>117</v>
+      </c>
+      <c r="G190" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="F190" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H190" t="s">
-        <v>683</v>
+        <v>598</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
+        <v>682</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>129</v>
+      </c>
+      <c r="D191" t="s">
+        <v>672</v>
+      </c>
+      <c r="E191" t="s">
+        <v>673</v>
+      </c>
+      <c r="F191" t="s">
+        <v>27</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="H191" t="s">
         <v>684</v>
-      </c>
-[...19 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
+        <v>685</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>17</v>
+      </c>
+      <c r="D192" t="s">
+        <v>686</v>
+      </c>
+      <c r="E192" t="s">
         <v>687</v>
       </c>
-      <c r="B192" t="s">
-[...5 lines deleted...]
-      <c r="D192" t="s">
+      <c r="F192" t="s">
+        <v>234</v>
+      </c>
+      <c r="G192" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="E192" t="s">
+      <c r="H192" t="s">
         <v>689</v>
-      </c>
-[...7 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
+        <v>690</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>21</v>
+      </c>
+      <c r="D193" t="s">
+        <v>686</v>
+      </c>
+      <c r="E193" t="s">
+        <v>687</v>
+      </c>
+      <c r="F193" t="s">
+        <v>234</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="H193" t="s">
         <v>692</v>
-      </c>
-[...16 lines deleted...]
-        <v>694</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
+        <v>693</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>10</v>
+      </c>
+      <c r="D194" t="s">
+        <v>694</v>
+      </c>
+      <c r="E194" t="s">
         <v>695</v>
-      </c>
-[...10 lines deleted...]
-        <v>689</v>
       </c>
       <c r="F194" t="s">
         <v>42</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>696</v>
       </c>
       <c r="H194" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>698</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D195" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="E195" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>695</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>699</v>
       </c>
       <c r="H195" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>701</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D196" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="E196" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="F196" t="s">
         <v>42</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>702</v>
       </c>
       <c r="H196" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>704</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D197" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="E197" t="s">
-        <v>689</v>
+        <v>695</v>
+      </c>
+      <c r="F197" t="s">
+        <v>322</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>705</v>
       </c>
       <c r="H197" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>707</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D198" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="E198" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="F198" t="s">
+        <v>42</v>
+      </c>
+      <c r="G198" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="G198" s="1" t="s">
+      <c r="H198" t="s">
         <v>709</v>
-      </c>
-[...1 lines deleted...]
-        <v>710</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
+        <v>710</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>36</v>
+      </c>
+      <c r="D199" t="s">
+        <v>694</v>
+      </c>
+      <c r="E199" t="s">
+        <v>695</v>
+      </c>
+      <c r="G199" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="B199" t="s">
-[...14 lines deleted...]
-      <c r="G199" s="1" t="s">
+      <c r="H199" t="s">
         <v>712</v>
-      </c>
-[...1 lines deleted...]
-        <v>713</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
+        <v>713</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>41</v>
+      </c>
+      <c r="D200" t="s">
+        <v>694</v>
+      </c>
+      <c r="E200" t="s">
+        <v>695</v>
+      </c>
+      <c r="F200" t="s">
         <v>714</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>715</v>
       </c>
       <c r="H200" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>717</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
+        <v>46</v>
+      </c>
+      <c r="D201" t="s">
+        <v>694</v>
+      </c>
+      <c r="E201" t="s">
+        <v>695</v>
+      </c>
+      <c r="F201" t="s">
+        <v>13</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H201" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>720</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>50</v>
+      </c>
+      <c r="D202" t="s">
+        <v>694</v>
+      </c>
+      <c r="E202" t="s">
+        <v>695</v>
+      </c>
+      <c r="F202" t="s">
+        <v>13</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H202" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>723</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
         <v>10</v>
       </c>
-      <c r="D201" t="s">
-[...12 lines deleted...]
-        <v>721</v>
+      <c r="D203" t="s">
+        <v>724</v>
+      </c>
+      <c r="E203" t="s">
+        <v>725</v>
+      </c>
+      <c r="F203" t="s">
+        <v>518</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="H203" t="s">
+        <v>727</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7966,50 +8036,52 @@
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
     <hyperlink ref="G200" r:id="rId199"/>
     <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>