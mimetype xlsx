--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3183" uniqueCount="1538">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3286" uniqueCount="1578">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -3558,50 +3558,62 @@
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_no_286-2025_-_implantacao_de_quebra-molas_na_rua_getulio_vargas_localizada_no_bairro_vista_alegre.pdf</t>
   </si>
   <si>
     <t>“INDICA AO EXECUTIVO A IMPLANTAÇÃO DE QUEBRA-MOLAS NA RUA GETÚLIO VARGAS, LOCALIZADA NO BAIRRO VISTA ALEGRE".</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2719/indicacao_no_287-2025_-_criacao_de_uma_area_de_lazer_com_campo_society_no_bairro_vista_alegre.pdf</t>
   </si>
   <si>
     <t>“INDICA AO EXECUTIVO A CRIAÇÃO DE UMA ÁREA DE LAZER COM CAMPO SOÇIETY NO BAIRRO VISTA ALEGRE”.</t>
   </si>
   <si>
+    <t>2738</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_no_288-2025_-_restauracao_e_revitalizacao_do_canteiro_central_do_distrito_de_cristal_do_norte_recuperacao_dos_meios-fios_nivelamento_jardinagem_e_pintura.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA AO EXECUTIVO MUNICIPAL QUE ENVIDE ESFORÇOS PARA QUE SEJA REALIZADA A RESTAURAÇÃO E REVITALIZAÇÃO DO CANTEIRO CENTRAL DO DISTRITO DE CRISTAL DO NORTE, INCLUINDO A RECUPERAÇÃO DOS MEIOS-FIOS, NIVELAMENTO, JARDINAGEM E PINTURA”.</t>
+  </si>
+  <si>
     <t>2385</t>
   </si>
   <si>
     <t>PAUTA</t>
   </si>
   <si>
     <t>Pautas das Sessões</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2385/pauta_da_01a_sessao_ordinaria_do_1o_periodo_legislativo_da_11a_legislatura.pdf</t>
   </si>
   <si>
     <t>"PAUTA DA 01ª SESSÃO ORDINÁRIA DO 1º PERÍODO LEGISLATIVO DA 11ª LEGISLATURA DA CÂMARA MUNICIPAL".</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2538/projeto_de_decreto_legislativo_no_001-2025_-_contas_exercicio_de_2023_-_responsavel_-_bruno_teofilo_araujo.pdf</t>
@@ -4027,50 +4039,59 @@
     <t>2731</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2731/projeto_de_decreto_legislativo_no_048-2025_-_comenda_a_servidores_publicos_do_municipio.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES AO Sr. MARCOS EGÍDIO BRUNELLI”.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2732/projeto_de_decreto_legislativo_no_049-2025_-_comenda_a_servidores_publicos_do_municipio.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. MARIA SICLEUDE DE AGUILAR SANTOS”.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2733/projeto_de_decreto_legislativo_no_050-2025_-_comenda_a_servidores_publicos_do_municipio.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. ROSILENE OLIVEIRA ANDRADE”.</t>
+  </si>
+  <si>
+    <t>2734</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2734/projeto_de_decreto_legislativo_no_053-2025_-_comenda_a_servidores_publicos_ao_sr._noe_albino_mol.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES AO Sr. NOÉ ALBINO MOL”.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2336/projeto_de_lei_complementar_no_001-2025_-_altera_dispositivo_da_lei_complementar_no_034_de_27_de_setembro_de_2019.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVO DA LEI COMPLEMENTAR Nº 034 DE 27 DE SETEMBRO DE 2019, QUE _x000D_
 INSTITUI O NOVO CÓDIGO DE POSTURAS DO MUNICÍPIO DE PEDRO CANÁRIO, ESTADO DO ESPÍRITO SANTO, E DÁ OUTRAS PROVIDÊNCIAS E ACRESCENTA OS ARTIGOS 110-A Á 110-K QUE DISPÕE SOBRE DISCIPLINA E OBRIGATORIEDADE DO GERENCIAMENTO ADEQUADO DE RESÍDUOS SÓLIDOS GERADOS EM EVENTOS PÚBLICOS, PRIVADOS OU PÚBLICO-PRIVADOS NO MUNICÍPIO DE PEDRO CANÁRIO/ES E DÁ OUTRAS PROVIDÊNCIAS’’.</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>Kleilson Martins Rezende</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2376/projeto_de_lei_complementar_no_002-2025_-_institui_nova_estrutura_dministrativa_municipal_da_prefeitura_municipal_e_da_outras_providencias.pdf</t>
@@ -4138,50 +4159,59 @@
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2639/projeto_de_lei_complementar_no_009-2025_-__acrecenta_dispositivos_na_lc_04-2005_e_altera_dispositivo_da_lc_062-2025_e_da_outras_providencias_-_sapl.pdf</t>
   </si>
   <si>
     <t>"ACRECENTA DISPOSITIVOS NA LC 04-2005 E ALTERA DISPOSITIVO DA LC 062-2025 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2696/projeto_de_lei_complementar_no_010-2025_-_altera_dispositivos_da_lei_complementar_no_034_de_27-09-2019_que_institui_o_codigo_de_posturas_do_municipio.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 034, DE 27 DE SETEMBRO DE 2019, QUE INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE PEDRO CANÁRIO, PARA DISPOR SOBRE O HORÁRIO DE FUNCIONAMENTO DOS ESTABELECIMENTOS COMERCIAIS E PRESTADORES DE SERVIÇOS, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2720/projeto_de_lei_complementar_no_011-2025_-_altera_l.c_034-2019_que_institui_o_codigo_de_posturas_do_municipio_para_acrescentar_os_paragrafos_5o_ao_13o_ao_art_87_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVO DA LEI COMPLEMENTAR Nº 034/2019 – CÓDIGO DE POSTURA -  ACRESCENTA OS ARTIGOS 110-A Á 110-K, E DÁ OUTRAS PROVIDÊNCIAS’’.</t>
   </si>
   <si>
+    <t>2747</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2747/projeto_de_lei_complementar_substitutivo_no_012-2025_-_altera_lei_complementar_municipal_no_009-2008_alterada_pela_lei_complementar_municipal_no_066-2025_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>"PROJETO DE LEI COMPLEMENTAR SUBSTITUTIVO Nº 012/2025 – “ALTERA LEI COMPLEMENTAR MUNICIPAL Nº 009/2008, ALTERADA PELA LEI COMPLEMENTAR MUNICIPAL Nº 066/2025”.</t>
+  </si>
+  <si>
     <t>2332</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2332/projeto_de_lei_no_001-2025_-_cria_o_programa_musica_nas_escolas_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>“CRIA O PROGRAMA MÚSICA NAS ESCOLAS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2333/projeto_de_lei_no_002-2025_-_cria_programa_de_apoio_as_maes_atipicas_de_pedro_canario-es.pdf</t>
   </si>
   <si>
     <t>“CRIA PROGRAMA DE APOIO ÀS MÃES ATIPICAS DE PEDRO CANÁRIO-ES”.</t>
   </si>
   <si>
     <t>2334</t>
@@ -4469,50 +4499,131 @@
     <t>2653</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2653/projeto_de_lei_no_034-2025_-_autoriza_o_executivo_municipal_a_abrir_credito_adicional_especial_e_da_outras_providecias-1-4.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2710/projeto_de_lei_no_035-2025_-_dispoe_sobre_a_implantacao_de_acoes_de_educacao_para_o_transito_no_ambito_escolar_e_na_sociedade_em_geral.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A IMPLANTAÇÃO DE AÇÕES DE EDUCAÇÃO PARA O TRÂNSITO NO ÂMBITO ESCOLAR E NA SOCIEDADE EM GERAL, NO MUNICÍPIO DE PEDRO CANÁRIO/ES, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2711/projeto_de_lei_no_036-2025_-_declara_utilidade_publica_municipal_a_associacao_de_catadores_de_materiais_reciclaveis_do_municipio_de_pedro_canario_-_es.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DE CATADORES DE MATERIAIS RECICLÁVEIS DO MUNICÍPIO DE PEDRO CANÁRIO/ES”.</t>
+  </si>
+  <si>
+    <t>2736</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2736/projeto_de_lei_no_038-2025_-_acrescenta_paragrafo_unico_ao_art._1o_da_lei_municipal_no_1.518-2022_2-1-2.pdf</t>
+  </si>
+  <si>
+    <t>"ACRESCENTA PARÁGRAFO ÚNICO AO ART. 1º DA LEI MUNICIPAL Nº 1.518/2022".</t>
+  </si>
+  <si>
+    <t>2737</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2737/projeto_de_lei_no_039-2025.pdf</t>
+  </si>
+  <si>
+    <t>“ATUALIZA OS PERCENTUAIS E A BASE DECÁLCULO PARA A COBRANÇA DE FORO ANUAL E LAUDÊMIO SOBRE OS IMÓVEIS FOREIROS DE PROPRIEDADE DO MUNICÍPIO DE PEDRO CANÁRIO, REVOGA A LEI MUNICIPAL Nº 056/1986, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>2741</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2741/projeto_de_lei_no_040-2025_-_sapl.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>2742</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2742/projeto_de_lei_no_041-2025_-_sapl.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE PEDRO CANÁRIO PARA O PERÍODO DE 2026 A 2029 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>2743</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2743/projeto_de_lei_substitutivo_no_042-2025_-_loa.pdf</t>
+  </si>
+  <si>
+    <t>“ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PEDRO CANÁRIO PARA O EXERCÍCIO FINANCEIRO DE 2026”.</t>
+  </si>
+  <si>
+    <t>2744</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2744/projeto_de_lei_no_044-2025_-_sapl.pdf</t>
+  </si>
+  <si>
+    <t>“DESAFETA ÁREAS DE PATRIMÔNIO DO MUNICÍPIO, AUTORIZA SUAS ALIENAÇÕES, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>2745</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2745/projeto_de_lei_no_045-2025_-_prorrogar_a_vigencia_do_plano_municipal_de_educacao_-_pme_do_municipio_de_pedro_canario.pdf</t>
+  </si>
+  <si>
+    <t>“PRORROGAR A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO-PME DO MUNICÍPIO DE PEDRO CANÁRIO”.</t>
+  </si>
+  <si>
+    <t>2740</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2740/projeto_de_lei_no_046-2025_-_altera_lei_municipal_no_1.263_-_2016_que_institui_o_programa_municipal_de_portadores_de_necessidades_especiais_em_turmas_regulares_de_ensino_publico.pdf</t>
+  </si>
+  <si>
+    <t>“ALTERA LEI MUNICIPAL Nº 1.263/2016, QUE INSTITUI O PROGRAMA MUNICIPAL DE INCLUSÃO DE PORTADORES DE NECESSIDADES ESPECIAIS, EM TURMAS REGULARES DE ENSINO PÚBLICO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>2746</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2746/projeto_de_lei_no_047-2025_-_autoriza_o_poder_executivo_a_conceder_subvencao_social_ao_centro_comunitario_franco_rossetti.pdf</t>
+  </si>
+  <si>
+    <t>“AUTORIZA O PODER EXECUTIVO A CONCEDER SUBVENÇÃO SOCIAL AO CENTRO COMUNITÁRIO FRANCO ROSSETTI, INSTITUIÇÃO PRIVADA DE CARÁTER ASSISTENCIAL E CULTURAL, SEM FINALIDADE LUCRATIVA”.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>PLS</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_substitutivo_no_013-2025_-_autoriza_o_executivo_a_conceder_subvencao_a_associacao_recretiva_assistencial_ao_idoso_e_a_associacao_beneficente_cultural_e_de_agricultura.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A CONCEDER SUBVENÇÃO A ASSOCIAÇÃO RECREATIVA ASSISTENCIAL AO IDOSO E ASSOCIAÇÃO BENEFICENTE CULTURAL E DA AGRICULTURA DE CRISTAL DO NORTE..."</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
@@ -4633,50 +4744,59 @@
     <t>2697</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2697/requerimento_no_011-2025_-_voto_de_louvor_em_apoio_a_cada_colaborador_do_campeonato_esportivo_em_taquaras.pdf</t>
   </si>
   <si>
     <t>REQUERER Sessão Solene em favor dos colaboradores do quarto campeonato de futebol de Taquaras, em reconhecimento à sua importância esportiva, social e cultural para a comunidade local, a ser realizada no dia 18 de setembro de 2025 às 19h00min, na Câmara de Vereadores de Pedro Canário, sendo que na oportunidade será entregue certificado com VOTO DE LOUVOR  pelo apoio de cada um.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2698/requerimento_no_012-2025_-_realizacao_de_sessao_solene_do_servidor_publico_e_empreendedor_destaque_e_alteracao_de_horario_da_sessao_ordinaria_do_dia_07.10.pdf</t>
   </si>
   <si>
     <t>"REQUER REALIZAÇÃO DE SESSÕES SOLENE E ALTERAÇÃO EXTRAORDINÁRIA DE HORÁRIO DA 18ª SESSÃO ORDINÁRIA DO 1º PERÍODO LEGISLATIVO DA 11ª LEGISLATURA DA CÂMARA MUNICIPAL DE PEDRO CANÁRIO-ES".</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2699/requerimento_no_013-2025_-_voto_de_louvor_em_favor_de_pedro_arthur_dias_tozetti.pdf</t>
   </si>
   <si>
     <t>"Requer Voto de Louvor em favor de Pedro Arthur Dias Tozetti, em reconhecimento à sua destacada conquista como Vice-Campeão Brasileiro de Karatê Inter Estilos – Categoria Kata Sub-21 Sênior, competição que reuniu 30 atletas de diversos estados do Brasil, demonstrando excelência, dedicação e orgulho para o município de Pedro Canário".</t>
+  </si>
+  <si>
+    <t>2739</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2739/requerimento_no_015-2025_-_voto_de_louvor_em_homenagem_aos_servidores_da_secretaria_municipal_de_saude.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER VOTO DE LOUVOR,  em homenagem aos servidores da Secretaria Municipal de Saúde em reconhecimento ao comprometimento, à dedicação e à excelência no desempenho de suas funções, contribuindo de forma decisiva para a melhoria da saúde pública e o bem-estar da população.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4980,56 +5100,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2337/indicacao_no_001-2025_-_instalacao_de_uma_academia_ao_ar_livre_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2338/indicacao_no_002-2025_-_construcao_de_uma_pista_para_ciclistas_e_pedestres_sentido_pedro_canario_-_camata_-_camata_-_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2339/indicacao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2341/indicacao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2342/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2343/indicacao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2344/indicacao_no_007-2025_-_van_para_atender_as_demandas_da_secretaria_de_esportes_municipal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2345/indicacao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2346/indicacao_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2347/indicacao_no_010-2025_-_construcao_do_calcamento_das_ruas_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2348/indicacao_no_011-2025_-_indicam_ao_executivo_ao_executivo_municipal_que_seja_promovida_a_drenagem_pluvial_em_todas_as_ruas_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2349/indicacao_no_012-2025_-_conclusao_do_calcamento_das_ruas_localizadas_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2350/indicacao_no_013-2025_-_criar_uma_legislacao_que_estabeleca_regras_para_as_atividades_de_pesca_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2351/indicacao_no_014-2025_-_constucao_de_quebra-molas_nas_ruas_localizadas_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2352/indicacao_no_015-2025_-_rede_fluvial_e_trincheira_de_drenagem_para_rua_osman_santana_moura_localizada_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_no_016-2025_-_implantacao_de_uma_subprefeitura_nos_distritos_de_cristal_do_norte_floresta_do_sul_e_taquaras.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2354/indicacao_no_017-2025_-_estender_o_atendimento_do_cac_aos_distritos_de_floresta_do_sul_cristal_e_taquaras.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2355/indicacao_no_018-2025_-_instalacao_de_uma_unidade_de_farmacia_basica_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2356/indicacao_no_019-2025_-_implantacao_de_um_conjunto_de_casas_populares_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2357/indicacao_no_020-2025_-_planejamento_de_obras_e_investimentos_a_reforma_completa_da_quadra_poliesportiva_de_cristal_piso_cobertura_iluminacao_equipamentos_esportivos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2358/indicacao_no_021-2025_-_proibir_estacionamento_de_carretas_onibus_e_carros_na_via_lateral_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2359/indicacao_no_022-2025_-_que_a_eco_101_proiba_o_estacionamento_de_carretas_onibus_e_carros_na_via_lateral_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2360/indicacao_no_023-2025_-_limpeza_troca_de_areia_manutencao__bem_como_a_poda_das_arvores_que_ficam_em_torno_da_praca_do_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2361/indicacao_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2362/indicacao_no_025-2025_-_instalacao_de_cameras_nas_ruas_principais_e_no_centro_da_cidade_-_videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2363/indicacao_no_026-2025_-_aquisicao_de_cacambas_estacionarias_e_caminhao_poliguindaste.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2364/indicacao_no_027-2025_-_rede_fluvial_e_calcamento_da_rua_joao_p._da_silva_localizada_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2365/indicacao_no_028-2025_-_bolsa_atleta_a_ser_concedida_aos_atletas_amadores_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2366/indicacao_no_029-2025_-_constucao_de_um_novo_predio_para_alocar_a_e.m.e.f_antonio_guedes_alcoforado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2367/indicacao_no_030-2025_-_construcao_de_um_parque_de_exposicao_onde_tenha_um_espaco_para_realizacao_de_eventos_vaquejada_e_uma_area_para_pratica_de_turfe.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_no_031-2025_-_parceria_com_samu_e_o_corpo_de_bombeiros_militar_para_que_todos_os_servidores_da_educacao_sejam_capacitados_com_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2370/indicacao_no_032-2025_-_sinalizacao_com_a_pintura_dos_quebra-molas_nas_av._minas_gerais_e_av._alberto_dos_reis_castro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2371/indicacao_no_033-2025_-_construcao_de_um_galpao_no_bairro_camata_destinado_ao_mercado_municipal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2372/indicacao_no_034-2025_-_limpeza_e_manutencao_da_area_de_vaquejada_no_distrito_de_cristal_do_norte_2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2377/indicacao_no_035-2025_-_reforma_da_quadra_de_futsal_esportiva_do_bairro_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2378/indicacao_no_036-2025_-_poste_e_rede_de_iluminacao_publica_no_final_da_rua_tancredo_neves_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_037-2025_-_que_seja_aterrado_um_buraco_com_terraplanagem_na_rua_projetada_b_final_da_rua_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2380/indicacao_no_038-2025_-_construcao_da_sede_da_associacao_cultural_anhanguera_ascan..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2373/indicacao_no_039-2025_-_construcao_do_campo_de_grama_sintetica_localizada_no_bairro_santa_rita_campo_do_poeirao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2374/indicacao_no_040-2025_-_conclusao_da_pavimentacao_das_ruas_de_todo_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2375/indicacao_no_041-2025_-_reforma_da_unidade_basica_de_saude_localizada_na_sede_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2386/indicacao_no_042-2025_-_reforma_ou_possivel_construcao_da_empef_taquaras.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2387/indicacao_no_043-2025_-_implementacao_do_saneamento_basico_agua_esgoto_drenagem_e_pavimentacao_em_100_das_ruas_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2388/indicacao_no_044-2025_-_construcao_de_um_complexo_esportivo_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2389/indicacao_no_045-2025_-_instalacao_de_lixeiras_em_todos_os_predios_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2390/indicacao_no_046-2025_-_implantacao_de_placas_de_sinalizacao_na_entrada_de_floresta_do_sul_e_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2391/indicacao_no_047-2025_-_aulas_de_reforco_para_criancas_do_1o_ao_6o_ano_do_ensino_fundamental_da_escola_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2392/indicacao_no_048-2025_-_instalado_um_semaforo_e_faixa_de_pedestres_no_cruzamento_entre_a_av._mario_vello_silvares_e_praca_do_posto_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2393/indicacao_no_049-2025_-_criacao_do_vale_feira_para_servidores_-_conforme_minuta_de_projeto_de_lei_anexo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2394/indicacao_no_050-2025_-_uso_de_automovel_que_nao_esteja_em_uso_para_associacao_de_protecao_e_valorizacao_da_vida_animal_-_pata_amiga.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2395/indicacao_no_051-2025_-_construcao_de_um_canil_municipal.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2396/indicacao_no_052-2025_-_construcao_de_um_mirante_na_av._salvador_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2397/indicacao_no_053-2025_-_continuidade_da_rua_morro_dantas_logo_apos_o_cruzamento_com_a_rua_itaguacu.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2398/indicacao_no_054-2025_-_galpao_para_secagem_de_cafe_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2399/indicacao_no_055-2025_-_implantacao_de_uma_cabine_daa_policia_militar_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2400/indicacao_no_056-2025_-_instalacao_de_placas_indicando_nomes_das_ruas_da_cidade_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2401/indicacao_no_057-2025_-_protecao_em_torno_da_areia_da_praca_do_boa_vista_e_espaco_de_lazer_infantil_com_parque_-_praca_saudavel.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2402/indicacao_no_058-2025_-_instalacao_de_um_placar_eletronico_no_ginasio_de_esporte_osman_santana_moura.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2403/indicacao_no_059-2025_-_instalacao_de_um_ponto_de_onibus_na_av._minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2404/indicacao_no_060-2025_-_implantacao_de_saidas_de_emergencia_e_sinalizacoes_nas_areas_poliesportivas_quadras_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2405/indicacao_no_061-2025_-_implantacao_de_rede_de_wi-fi_internet_gratuita_na_praca_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2406/indicacao_no_062-2025_-_construcao_de_uma_rotatoria_na_entrada_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2407/indicacao_no_063-2025_-_implantacao_de_uma_unidade_de_corpo_de_bombeiros_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2408/indicacao_no_064-2025_-_criacao_do_centro_de_comercializacao_da_agricultura_familiar_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_no_065-2025_-_pavimentacao_e_calcamento_com_bloquetes_na_travessa_minas_gerais_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2410/indicacao_no_066-2025_-_realizacao_do_casamento_comunitario.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2411/indicacao_no_067-2025_-__desapropiacao_da_area_av._presidente_kennedy_para_construcao_do_predio_da_prefeitura_e_construcao_de_um_posto_de_saude_no_local.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_no_068-2025_-_que_a_rodoviaria_do_municipio_seja_alocada_e_construida_em_uma_nova_area_localizada_na_rua_dr._washington_luiz_da_silva_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_no_069-2025_-_criar_convenio_de_apoio_para_realizacoes_das_atividades_da_associacao_pata_amiga_bem_como_cessao_do_espaco_para_instalacao_da_ong.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2414/indicacao_no_070_-_uma_tela_de_protecao_junto_a_cerca_de_madeira_no_entorno_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2415/indicacao_no_071-2025_-_cestas_de_basquete_na_quadra_do_complexo_esportivo_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2423/indicacao_no_072-2025_-_reforma_e_cobertura_do_parque_infantil_da_ceim_professora_normilia_cunha_santos_anexo_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2424/indicacao_no_073-2025_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2425/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2426/indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2427/indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2428/indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2429/indicacao_no_078-2025_-_implementacao_de_um_poco_artesiano_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2430/indicacao_no_079-2025_-_ampliacao_de_acesso_a_area_esportiva_pedro_ribeiro_machado_acrescentar_mais_portoes_para_entrada_e_saida_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2431/indicacao_no_080-2025_-_construcao_de_um_campo_de_grama_sintetica_localizado_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2432/indicacao_no_081-2025_-_lixeiras_em_torno_da_lagoa_augusto_ruschi_bem_como_nas_ruas_paralelas_e_quebra-molas_nas_ruas_em_torno_da_lagoa.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2433/indicacao_no_082-2025_-_concurso_cujo_o_objeto_e_a_criacao_do_hino_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2434/indicacao_no_083-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2435/indicacao_no_084-2025_-_sugere_elaboracao_de_projeto_de_lei_que_acrescente_4_letras_no_padrao_de_vencimentos_dos_prof._do_magist.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2436/indicacao_no_085-2025_-_indica_ao_presidente_da_camara_que_coloque_em_atividade_e_acao_ao_programa_julho_vermelho_-_lei_no_1.328-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2437/indicacao_no_086-2025_-__reajuste_salarial_do_servidor_publico_contratado_e_que_seja_inserido_na_lei_de_revisao_geral_o_servidor.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_no_087-2025_-_instalacao_de_portas_com_detector_de_metais_em_todas_as_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2439/indicacao_no_088-2025_-_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_089-2025_-_contratacao_de_medicos_pediatras_para_atendimento.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2441/indicacao_no_090-2025_-_perfuracao_de_um_poco_artesiano_no_distrito_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2442/indicacao_no_091-2025_-_pavimentacao_das_ruas_que_ainda_faltam_em_taquaras.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2443/indicacao_no_092-2025_-_alterar_legislacao_tributaria_que_consiste_em_conceder_o_desconto_de_15_no_iptu_para_os_postos_de_combustiveis.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2444/indicacao_no_093-2025_-_disponibilizar_uma_assistente_social_em_tempo_integral_para_atender_o_centro_de_convivencia_de_floresta_do_sul_e_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2445/indicacao_no_094-2025_-_criacao_de_um_espaco_cultural_afim_de_atender_a_comunidade_anexo_ao_cras_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2446/indicacao_no_095-2025_-_novo_projeto_de_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2447/indicacao_no_096-2025_-_pontos_de_iluminacao_pub._entre_as_ruas_gerson_ribeiro_de_souza_e_rua_getulio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2448/indicacao_no_097-2025_-_reforma_e_ampliacao_da_escola_municipal_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2449/indicacao_no_098-2025_-_mutirao_no_assent._castro_alves_e_floresta_do_sul_para_emissao_de_documento_de_identidade.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2450/indicacao_no_099-2025_-_construir_uma_area_de_lazer_praca_no_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2451/indicacao_no_100-2025_-_implantacao_de_um_posto_da_policia_rodoviaria_federal_na_divisa_entre_o_estado_do_es_e_bahia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2453/indicacao_no_101-2025_-_implantacao_da_sala_do_empreendedor_itinerante_para_realizacao_de_atendimento_nos_bairros_e_distrito_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2458/indicacao_no_102-2025_-_perfuracao_de_um_poco_artesiano_no_bairro_sao_geraldo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2459/indicacao_no_103-2025_-_implantacao_de_calcadas_cidadas_na_sede_e_distritos_deste_municipio_visando_garantir_a_mobilidade_e_a_seguranca_de_todos_os_cidadaos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2460/indicacao_no_104-2025_-_perfuracao_de_pocos_artesianos_em_pontos_estrategicos_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2461/indicacao_no_105-2025_-_construcao_de_uma_unidade_de_pronto_atendimento_pa_24_horas..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2462/indicacao_no_106-2025_-_instalacao_na_praca_do_bairro_boa_vista_de_aparelhos_de_academia_popular_ao_ar_livre_em_aco_inox.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2463/indicacao_no_107-2025_-_implantacao_de_um_banco_municipal_de_materiais_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2464/indicacao_no_108-2025_-_construcao_de_um_campo_de_grama_sintetica_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2465/indicacao_no_109-2025_-_ampliar_horarios_de_atendimento_nas_unidades_basicas_de_saude_desta_municipalidade.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2466/indicacao_no_110-2025_-_construcao_de_uma_quadra_de_esportes_para_o_novo_colegio_sao_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2467/indicacao_no_111-2025_-_apos_a_inauguracao_da_nova_escola_sao_joao_batista_a_quadra_atual_seja_administrada_pela_secretaria_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2468/indicacao_no_112-2025_-_construcao_de_quebra-molas_nas_ruas_mimoso_do_sul_rua_juscelino_kubitschek_rua_vale_do_itaunas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2469/indicacao_no_113-2025_-_construir_uma_unidade_de_saude_para_o_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2470/indicacao_no_114-2025_-_reforma_e_manutencao_do_poco_de_abastecimentos_de_agua_publico_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2471/indicacao_no_115-2025_-_realizacao_de_calcamento_ou_recapeamento_da_rua_sao_mateus_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2472/indicacao_no_116-2025_-_atendimento_profissional_de_radiologia_no_hospital_menino_jesus_por_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2473/indicacao_no_117-2025_-_limpeza_e_reforma_do_cemiterio_municipal_considerando_a_necessidade_de_manutencao_adequada.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2474/indicacao_no_118-2025_-_conclusao_do_calcamento_da_rua_mantenopolis_bairro_leonorio.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2475/indicacao_no_119-2025_-_contratacao_de_um_medico_urologista_qo_menos_uma_vez_na_semana.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2476/indicacao_no_120-2025_-_instalacao_de_placas_de_proibido_jogar_lixo_em_lugares_inapropiados_ou_em_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2477/indicacao_no_121-2025_-_implementacao_de_um_sistema_de_cerco_eletronico_no_municipio_abrangendo_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2478/indicacao_no_122-2025_-_interlocucao_junto_a_concessionaria_eco_101_visando_a_instalacao_de_semaforo_na_area_em_frente_ao_posto_ozorinho.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2479/indicacao_no_123-2025_-_construcao_de_cobertura_de_eventos_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2480/indicacao_no_124-2025_-_envide_esforcos_junto_ao_der-es_no_sentido_de_viabilizar_a_instalacao_de_placas_de_sinalizacao_ao_longo_da_rod_es-209_que_liga_pc_a_cristal.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2481/indicacao_no_125-2025_-_implantacao_de_espaco_de_animais_de_estimacao_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2482/indicacao_no_126-2025_-_aplicacao_de_piso_salarial_para_todos_os_professores_da_rede_municipal_do_municipio_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_no_127-2025_-_construcao_de_um_campo_sintetico_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2484/indicacao_no_128-2025_-_apoiar_a_associacao_de_agricultores_de_cristal_do_norte_no_desenvolvimento_de_apicultura.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2485/indicacao_no_129-2025_-_construcao_de_uma_creche_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_no_130-2025_-_pavimentacao_e_op_calcamento_com_bloquetes_da_rua_da_pimenta_leonorio_ii.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2487/indicacao_no_131-2025_-_instituir_obrigatoriamente_o_exame_de_ecocardiograma_em_recem_nascidos_que_tiveram_alteracoes_no_teste_do_coracaozinho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_no_132-2025_-_sejam_feitas_hortas_comunitarias_nas_regioes_e-ou_bairros_mais_carentes_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2489/indicacao_no_133-2025_-_construido_quebra-molas_na_rua_paulo_vi_bairro_leonorio_ii.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2490/indicacao_no_134-2025_-_capeamento_asfaltico_na_rua_menino_jesus_-_vila_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2491/indicacao_no_135-2025_-_implantar_cameras_de_monitoramento_nas_escolas_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2492/indicacao_no_136-2025_-_construcao_de_uma_nova_unidade_basica_de_saude_dr._ailme_venturim_borgo_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2499/indicacao_no_137-2025_-_contrucao_de_um_campo_sintetico_na_localidade_carapinas.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2500/indicacao_no_138-2025_-_espaco_adequado_para_atendimento_do_cras_no_distrito_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2501/indicacao_no_139-2025_-_criacao_de_servico_de_acolhimento_para_mulheres_vitimas_de_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2502/indicacao_no_140-2025_-_implantacao_de_estacionamento_exclusivo_para_motocicletas_no_entorno_da_lagoa_agusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2503/indicacao_no_141-2025_-_contrucao_de_um_campo_de_futebol_society_no_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2504/indicacao_no_142-2025_-_construcao_de_uma_praca_de_lazer_no_bairro_colina_com_instalacao_de_brinquedos_educativos_para_criancas_e_idosos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2505/indicacao_no_143-2025_-_implantacao_de_uma_passarela_na_travessia_das_tres_pistas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2506/indicacao_no_144-2025_-_campeonato_anual_de_pesca_esportiva_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2507/indicacao_no_145-2025_-_contratacao_de_mais_um_profissional_de_radiologia_para_ampliacao_de_atendimento.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2508/indicacao_no_146-2025_-_pocos_artesianos_nos_bairros_vista_alegre_e_leonorio_ii_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2509/indicacao_no_147-2025_-_disponibilizar_no_hospital_menino_jesus_um_ortopedista_que_possa_realizar_raio_x_com_laudo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_no_148-2025_-_locar_um_imovel_para_funcionamento_do_centro_de_convivencia_e_fortalecimento_de_vinculos.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2511/indicacao_no_149-2025_-_construcao_de_um_quebra-molas_na_rua_morro_dantassituada_no_centro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2512/indicacao_no_150-2025_-_implantacao_de_uma_faixa_de_pedestres_na_av._salvador_no_centro.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2517/indicacao_no_151-2025-_construcao_de_lombadas_quebra-molas_nas_ruas_castelo_branco_e_sebastiao_canal_bairro_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2518/indicacao_no_152-2025_-_atendimento_de_especialistas_de_podologia_nas_unidades_de_saude_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2519/indicacao_no_153-2025_-_implantacao_da_bolsa_estudantil_bolsa_aluno_para_estudantes_matriculados_na_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2520/indicacao_no_154-2025_-_instalacao_de_playgrounds_adaptados_para_criancas_com_deficiencia_ou_mobilidade_reduzida_nas_pracas_da_lagoa_boa_vista_cras_camata_floresta_do_sul_e_cristal.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2521/indicacao_no_155-2025_-_cerca_de_tela_soldada_para_amutraca_-_associacao_de_mulheres_trabalhadoras_rurais_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2522/indicacao_no_156-2025_-_instalacao_de_playgrounds_nas_pracas_do_cras_camata_floresta_do_sul_e_cristal.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2523/indicacao_no_157-2025_-_acoes_de_prevencao_e_promocao_da_saude_na_lagoa_augusto_ruschi_incluido_a_afericao_de_pressao_arterial_teste_de_glicemia_orientacao_sobre_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2524/indicacao_no_158-2025_-_aulas_de_aerobica_e_outras_modalidades_de_danca_a_serem_realizadas_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2525/indicacao_no_159-2025_-_implementacao_de_salas_sensoriais_em_espacos_publicos_como_escolas_unidade_de_saude_centros_de_assistencia_social_para_pessoas_com_tea.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2526/indicacao_no_160-2025_-_construcao_de_um_quadra_poliesportiva_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2527/indicacao_no_161-2025_-_alimentacao_diferenciada_para_criancas_e_adolescentes_portadores_de_diabetes_doencas_celiacas_e_intolerancia_a_lactose.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_no_162-2025_-_reforma_do_campo_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_no_163-2025_-_construcao_de_uma_creche_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2530/indicacao_no_164-2025_-_construcao_de_moradias_populares_na_sede_pedro_canario_e_distritos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_no_165-2025_-_instalacao_de_uma_academia_popular_na_praca_existente_no_distrito_de_floresta_do_sul_e_providencie_a_poda_das_arvores_da_mesma.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_no_166-2025_-_implementacao_do_projeto_sorriso_mais_bonito_voltado_a_saude_bucal_infantil.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_no_167-2025_-_instalar_mais_bancos_na_praca_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2540/indicacao_no_168-2025_-_consultorio_odontologico_na_unidade_de_saude_renata_goncalves_de_araujo_taquaras.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2541/indicacao_no_169-2025_-_novo_centro_de_referencia_de_assistencia_social_cras_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_no_170-2025_-_construcao_de_um_centro_de_atencao_psicossocial_caps_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2543/indicacao_no_171-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2544/indicacao_no_172-2025_-_reforma_da_unidade_de_saude_do_bairro_sao_joao_batista_-_camata.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2545/indicacao_no_173-2025_-_construcao_de_mais_uma_unidade_de_saude_no_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2546/indicacao_no_174-2025_-_manter_uma_ambulancia_na_unidade_de_saude_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2547/indicacao_no_175-2025_-_implantacao_de_aula_de_musica_nas_escolas_e_oficinas_do_cras.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2548/indicacao_no_176-2025_-_revogacao_das_taxas_de_foro_e_laudemio_incidentes_sobre_imoveis_localizados_nos_bairros_sao_joao_batista_e_saturnino_mauro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2549/indicacao_no_177-2025_-_regularizacao_fundiaria_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2550/indicacao_no_178-2025_-_reinsercao_dos_niveis_i_e_ii_no_plano_de_cargos_e_salarios_do_magisterio_para_contratacao_de_professores_cursando_a_partir_do_5o_periodo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2551/indicacao_no_179-2025_-_implantacao_de_drenagem_pluvial_pavimentacao_e_iluminacao_publica_na_rua_sao_rafael_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2552/indicacao_no_180-2025_-_implantacao_de_infraestrutura_urbana_na_rua_projetada_i_no_bairro_colina_com_a_drenagem_pluvial_pavimentacao_e_instalacao_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2553/indicacao_no_181-2025_-_construcao_de_arquibancada_com_cobertura_no_campo_de_futebol_da_comunidade_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2554/indicacao_no_182-2025_-_instalacao_de_arquibancadas_no_campo_de_futebol_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2555/indicacao_no_183-2025_-_construcao_de_uma_unidade_basica_de_saude_nos_bairros_esplanada_e_alvorada.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2556/indicacao_no_184-2025_-_reforma_geral_da_praca_de_cristal_do_norte_e_manutencao_das_mesas_e_bancos_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2557/indicacao_no_185-2025_-_instalacao_de_quiosques_no_campo_de_futebol_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2558/indicacao_no_186-2025_-_instalacao_de_bebedouros_em_toda_area_da_lagoa_augusto_ruschi_no_complexo_esportivo_e_na_area_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2559/indicacao_no_187-2025_-_intensificacao_do_uso_do_carro_fumace_no_combate_aos_mosquitos_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2560/indicacao_no_188-2025_-_criacao_do_programa_guarda_mirim_no_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_no_189-2025_-_criacao_de_uma_fazendinha_educativa_e_turistica_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_no_190-2025_-_revogacao_das_taxas_de_foro_e_laudemio_dos_imoveis_localizados_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao_no_192-2025_-_implantacao_e_iluminacao_nos_pontos_de_onibus_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2565/indicacao_no_193-2025_-_construcao_da_sede_da_associacao_de_moradores_do_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2566/indicacao_no_194-2025_-_adaptacao_de_ducha_para_a_area_de_futevolei_e_volei_na_arena_pedro_ribeiro_machado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2567/indicacao_no_195-2025_-_construcao_de_caixa_ralo_na_rede_de_drenagem_pluvial_na_rua_bahia_sul_travessia_da_rua_felinto_damiao_colina.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2568/indicacao_no_196-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_vicente_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2570/indicacao_no_197-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_domingos_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2571/indicacao_no_198-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_santa_luziaa_bairro_boa__vista.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2572/indicacao_no_199-2025_-_pavimentacao_e_calcamento_com_bloquetes_da_rua_santa_helena_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2573/indicacao_no_200-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_vila_velha_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2574/indicacao_no_201-2025_-_pavimentacao_e_calcamento_com_bloquetes_da_rua_sao_silvestre_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2575/indicacao_no_202-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_roque_boa_vista_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2579/indicacao_no_203-2025_-_postes_com_iluminacao_publica_em_cristal_-_av._francisco_porfirio_de_souza_jose_luiz_da_costa_e_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2578/indicacao_no_204-2025_-_revitalizacao_do_centro_da_cidade_com_a_construcao_de_calcada_cidada_e_conclusao_do_asfalto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2580/indicacao_no_205-2025_-_calcamento_com_pavimentacao_em_paralelepipedo__na_estrada_rural_-_fazenda_carapina.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2581/indicacao_no_206-2025_-_criacao_e_implementacao_do_gabinete_de_gestao_integrada_municipal_-_ggim.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2582/indicacao_no_207-2025_-_instalacao_de_uma_academia_popular_no_campo_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2583/indicacao_no_208-2025_-_paltaforma_digital_-_pedro_canario_conecta_destinada_a_divulgacao_de_servicos_e_profissionais.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2584/indicacao_no_209-2025_-_criacao_e_implementacao_do_programa_esporte_na_melhor_idade_visando_a_saude_e_o_bem_estar_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2585/indicacao_no_210-2025_-_construcao_de_um_poco_artesiano_no_cras_camata.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2586/indicacao_no_211-2025_-_inclusao_do_tratamento_endodontico_canal_nas_unidades_basicas_de_saude_do_municipios_e_distritos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2587/indicacao_no_212-2025_-_implantacao_do_programa_remedio_em_casa.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2588/indicacao_no_213-2025_-_plantio_de_arvores_nativas_em_pontos_estrategicos_do_municipio_e_seus_distritos.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2589/indicacao_no_214-2025_-_compactacao_do_trecho_de_estrada_localizado_entre_o_bairro_camata_e_ponte.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2590/indicacao_no_215-2025_-_retorno_das_atividades_do_programa_campeoes_do_futuro_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2591/indicacao_no_216-2025_-_contrucao_de_uma_unidade_de_educacao_infantil_-_creche_no_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2596/indicacao_no_217-2025_-_firmar_convenios_com_municipios_vizinhos_visando_a_autorizacao_de_uso_compartilhado_de_maquinas_e_equipamentos_publicos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2597/indicacao_no_218-2025_-_reforma_da_praca_de_lazer_localizada_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2598/indicacao_no_219-2025_-_realizacao_de_reforma_na_praca_de_lazer_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2599/indicacao_no_220-2025_-_instalacao_de_um_semaforo_na_avenida_vila_velha_localizada_no_centro..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_no_221-2025_-_implantacao_de_uma_academia_popular_na_praca_do_cras_do_camata.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2604/indicacao_no_222-2025_-_correcao_da_defasagem_do_auxilio-moradia_com_base_em_indices_de_inflacao.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_no_223-2025_-_novo_projeto_de_drenagem_comtemplando_a_rua_sao_gabriel_localizada_no_centro_rua_da_creche_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_no_224-2025_-_pavimentacao_da_rua_vivaldo_lopes_localizada_entre_os_bairros_esplanada_e_eldourado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_no_225-2025_-_calcamento_da_rua_jose_f._canario_no_trecho_localizado_em_frente_a_praca_da_matriz_centro..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_no_226-2025_-_instalacao_de_semaforos_em_pontos_estrategicos_do_municipio_av._prsidente_kennedy_av._alberto_dos_reis_castro_rua_caltren_e_av._salvador.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2609/indicacao_no_227-2025_-_implantacao_de_uma_praca_de_alimentacao_na_antiga_pracinha_do_quiabo_localizada_no_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_no_228-2025_-_aplicativo_digital_para_acompanhar_protocolos_reportar_problemas_como_buracos_nas_vias_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_no_229-2025_-_regulamenta_apreensao_de_animais_de_medio_e_grande_porte_soltos_nas_vias_e_logradouros_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2612/indicacao_no_230-2025_-_elaborar_um_projeto_de_lei_autorizando_o_municipio_a_firmar_convenio_com_o_estado_para_fins_de_repassa_financeiro_destinado_aos_policias_militares.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2632/indicacao_no_231-2025_-_tombar_a_tabua_lascada_como_partimonio_imaterial_e_desapropiar_a_area_que_a_festa_foi_realizada.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2613/indicacao_no_232-2025_-_manutencao_preventiva_e_corretiva_no_sistema_de_ar-condicionado_do_centro_de_referencia_de_assistencia_social_cras_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2614/indicacao_no_233-2025_-_instalacao_de_rampas_de_acesso_e_demais_adequacoes_necessarias_nos_quiosques_localizados_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_no_234-2025_-_atualizacao_dos_equipamentos_da_casa_do_cidadao_ultilizados_para_coleta_de_biometria_digital.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_no_235-2025_-_implantacao_de_uma_ciclovia_na_avenida_francisco_porfirio_de_souza_-_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_no_236-2025_-_disponibilizar_o_servico_de_tomografia_computadorizada_tc_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_no_237-2025_-_implantacao_de_cartao_nutri_ferias_para_alunos_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2619/indicacao_no_238-2025_-_servico_de_vigilancia_e_seguranca_24_horas_no_hospital_menino_jesus.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2624/indicacao_no_239-2025_-_lixeiras_publicas_com_separacao_de_residuos_reciclaveis_na_regiao_central_da_cidade_pracas_avenidas.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2625/indicacao_no_240-2025_-_atendimento_presencial_ou_remoto_de_medicos_cardiologista_neuropediatra_e_pneumologia.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_no_241-2025_-_atendimento_presencial_ou_remoto_de_especialistas_em_reumatologia_e_ortopedia_nas_unidades_de_saude.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_no_242-2025_-_reforma_na_unidade_de_saude_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_no_243-2025_-_implantacao_de_uma_sala_de_vacinacao_na_unidade_de_saude_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2629/indicacao_no_244-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2630/indicacao_no_245-2025_-_reforma_da_usina_de_reciclagem_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2631/indicacao_no_246-2025_-_servico_de_teleconsulta_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2633/indicacao_no_247-2025_-_implantar_um_consultorio_odontologico_na_unidade_de_saude_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2634/indicacao_no_248-2025_-_implantacao_da_rede_de_esgoto_na_rua_zilda_gomes_natalaina_muniz_no_trecho_a_partir_da_av._vale_do_itaunas_bairro_camata_i.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2635/indicacao_no_249-2025_-_pavimentacao_das_vias_do_conjunto_residencial_cridasa.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_no_250-2025_-_sugere_implantacao_da_creche_do_idoso_conforme_projeto_de_lei_em_anexo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2641/indicacao_no_251-2025_-_sugere_contratacao_ou_disponibilizacao_de_profissional_de_nutricao_para_atuar_nos_centros_de_assistencia_social_-_cras.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2642/indicacao_no_252-2025_-_substituicao_do_parquinho_infantil_de_ferro_por_um_de_plastico_para_a_escola_jose_francisco_cordeiro_fazenda_carapina..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_no_253-2025_-_instalacao_de_bicicletarios_no_centro_de_pedro_canario_visando_incentivar_o_uso_de_bicicletas.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2644/indicacao_no_254-2025_-_aquisicao_de_novas_cadeiras_odontologicas_para_os_consultorios_de_saude_bucal_das_unidades_basicas_de_saude.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2645/indicacao_no_255-2025_-_reforma_e_ampliacao_do_centro_de_referencia_de_assistencia_social_-_cras_camata.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_no_256-2025_-_criacao_do_conselho_municipal_de_esportes_visando_fortalecer_e_organizar_as_politicas_publicas_de_esporte_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2647/indicacao_no_257-2025_-_substituicao_completa_do_gramado_sintetico_do_campo_society_localizado_no_parque_esportivo_da_lagoa.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2649/indicacao_no_258-2025_-_calcamentos_ruas_adelaide_b._morozini_jose_domingos_de_carvalho_manoel_r._souza_neto_e_domicio_ribom.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2650/indicacao_no_259-2025_-_instalacao_de_iluminacao_publica_e_realizacao_de_pavimentacao_na_rua_machado_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2651/indicacao_no_260-2025_-_instalacao_de_um_redutor_de_velocidade_com_placas_de_advertencia_nas_proximidades_da_cachoeira_dos_pretos_br_209.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2655/indicacao_no_261-2025_-_construcao_de_uma_creche_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2656/indicacao_no_262-2025_-_renovacao_e_melhorias_dos_equipamentos_do_centro_de_fisioterapia_municipal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2657/indicacao_no__263-2025_-_construcao_de_uma_unidade_basica_de_saude_ubs_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2658/indicacao_no_264-2025_-_melhorias_nas_estradas_que_ligam_o_municipio_ao_distrito_de_agua_preta__em_conceicao_da_barra_e_reforma_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2659/indicacao_no_265-2025_-_realizacao_do_servicos_de_poda_de_todas_as_arvores_do_bairro_camata_i_e_ii.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_no_266-2025_-_atribuir_o_nome_a_rua_mota_viana_a_uma_via_publica_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2661/indicacao_no_267-2025_-_reforma_da_casa_de_passagem.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao_no_269-2025_-_sinalizacao_de_transito_vertical_e_horizontal_incluindo_faixa_de_pedestres_em_frente_a_escola_maria_otilia.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2700/indicacao_no_270-2025_-_instalacao_de_redutor_de_velocidade_com_placas_na_rua_felinto_damiao_em_frente_a_casa_de_no_79_-_bairro_leonorio_i..pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_no_271-2025_-_instalacao_de_redutor_de_velocidade_com_placas_de_advertencia_na_rua_felinto_damiao_s-n_leonorio_ii_prox_a_igreja_missao_rua_lateral_da_ceim_-_oficina_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2702/indicacao_no_272-2025_-_realize_campanha_de_saude_nas_dependencias_da_associacao_pestalozzi_de_pedro_canario_vacinacaoatendimento_medico_oftalmologico_e_odontologico.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_no_273-2025_-_analise_tecnica_em_relacao_qual_medida_a_ser_conferida_a_arvore_localizada_junto_ao_campo_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2704/indicacao_no_274-2025_-_servicos_de_manutencao_no_campo_society_do_bairro_esplanada_conserto_de_alambrados_a_reparacao_da_rede_de_protecao_e_a_limpeza_geral_do_local.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_no_275-2025_-_instalacao_de_quebra-molas_nas_ruas_julia_bonelar_e_nossa_senhora_aparecida_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2706/indicacao_no_276-2025_-_instalacao_e_iluminacao_publica_na_rua_santa_uberlandia_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2707/indicacao_no_277-2025_-_manutencao_e_conservacao_dos_bancos_de_reserva_do_campo_society_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2708/indicacao_no_278-2025_-_locar_um_imovel_para_o_funcionamento_do_centro_de_convivencia_e_fortalecimento_de_vinculos_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2709/indicacao_no_279-2025_-_implantar_um_espaco_especifico_para_atendimento_das_teleconsultas_de_especialidades_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2712/indicacao_no_280-2025_-_instalacao_de_uma_nova_academia_popular_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2713/indicacao_no_281-2025_-_implantacao_de_uma_unidade_movel_de_saude_-_carreta_itinerante_saude_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2714/indicacao_no_282-2025_-_construcao_de_um_centro_de_referencia_de_assistencia_social_cras_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_no_283-2025_-reforma_da_escola_tres_de_maio_localizada_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2716/indicacao_no_284-2025_-_reforma_na_sede_da_prefeitura_municipal_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2717/indicacao_no_285-2025_-_instlacao_de_playgroud_parquinho_infantil_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_no_286-2025_-_implantacao_de_quebra-molas_na_rua_getulio_vargas_localizada_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2719/indicacao_no_287-2025_-_criacao_de_uma_area_de_lazer_com_campo_society_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2385/pauta_da_01a_sessao_ordinaria_do_1o_periodo_legislativo_da_11a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2538/projeto_de_decreto_legislativo_no_001-2025_-_contas_exercicio_de_2023_-_responsavel_-_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2620/projeto_de_decreto_legislativo_no_002-2025_-_comenda_do_merito_esportivo_fernando_flavio_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2621/projeto_de_decreto_legislativo_no_003-2025_-_comenda_do_merito_esportivo_roberto_vieira_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2622/projeto_de_decreto_legislativo_no_004-2025_-_comenda_do_merito_esportivo_ricardo_suci_freire.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2663/projeto_de_decreto_legislativo_no_005-2025_-_empresa_trappuz_multimarcas.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_decreto_legislativo_no_006-2025_-_empresa_ciara_material_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_decreto_legislativo_no_007-2025_-_supermercado_linharense.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2666/projeto_de_decreto_legislativo_no_008-2025_-_empresa_assistech_celulares.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2667/projeto_de_decreto_legislativo_no_009-2025_-_empresa_borracharia_do_regi.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2668/projeto_de_decreto_legislativo_no_010-2025_-_empresa_restaurante_sb_delivery_comida_caseira.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2669/projeto_de_decreto_legislativo_no_011-2025_-_casa_do_trabalhador.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2670/projeto_de_decreto_legislativo_no_012-2025_-_salluz_modas.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2671/projeto_de_decreto_legislativo_no_013-2025_-_empresa_distribuidora_do_para.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2672/projeto_de_decreto_legislativo_no_014-2025_-_sr._tarcisio_porto.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2673/projeto_de_decreto_legislativo_no_015-2025_-_matos_calcados.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2674/projeto_de_decreto_legislativo_no_016-2025_-_5_estrelas_carros_e_motos.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2675/projeto_de_decreto_legislativo_no_017-2025_-_salao_do_lagoa.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2676/projeto_de_decreto_legislativo_no_018-2025_-_empresa_junior_motos.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2677/projeto_de_decreto_legislativo_no_019-2025_-_realcred_solucoes_financeiras.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2678/projeto_de_decreto_legislativo_no_020-2025_-_empresa_supermercado_santos.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2679/projeto_de_decreto_legislativo_no_021-2025_-_empresa_acougue_allanzin.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2680/projeto_de_decreto_legislativo_no_022-2025_-_empresa_dular_moveis.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2681/projeto_de_decreto_legislativo_no_023-2025_-_empresa_dular_moveis.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2682/projeto_de_decreto_legislativo_no_024-2025_-_fj_distribuidora.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2683/projeto_de_decreto_legislativo_no_025-2025_-_novo_lar_moveis.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2684/projeto_de_decreto_legislativo_no_026-2025_-_empresa_costa_bike.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2685/projeto_de_decreto_legislativo_no_027-2025_-_empresa_distribuidora_avenida.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2686/projeto_de_decreto_legislativo_no_028-2025_-_empresa_bar_das_coleguinhas.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2687/projeto_de_decreto_legislativo_no_029-2025_-_empresa_biratinha_design.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2688/projeto_de_decreto_legislativo_no_030-2025_-_empresa_inovar_sistemas.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2689/projeto_de_decreto_legislativo_no_031-2025_-_empresa_lf_moto.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2690/projeto_de_decreto_legislativo_no_032-2025_-_cafe_e_prosa.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2691/projeto_de_decreto_legislativo_no_033-2025_-_adreia_magazine.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2692/projeto_de_decreto_legislativo_no_034-2025_-_moto_racing.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2693/projeto_de_decreto_legislativo_no_035-2025_-_alfa_boutique.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2694/projeto_de_decreto_legislativo_no_036-2025_-_coimbra_autopecas.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2695/projeto_de_decreto_legislativo_no_037-2025_-_lima_gas.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2721/projeto_de_decreto_legislativo_no_038-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2722/projeto_de_decreto_legislativo_no_039-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2723/projeto_de_decreto_legislativo_no_040-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2724/projeto_de_decreto_legislativo_no_041-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2725/projeto_de_decreto_legislativo_no_042-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2726/projeto_de_decreto_legislativo_no_043-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2727/projeto_de_decreto_legislativo_no_044-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2728/projeto_de_decreto_legislativo_no_045-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2729/projeto_de_decreto_legislativo_no_046-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2730/projeto_de_decreto_legislativo_no_047-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2731/projeto_de_decreto_legislativo_no_048-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2732/projeto_de_decreto_legislativo_no_049-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2733/projeto_de_decreto_legislativo_no_050-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2336/projeto_de_lei_complementar_no_001-2025_-_altera_dispositivo_da_lei_complementar_no_034_de_27_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2376/projeto_de_lei_complementar_no_002-2025_-_institui_nova_estrutura_dministrativa_municipal_da_prefeitura_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2421/projeto_de_lei_complementar_no_003-2025_-_institui_a_bonificacao_por_desempenho_no_ambito_da_secretaria_municipal_de_educacao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2493/projeto_de_lei_complementar_no_004-2025_-_inclui_anexos_na_lc_09-2008_reestrutura_carreiras_no_sevico_publico_resolve.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2514/projeto_de_lei_complementar_no_005-2025_-_acrescenta_e_altera_dispositivos_na_lei_comp._no_44-2021_e_nas_suas_atualiz._ref_a_estrutura_organiz._do_inst._de_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2515/projeto_de_lei_complementar_no_006-2025_-_concede_revisao_geral_anual_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2516/projeto_de_lei_complementar_no_007-2025_-_altera_lei_complementar_no_06-2006_que_dispoe_sobre_o_plano_de_cargos_carreiras_e_vencimentos_do_magisterio_pub_p._fixar_o_piso_salarial_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2595/projeto_de_lei_complementar_no_008-2025_-_dispoe_sobre_a_adequacao_de_requisitos_atribuicoes_reestruturacao_de_carreira_e_realinhamento_de_remuneracoes_de_carg._publicos.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2639/projeto_de_lei_complementar_no_009-2025_-__acrecenta_dispositivos_na_lc_04-2005_e_altera_dispositivo_da_lc_062-2025_e_da_outras_providencias_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2696/projeto_de_lei_complementar_no_010-2025_-_altera_dispositivos_da_lei_complementar_no_034_de_27-09-2019_que_institui_o_codigo_de_posturas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2720/projeto_de_lei_complementar_no_011-2025_-_altera_l.c_034-2019_que_institui_o_codigo_de_posturas_do_municipio_para_acrescentar_os_paragrafos_5o_ao_13o_ao_art_87_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2332/projeto_de_lei_no_001-2025_-_cria_o_programa_musica_nas_escolas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2333/projeto_de_lei_no_002-2025_-_cria_programa_de_apoio_as_maes_atipicas_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2334/projeto_de_lei_no_003-2025_-_cria_a_proibicao_da_pratica_de_poluicao_sonora_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_de_lei_no_004-2025_-_institui_no_municipio_de_pedro_canario-es_a_semana_municipal_do_agronegocio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2381/projeto_de_lei_no_005-2025_-_altera_o_anexo_i_da_lei_munipal_no_1.363_de_08_de_2019.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2382/projeto_de_lei_no_006-2025_-_dispoe_sobre_a_denominacao_da_rua_travessa_minas_gerais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2383/projeto_de_lei_no_007-2025_-_institui_e_inclui_no_calendario_oficial_no_municipio_o_dia_de_conscientizacao_e_enfrentamento_a_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2384/projeto_de_lei_no_008-2025_-_dispoe_sobre_a_obrigatoriedade_de_remocao_dos_cabos_e_fiacao_aerea_execentes_e_inutilizados_instalados_por_concessionarias.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2416/projeto_de_lei_no_009-2025_-_dispoe_sobre_aula_de_canto_no_ambito_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2417/projeto_de_lei_no_010-2025_-_institui_a_capacitacao_em_nocoes_de_primeiros_socorros_para_professores__funcionarios_da_educacao_e_de_estabelecimentos_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2418/projeto_de_lei_no_011-2025_-_dispoe_sobre_a_emissao_e_disponibilizacao_gratuita_de_carteira_estudantil.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2419/projeto_de_lei_no_012-2025_-_dispoe_sobre_o_atendimento_preferencial_as_pessoas_com_fibromialgia_nos_locais_que_especifica.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2420/projeto_de_lei_no_013-2025_-_autoriza_o_poder_executivo_a_conceder_subvencao_a_associacao_recreativa_assistencial_ao_idoso_e_associacao_beneficente_cultural_e_da_agricultura_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2452/projeto_de_lei_no_014-2025_-_alteracao_do_artigo_2o_da_lei_municipal_no_1.566-2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2494/projeto_de_lei_no_015-2025_-_campanha_maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2495/projeto_de_lei_no_016-2025_-_dia_da_empregada_domestica_no_calendario_oficial_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2496/projeto_de_lei_no_017-2025_-_selo_autista_a_bordo.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2497/projeto_de_lei_no_018-2025_-_dispoe_sobre_implantacao_de_atividades_esportivas_para_criancas_e_adolescentes_com_deficiencia_no_cronograma_esportivo_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2498/projeto_de_lei_no_019-2025_-_institui_o_programa_permanente_de_conscientizacao_e_tratamento_do_pe_torto_congenito_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2513/projeto_de_lei_no_020-2025_-_dispoe_sobre_a_regulamentacao_da_pesca.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2534/projeto_de_lei_no_021-2025_-_criacao_do_projeto_sorriso_mais_bonito_destinado_a_promocao_da_saude_bucal_infantil.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2535/projeto_de_lei_no_022-2025_-_altera_dispositivo_da_lei_municipal_no_1.537-2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2536/projeto_de_lei_no_023-2025_-_institui_a_politica_municipal_de_educacao_ambiental_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2537/projeto_de_lei_no_024-2025_-_institui_o_fundo_municipal_dos_direitos_da_pessoa_idosa_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2539/projeto_de_lei_no_025-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_federacao_capixaba_de_corrida_de_aventura_fcca_associacao_civil_sem_finalidade_lucrativa.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2576/projeto_de_lei_no_026-2025_-_obrigatoriedade_do_uso_de_focinheira_e_estabelece_normas_de_seguranca_para_conducao_de_caes.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2577/projeto_de_lei_no_027-2025_-_proibicao_do_uso_de_dispositivos_eletronicos_para_fumar_defs_incluindo_cigarros_eletronicos_vapes_pods....pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2592/projeto_de_lei_no_028-2025_-_criacao_da_camara_intersetorial_de_seguranca_alimentar_e_nutricional_caisan_no_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2593/projeto_de_lei_no_029-2025_-_institui_o_aplicativo_digital_de_servicos_publicos_no_municipio_que_permite_ao_cidadao_solicitar_servicos_acompanhar_protocolos_reportar_problemas.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2594/projeto_de_lei_no_030-2025_-_institui_e_regulamenta_o_auxilio-alimentacao_de_carater_indenizatorio_aos_professores_e_pedagogos_contratados.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2601/projeto_de_lei_no_031-2025_-_institui_e_inclui_no_calendario_oficial_no_municipio_o_dia_municipal_do_terco_dos_homens_a_ser_comemorado_anualmente_no_dia_25_de_julho.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2602/projeto_de_lei_no_032-2025_-_institui_o_programa_bike_legal_no_municipio_com_diretrizes_para_o_uso_seguro_e_responsavel_de_bicicletas_eletricas.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2652/projeto_de_lei_no_033-2025_-_dispoe_sobre_o_bem-estar_sensorial_das_criancas_com_transtorno_espectro_autista_tea_nas_escolas_da_rede_publica.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2653/projeto_de_lei_no_034-2025_-_autoriza_o_executivo_municipal_a_abrir_credito_adicional_especial_e_da_outras_providecias-1-4.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2710/projeto_de_lei_no_035-2025_-_dispoe_sobre_a_implantacao_de_acoes_de_educacao_para_o_transito_no_ambito_escolar_e_na_sociedade_em_geral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2711/projeto_de_lei_no_036-2025_-_declara_utilidade_publica_municipal_a_associacao_de_catadores_de_materiais_reciclaveis_do_municipio_de_pedro_canario_-_es.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_substitutivo_no_013-2025_-_autoriza_o_executivo_a_conceder_subvencao_a_associacao_recretiva_assistencial_ao_idoso_e_a_associacao_beneficente_cultural_e_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2623/projeto_de_resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2454/requerimento_no_001-2025_-_voto_de_louvor_em_favor_de_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2455/requerimento_no_002-2025_-_voto_de_louvor_em_favor_do_alegrai-vos.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2456/requerimento_no_003-2025_-_voto_de_louvor_em_favor_de_betania_santos_damasceno.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2457/requerimento_no_004-2025_-_voto_de_louvor_em_favor_yamara_barreto_santos.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2637/requerimento_no_005-2025_-_voto_de_louvor_em_favor_do_13o_batalhao_da_policia_militar_-_3a_companhia_de_pedro_canario-1.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2638/requerimento_no_006-2025_-_requer_voto_de_louvor_e_sessao_solene_em_favor_dos_policiais_militares_em_comemoracao_dos_seus_190_anos_da_pmes-1_1.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2636/requerimento_no_008-2025_-_voto_de_louvor_em_favor_do_sr._elpidio_goncalves_dos_reis_policial_militar_aposentado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2648/requerimento_no_009-2025_-_voto_de_louvor_em_favor_dos_apoiadores_na_realizacao_da_festa_da_tabua_lascada.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2654/requerimento_no_010-2025_-_requer_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2697/requerimento_no_011-2025_-_voto_de_louvor_em_apoio_a_cada_colaborador_do_campeonato_esportivo_em_taquaras.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2698/requerimento_no_012-2025_-_realizacao_de_sessao_solene_do_servidor_publico_e_empreendedor_destaque_e_alteracao_de_horario_da_sessao_ordinaria_do_dia_07.10.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2699/requerimento_no_013-2025_-_voto_de_louvor_em_favor_de_pedro_arthur_dias_tozetti.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2337/indicacao_no_001-2025_-_instalacao_de_uma_academia_ao_ar_livre_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2338/indicacao_no_002-2025_-_construcao_de_uma_pista_para_ciclistas_e_pedestres_sentido_pedro_canario_-_camata_-_camata_-_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2339/indicacao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2341/indicacao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2342/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2343/indicacao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2344/indicacao_no_007-2025_-_van_para_atender_as_demandas_da_secretaria_de_esportes_municipal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2345/indicacao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2346/indicacao_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2347/indicacao_no_010-2025_-_construcao_do_calcamento_das_ruas_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2348/indicacao_no_011-2025_-_indicam_ao_executivo_ao_executivo_municipal_que_seja_promovida_a_drenagem_pluvial_em_todas_as_ruas_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2349/indicacao_no_012-2025_-_conclusao_do_calcamento_das_ruas_localizadas_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2350/indicacao_no_013-2025_-_criar_uma_legislacao_que_estabeleca_regras_para_as_atividades_de_pesca_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2351/indicacao_no_014-2025_-_constucao_de_quebra-molas_nas_ruas_localizadas_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2352/indicacao_no_015-2025_-_rede_fluvial_e_trincheira_de_drenagem_para_rua_osman_santana_moura_localizada_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_no_016-2025_-_implantacao_de_uma_subprefeitura_nos_distritos_de_cristal_do_norte_floresta_do_sul_e_taquaras.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2354/indicacao_no_017-2025_-_estender_o_atendimento_do_cac_aos_distritos_de_floresta_do_sul_cristal_e_taquaras.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2355/indicacao_no_018-2025_-_instalacao_de_uma_unidade_de_farmacia_basica_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2356/indicacao_no_019-2025_-_implantacao_de_um_conjunto_de_casas_populares_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2357/indicacao_no_020-2025_-_planejamento_de_obras_e_investimentos_a_reforma_completa_da_quadra_poliesportiva_de_cristal_piso_cobertura_iluminacao_equipamentos_esportivos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2358/indicacao_no_021-2025_-_proibir_estacionamento_de_carretas_onibus_e_carros_na_via_lateral_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2359/indicacao_no_022-2025_-_que_a_eco_101_proiba_o_estacionamento_de_carretas_onibus_e_carros_na_via_lateral_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2360/indicacao_no_023-2025_-_limpeza_troca_de_areia_manutencao__bem_como_a_poda_das_arvores_que_ficam_em_torno_da_praca_do_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2361/indicacao_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2362/indicacao_no_025-2025_-_instalacao_de_cameras_nas_ruas_principais_e_no_centro_da_cidade_-_videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2363/indicacao_no_026-2025_-_aquisicao_de_cacambas_estacionarias_e_caminhao_poliguindaste.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2364/indicacao_no_027-2025_-_rede_fluvial_e_calcamento_da_rua_joao_p._da_silva_localizada_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2365/indicacao_no_028-2025_-_bolsa_atleta_a_ser_concedida_aos_atletas_amadores_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2366/indicacao_no_029-2025_-_constucao_de_um_novo_predio_para_alocar_a_e.m.e.f_antonio_guedes_alcoforado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2367/indicacao_no_030-2025_-_construcao_de_um_parque_de_exposicao_onde_tenha_um_espaco_para_realizacao_de_eventos_vaquejada_e_uma_area_para_pratica_de_turfe.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_no_031-2025_-_parceria_com_samu_e_o_corpo_de_bombeiros_militar_para_que_todos_os_servidores_da_educacao_sejam_capacitados_com_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2370/indicacao_no_032-2025_-_sinalizacao_com_a_pintura_dos_quebra-molas_nas_av._minas_gerais_e_av._alberto_dos_reis_castro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2371/indicacao_no_033-2025_-_construcao_de_um_galpao_no_bairro_camata_destinado_ao_mercado_municipal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2372/indicacao_no_034-2025_-_limpeza_e_manutencao_da_area_de_vaquejada_no_distrito_de_cristal_do_norte_2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2377/indicacao_no_035-2025_-_reforma_da_quadra_de_futsal_esportiva_do_bairro_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2378/indicacao_no_036-2025_-_poste_e_rede_de_iluminacao_publica_no_final_da_rua_tancredo_neves_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_037-2025_-_que_seja_aterrado_um_buraco_com_terraplanagem_na_rua_projetada_b_final_da_rua_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2380/indicacao_no_038-2025_-_construcao_da_sede_da_associacao_cultural_anhanguera_ascan..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2373/indicacao_no_039-2025_-_construcao_do_campo_de_grama_sintetica_localizada_no_bairro_santa_rita_campo_do_poeirao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2374/indicacao_no_040-2025_-_conclusao_da_pavimentacao_das_ruas_de_todo_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2375/indicacao_no_041-2025_-_reforma_da_unidade_basica_de_saude_localizada_na_sede_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2386/indicacao_no_042-2025_-_reforma_ou_possivel_construcao_da_empef_taquaras.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2387/indicacao_no_043-2025_-_implementacao_do_saneamento_basico_agua_esgoto_drenagem_e_pavimentacao_em_100_das_ruas_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2388/indicacao_no_044-2025_-_construcao_de_um_complexo_esportivo_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2389/indicacao_no_045-2025_-_instalacao_de_lixeiras_em_todos_os_predios_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2390/indicacao_no_046-2025_-_implantacao_de_placas_de_sinalizacao_na_entrada_de_floresta_do_sul_e_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2391/indicacao_no_047-2025_-_aulas_de_reforco_para_criancas_do_1o_ao_6o_ano_do_ensino_fundamental_da_escola_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2392/indicacao_no_048-2025_-_instalado_um_semaforo_e_faixa_de_pedestres_no_cruzamento_entre_a_av._mario_vello_silvares_e_praca_do_posto_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2393/indicacao_no_049-2025_-_criacao_do_vale_feira_para_servidores_-_conforme_minuta_de_projeto_de_lei_anexo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2394/indicacao_no_050-2025_-_uso_de_automovel_que_nao_esteja_em_uso_para_associacao_de_protecao_e_valorizacao_da_vida_animal_-_pata_amiga.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2395/indicacao_no_051-2025_-_construcao_de_um_canil_municipal.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2396/indicacao_no_052-2025_-_construcao_de_um_mirante_na_av._salvador_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2397/indicacao_no_053-2025_-_continuidade_da_rua_morro_dantas_logo_apos_o_cruzamento_com_a_rua_itaguacu.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2398/indicacao_no_054-2025_-_galpao_para_secagem_de_cafe_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2399/indicacao_no_055-2025_-_implantacao_de_uma_cabine_daa_policia_militar_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2400/indicacao_no_056-2025_-_instalacao_de_placas_indicando_nomes_das_ruas_da_cidade_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2401/indicacao_no_057-2025_-_protecao_em_torno_da_areia_da_praca_do_boa_vista_e_espaco_de_lazer_infantil_com_parque_-_praca_saudavel.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2402/indicacao_no_058-2025_-_instalacao_de_um_placar_eletronico_no_ginasio_de_esporte_osman_santana_moura.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2403/indicacao_no_059-2025_-_instalacao_de_um_ponto_de_onibus_na_av._minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2404/indicacao_no_060-2025_-_implantacao_de_saidas_de_emergencia_e_sinalizacoes_nas_areas_poliesportivas_quadras_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2405/indicacao_no_061-2025_-_implantacao_de_rede_de_wi-fi_internet_gratuita_na_praca_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2406/indicacao_no_062-2025_-_construcao_de_uma_rotatoria_na_entrada_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2407/indicacao_no_063-2025_-_implantacao_de_uma_unidade_de_corpo_de_bombeiros_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2408/indicacao_no_064-2025_-_criacao_do_centro_de_comercializacao_da_agricultura_familiar_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_no_065-2025_-_pavimentacao_e_calcamento_com_bloquetes_na_travessa_minas_gerais_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2410/indicacao_no_066-2025_-_realizacao_do_casamento_comunitario.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2411/indicacao_no_067-2025_-__desapropiacao_da_area_av._presidente_kennedy_para_construcao_do_predio_da_prefeitura_e_construcao_de_um_posto_de_saude_no_local.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_no_068-2025_-_que_a_rodoviaria_do_municipio_seja_alocada_e_construida_em_uma_nova_area_localizada_na_rua_dr._washington_luiz_da_silva_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_no_069-2025_-_criar_convenio_de_apoio_para_realizacoes_das_atividades_da_associacao_pata_amiga_bem_como_cessao_do_espaco_para_instalacao_da_ong.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2414/indicacao_no_070_-_uma_tela_de_protecao_junto_a_cerca_de_madeira_no_entorno_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2415/indicacao_no_071-2025_-_cestas_de_basquete_na_quadra_do_complexo_esportivo_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2423/indicacao_no_072-2025_-_reforma_e_cobertura_do_parque_infantil_da_ceim_professora_normilia_cunha_santos_anexo_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2424/indicacao_no_073-2025_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2425/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2426/indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2427/indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2428/indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2429/indicacao_no_078-2025_-_implementacao_de_um_poco_artesiano_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2430/indicacao_no_079-2025_-_ampliacao_de_acesso_a_area_esportiva_pedro_ribeiro_machado_acrescentar_mais_portoes_para_entrada_e_saida_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2431/indicacao_no_080-2025_-_construcao_de_um_campo_de_grama_sintetica_localizado_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2432/indicacao_no_081-2025_-_lixeiras_em_torno_da_lagoa_augusto_ruschi_bem_como_nas_ruas_paralelas_e_quebra-molas_nas_ruas_em_torno_da_lagoa.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2433/indicacao_no_082-2025_-_concurso_cujo_o_objeto_e_a_criacao_do_hino_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2434/indicacao_no_083-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2435/indicacao_no_084-2025_-_sugere_elaboracao_de_projeto_de_lei_que_acrescente_4_letras_no_padrao_de_vencimentos_dos_prof._do_magist.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2436/indicacao_no_085-2025_-_indica_ao_presidente_da_camara_que_coloque_em_atividade_e_acao_ao_programa_julho_vermelho_-_lei_no_1.328-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2437/indicacao_no_086-2025_-__reajuste_salarial_do_servidor_publico_contratado_e_que_seja_inserido_na_lei_de_revisao_geral_o_servidor.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_no_087-2025_-_instalacao_de_portas_com_detector_de_metais_em_todas_as_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2439/indicacao_no_088-2025_-_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_089-2025_-_contratacao_de_medicos_pediatras_para_atendimento.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2441/indicacao_no_090-2025_-_perfuracao_de_um_poco_artesiano_no_distrito_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2442/indicacao_no_091-2025_-_pavimentacao_das_ruas_que_ainda_faltam_em_taquaras.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2443/indicacao_no_092-2025_-_alterar_legislacao_tributaria_que_consiste_em_conceder_o_desconto_de_15_no_iptu_para_os_postos_de_combustiveis.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2444/indicacao_no_093-2025_-_disponibilizar_uma_assistente_social_em_tempo_integral_para_atender_o_centro_de_convivencia_de_floresta_do_sul_e_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2445/indicacao_no_094-2025_-_criacao_de_um_espaco_cultural_afim_de_atender_a_comunidade_anexo_ao_cras_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2446/indicacao_no_095-2025_-_novo_projeto_de_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2447/indicacao_no_096-2025_-_pontos_de_iluminacao_pub._entre_as_ruas_gerson_ribeiro_de_souza_e_rua_getulio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2448/indicacao_no_097-2025_-_reforma_e_ampliacao_da_escola_municipal_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2449/indicacao_no_098-2025_-_mutirao_no_assent._castro_alves_e_floresta_do_sul_para_emissao_de_documento_de_identidade.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2450/indicacao_no_099-2025_-_construir_uma_area_de_lazer_praca_no_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2451/indicacao_no_100-2025_-_implantacao_de_um_posto_da_policia_rodoviaria_federal_na_divisa_entre_o_estado_do_es_e_bahia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2453/indicacao_no_101-2025_-_implantacao_da_sala_do_empreendedor_itinerante_para_realizacao_de_atendimento_nos_bairros_e_distrito_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2458/indicacao_no_102-2025_-_perfuracao_de_um_poco_artesiano_no_bairro_sao_geraldo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2459/indicacao_no_103-2025_-_implantacao_de_calcadas_cidadas_na_sede_e_distritos_deste_municipio_visando_garantir_a_mobilidade_e_a_seguranca_de_todos_os_cidadaos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2460/indicacao_no_104-2025_-_perfuracao_de_pocos_artesianos_em_pontos_estrategicos_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2461/indicacao_no_105-2025_-_construcao_de_uma_unidade_de_pronto_atendimento_pa_24_horas..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2462/indicacao_no_106-2025_-_instalacao_na_praca_do_bairro_boa_vista_de_aparelhos_de_academia_popular_ao_ar_livre_em_aco_inox.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2463/indicacao_no_107-2025_-_implantacao_de_um_banco_municipal_de_materiais_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2464/indicacao_no_108-2025_-_construcao_de_um_campo_de_grama_sintetica_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2465/indicacao_no_109-2025_-_ampliar_horarios_de_atendimento_nas_unidades_basicas_de_saude_desta_municipalidade.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2466/indicacao_no_110-2025_-_construcao_de_uma_quadra_de_esportes_para_o_novo_colegio_sao_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2467/indicacao_no_111-2025_-_apos_a_inauguracao_da_nova_escola_sao_joao_batista_a_quadra_atual_seja_administrada_pela_secretaria_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2468/indicacao_no_112-2025_-_construcao_de_quebra-molas_nas_ruas_mimoso_do_sul_rua_juscelino_kubitschek_rua_vale_do_itaunas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2469/indicacao_no_113-2025_-_construir_uma_unidade_de_saude_para_o_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2470/indicacao_no_114-2025_-_reforma_e_manutencao_do_poco_de_abastecimentos_de_agua_publico_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2471/indicacao_no_115-2025_-_realizacao_de_calcamento_ou_recapeamento_da_rua_sao_mateus_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2472/indicacao_no_116-2025_-_atendimento_profissional_de_radiologia_no_hospital_menino_jesus_por_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2473/indicacao_no_117-2025_-_limpeza_e_reforma_do_cemiterio_municipal_considerando_a_necessidade_de_manutencao_adequada.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2474/indicacao_no_118-2025_-_conclusao_do_calcamento_da_rua_mantenopolis_bairro_leonorio.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2475/indicacao_no_119-2025_-_contratacao_de_um_medico_urologista_qo_menos_uma_vez_na_semana.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2476/indicacao_no_120-2025_-_instalacao_de_placas_de_proibido_jogar_lixo_em_lugares_inapropiados_ou_em_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2477/indicacao_no_121-2025_-_implementacao_de_um_sistema_de_cerco_eletronico_no_municipio_abrangendo_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2478/indicacao_no_122-2025_-_interlocucao_junto_a_concessionaria_eco_101_visando_a_instalacao_de_semaforo_na_area_em_frente_ao_posto_ozorinho.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2479/indicacao_no_123-2025_-_construcao_de_cobertura_de_eventos_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2480/indicacao_no_124-2025_-_envide_esforcos_junto_ao_der-es_no_sentido_de_viabilizar_a_instalacao_de_placas_de_sinalizacao_ao_longo_da_rod_es-209_que_liga_pc_a_cristal.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2481/indicacao_no_125-2025_-_implantacao_de_espaco_de_animais_de_estimacao_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2482/indicacao_no_126-2025_-_aplicacao_de_piso_salarial_para_todos_os_professores_da_rede_municipal_do_municipio_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_no_127-2025_-_construcao_de_um_campo_sintetico_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2484/indicacao_no_128-2025_-_apoiar_a_associacao_de_agricultores_de_cristal_do_norte_no_desenvolvimento_de_apicultura.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2485/indicacao_no_129-2025_-_construcao_de_uma_creche_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_no_130-2025_-_pavimentacao_e_op_calcamento_com_bloquetes_da_rua_da_pimenta_leonorio_ii.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2487/indicacao_no_131-2025_-_instituir_obrigatoriamente_o_exame_de_ecocardiograma_em_recem_nascidos_que_tiveram_alteracoes_no_teste_do_coracaozinho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_no_132-2025_-_sejam_feitas_hortas_comunitarias_nas_regioes_e-ou_bairros_mais_carentes_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2489/indicacao_no_133-2025_-_construido_quebra-molas_na_rua_paulo_vi_bairro_leonorio_ii.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2490/indicacao_no_134-2025_-_capeamento_asfaltico_na_rua_menino_jesus_-_vila_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2491/indicacao_no_135-2025_-_implantar_cameras_de_monitoramento_nas_escolas_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2492/indicacao_no_136-2025_-_construcao_de_uma_nova_unidade_basica_de_saude_dr._ailme_venturim_borgo_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2499/indicacao_no_137-2025_-_contrucao_de_um_campo_sintetico_na_localidade_carapinas.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2500/indicacao_no_138-2025_-_espaco_adequado_para_atendimento_do_cras_no_distrito_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2501/indicacao_no_139-2025_-_criacao_de_servico_de_acolhimento_para_mulheres_vitimas_de_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2502/indicacao_no_140-2025_-_implantacao_de_estacionamento_exclusivo_para_motocicletas_no_entorno_da_lagoa_agusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2503/indicacao_no_141-2025_-_contrucao_de_um_campo_de_futebol_society_no_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2504/indicacao_no_142-2025_-_construcao_de_uma_praca_de_lazer_no_bairro_colina_com_instalacao_de_brinquedos_educativos_para_criancas_e_idosos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2505/indicacao_no_143-2025_-_implantacao_de_uma_passarela_na_travessia_das_tres_pistas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2506/indicacao_no_144-2025_-_campeonato_anual_de_pesca_esportiva_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2507/indicacao_no_145-2025_-_contratacao_de_mais_um_profissional_de_radiologia_para_ampliacao_de_atendimento.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2508/indicacao_no_146-2025_-_pocos_artesianos_nos_bairros_vista_alegre_e_leonorio_ii_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2509/indicacao_no_147-2025_-_disponibilizar_no_hospital_menino_jesus_um_ortopedista_que_possa_realizar_raio_x_com_laudo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_no_148-2025_-_locar_um_imovel_para_funcionamento_do_centro_de_convivencia_e_fortalecimento_de_vinculos.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2511/indicacao_no_149-2025_-_construcao_de_um_quebra-molas_na_rua_morro_dantassituada_no_centro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2512/indicacao_no_150-2025_-_implantacao_de_uma_faixa_de_pedestres_na_av._salvador_no_centro.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2517/indicacao_no_151-2025-_construcao_de_lombadas_quebra-molas_nas_ruas_castelo_branco_e_sebastiao_canal_bairro_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2518/indicacao_no_152-2025_-_atendimento_de_especialistas_de_podologia_nas_unidades_de_saude_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2519/indicacao_no_153-2025_-_implantacao_da_bolsa_estudantil_bolsa_aluno_para_estudantes_matriculados_na_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2520/indicacao_no_154-2025_-_instalacao_de_playgrounds_adaptados_para_criancas_com_deficiencia_ou_mobilidade_reduzida_nas_pracas_da_lagoa_boa_vista_cras_camata_floresta_do_sul_e_cristal.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2521/indicacao_no_155-2025_-_cerca_de_tela_soldada_para_amutraca_-_associacao_de_mulheres_trabalhadoras_rurais_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2522/indicacao_no_156-2025_-_instalacao_de_playgrounds_nas_pracas_do_cras_camata_floresta_do_sul_e_cristal.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2523/indicacao_no_157-2025_-_acoes_de_prevencao_e_promocao_da_saude_na_lagoa_augusto_ruschi_incluido_a_afericao_de_pressao_arterial_teste_de_glicemia_orientacao_sobre_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2524/indicacao_no_158-2025_-_aulas_de_aerobica_e_outras_modalidades_de_danca_a_serem_realizadas_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2525/indicacao_no_159-2025_-_implementacao_de_salas_sensoriais_em_espacos_publicos_como_escolas_unidade_de_saude_centros_de_assistencia_social_para_pessoas_com_tea.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2526/indicacao_no_160-2025_-_construcao_de_um_quadra_poliesportiva_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2527/indicacao_no_161-2025_-_alimentacao_diferenciada_para_criancas_e_adolescentes_portadores_de_diabetes_doencas_celiacas_e_intolerancia_a_lactose.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_no_162-2025_-_reforma_do_campo_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_no_163-2025_-_construcao_de_uma_creche_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2530/indicacao_no_164-2025_-_construcao_de_moradias_populares_na_sede_pedro_canario_e_distritos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_no_165-2025_-_instalacao_de_uma_academia_popular_na_praca_existente_no_distrito_de_floresta_do_sul_e_providencie_a_poda_das_arvores_da_mesma.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_no_166-2025_-_implementacao_do_projeto_sorriso_mais_bonito_voltado_a_saude_bucal_infantil.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_no_167-2025_-_instalar_mais_bancos_na_praca_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2540/indicacao_no_168-2025_-_consultorio_odontologico_na_unidade_de_saude_renata_goncalves_de_araujo_taquaras.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2541/indicacao_no_169-2025_-_novo_centro_de_referencia_de_assistencia_social_cras_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_no_170-2025_-_construcao_de_um_centro_de_atencao_psicossocial_caps_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2543/indicacao_no_171-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2544/indicacao_no_172-2025_-_reforma_da_unidade_de_saude_do_bairro_sao_joao_batista_-_camata.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2545/indicacao_no_173-2025_-_construcao_de_mais_uma_unidade_de_saude_no_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2546/indicacao_no_174-2025_-_manter_uma_ambulancia_na_unidade_de_saude_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2547/indicacao_no_175-2025_-_implantacao_de_aula_de_musica_nas_escolas_e_oficinas_do_cras.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2548/indicacao_no_176-2025_-_revogacao_das_taxas_de_foro_e_laudemio_incidentes_sobre_imoveis_localizados_nos_bairros_sao_joao_batista_e_saturnino_mauro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2549/indicacao_no_177-2025_-_regularizacao_fundiaria_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2550/indicacao_no_178-2025_-_reinsercao_dos_niveis_i_e_ii_no_plano_de_cargos_e_salarios_do_magisterio_para_contratacao_de_professores_cursando_a_partir_do_5o_periodo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2551/indicacao_no_179-2025_-_implantacao_de_drenagem_pluvial_pavimentacao_e_iluminacao_publica_na_rua_sao_rafael_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2552/indicacao_no_180-2025_-_implantacao_de_infraestrutura_urbana_na_rua_projetada_i_no_bairro_colina_com_a_drenagem_pluvial_pavimentacao_e_instalacao_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2553/indicacao_no_181-2025_-_construcao_de_arquibancada_com_cobertura_no_campo_de_futebol_da_comunidade_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2554/indicacao_no_182-2025_-_instalacao_de_arquibancadas_no_campo_de_futebol_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2555/indicacao_no_183-2025_-_construcao_de_uma_unidade_basica_de_saude_nos_bairros_esplanada_e_alvorada.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2556/indicacao_no_184-2025_-_reforma_geral_da_praca_de_cristal_do_norte_e_manutencao_das_mesas_e_bancos_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2557/indicacao_no_185-2025_-_instalacao_de_quiosques_no_campo_de_futebol_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2558/indicacao_no_186-2025_-_instalacao_de_bebedouros_em_toda_area_da_lagoa_augusto_ruschi_no_complexo_esportivo_e_na_area_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2559/indicacao_no_187-2025_-_intensificacao_do_uso_do_carro_fumace_no_combate_aos_mosquitos_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2560/indicacao_no_188-2025_-_criacao_do_programa_guarda_mirim_no_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_no_189-2025_-_criacao_de_uma_fazendinha_educativa_e_turistica_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_no_190-2025_-_revogacao_das_taxas_de_foro_e_laudemio_dos_imoveis_localizados_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao_no_192-2025_-_implantacao_e_iluminacao_nos_pontos_de_onibus_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2565/indicacao_no_193-2025_-_construcao_da_sede_da_associacao_de_moradores_do_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2566/indicacao_no_194-2025_-_adaptacao_de_ducha_para_a_area_de_futevolei_e_volei_na_arena_pedro_ribeiro_machado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2567/indicacao_no_195-2025_-_construcao_de_caixa_ralo_na_rede_de_drenagem_pluvial_na_rua_bahia_sul_travessia_da_rua_felinto_damiao_colina.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2568/indicacao_no_196-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_vicente_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2570/indicacao_no_197-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_domingos_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2571/indicacao_no_198-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_santa_luziaa_bairro_boa__vista.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2572/indicacao_no_199-2025_-_pavimentacao_e_calcamento_com_bloquetes_da_rua_santa_helena_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2573/indicacao_no_200-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_vila_velha_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2574/indicacao_no_201-2025_-_pavimentacao_e_calcamento_com_bloquetes_da_rua_sao_silvestre_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2575/indicacao_no_202-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_roque_boa_vista_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2579/indicacao_no_203-2025_-_postes_com_iluminacao_publica_em_cristal_-_av._francisco_porfirio_de_souza_jose_luiz_da_costa_e_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2578/indicacao_no_204-2025_-_revitalizacao_do_centro_da_cidade_com_a_construcao_de_calcada_cidada_e_conclusao_do_asfalto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2580/indicacao_no_205-2025_-_calcamento_com_pavimentacao_em_paralelepipedo__na_estrada_rural_-_fazenda_carapina.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2581/indicacao_no_206-2025_-_criacao_e_implementacao_do_gabinete_de_gestao_integrada_municipal_-_ggim.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2582/indicacao_no_207-2025_-_instalacao_de_uma_academia_popular_no_campo_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2583/indicacao_no_208-2025_-_paltaforma_digital_-_pedro_canario_conecta_destinada_a_divulgacao_de_servicos_e_profissionais.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2584/indicacao_no_209-2025_-_criacao_e_implementacao_do_programa_esporte_na_melhor_idade_visando_a_saude_e_o_bem_estar_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2585/indicacao_no_210-2025_-_construcao_de_um_poco_artesiano_no_cras_camata.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2586/indicacao_no_211-2025_-_inclusao_do_tratamento_endodontico_canal_nas_unidades_basicas_de_saude_do_municipios_e_distritos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2587/indicacao_no_212-2025_-_implantacao_do_programa_remedio_em_casa.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2588/indicacao_no_213-2025_-_plantio_de_arvores_nativas_em_pontos_estrategicos_do_municipio_e_seus_distritos.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2589/indicacao_no_214-2025_-_compactacao_do_trecho_de_estrada_localizado_entre_o_bairro_camata_e_ponte.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2590/indicacao_no_215-2025_-_retorno_das_atividades_do_programa_campeoes_do_futuro_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2591/indicacao_no_216-2025_-_contrucao_de_uma_unidade_de_educacao_infantil_-_creche_no_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2596/indicacao_no_217-2025_-_firmar_convenios_com_municipios_vizinhos_visando_a_autorizacao_de_uso_compartilhado_de_maquinas_e_equipamentos_publicos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2597/indicacao_no_218-2025_-_reforma_da_praca_de_lazer_localizada_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2598/indicacao_no_219-2025_-_realizacao_de_reforma_na_praca_de_lazer_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2599/indicacao_no_220-2025_-_instalacao_de_um_semaforo_na_avenida_vila_velha_localizada_no_centro..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_no_221-2025_-_implantacao_de_uma_academia_popular_na_praca_do_cras_do_camata.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2604/indicacao_no_222-2025_-_correcao_da_defasagem_do_auxilio-moradia_com_base_em_indices_de_inflacao.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_no_223-2025_-_novo_projeto_de_drenagem_comtemplando_a_rua_sao_gabriel_localizada_no_centro_rua_da_creche_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_no_224-2025_-_pavimentacao_da_rua_vivaldo_lopes_localizada_entre_os_bairros_esplanada_e_eldourado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_no_225-2025_-_calcamento_da_rua_jose_f._canario_no_trecho_localizado_em_frente_a_praca_da_matriz_centro..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_no_226-2025_-_instalacao_de_semaforos_em_pontos_estrategicos_do_municipio_av._prsidente_kennedy_av._alberto_dos_reis_castro_rua_caltren_e_av._salvador.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2609/indicacao_no_227-2025_-_implantacao_de_uma_praca_de_alimentacao_na_antiga_pracinha_do_quiabo_localizada_no_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_no_228-2025_-_aplicativo_digital_para_acompanhar_protocolos_reportar_problemas_como_buracos_nas_vias_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_no_229-2025_-_regulamenta_apreensao_de_animais_de_medio_e_grande_porte_soltos_nas_vias_e_logradouros_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2612/indicacao_no_230-2025_-_elaborar_um_projeto_de_lei_autorizando_o_municipio_a_firmar_convenio_com_o_estado_para_fins_de_repassa_financeiro_destinado_aos_policias_militares.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2632/indicacao_no_231-2025_-_tombar_a_tabua_lascada_como_partimonio_imaterial_e_desapropiar_a_area_que_a_festa_foi_realizada.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2613/indicacao_no_232-2025_-_manutencao_preventiva_e_corretiva_no_sistema_de_ar-condicionado_do_centro_de_referencia_de_assistencia_social_cras_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2614/indicacao_no_233-2025_-_instalacao_de_rampas_de_acesso_e_demais_adequacoes_necessarias_nos_quiosques_localizados_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_no_234-2025_-_atualizacao_dos_equipamentos_da_casa_do_cidadao_ultilizados_para_coleta_de_biometria_digital.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_no_235-2025_-_implantacao_de_uma_ciclovia_na_avenida_francisco_porfirio_de_souza_-_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_no_236-2025_-_disponibilizar_o_servico_de_tomografia_computadorizada_tc_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_no_237-2025_-_implantacao_de_cartao_nutri_ferias_para_alunos_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2619/indicacao_no_238-2025_-_servico_de_vigilancia_e_seguranca_24_horas_no_hospital_menino_jesus.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2624/indicacao_no_239-2025_-_lixeiras_publicas_com_separacao_de_residuos_reciclaveis_na_regiao_central_da_cidade_pracas_avenidas.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2625/indicacao_no_240-2025_-_atendimento_presencial_ou_remoto_de_medicos_cardiologista_neuropediatra_e_pneumologia.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_no_241-2025_-_atendimento_presencial_ou_remoto_de_especialistas_em_reumatologia_e_ortopedia_nas_unidades_de_saude.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_no_242-2025_-_reforma_na_unidade_de_saude_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_no_243-2025_-_implantacao_de_uma_sala_de_vacinacao_na_unidade_de_saude_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2629/indicacao_no_244-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2630/indicacao_no_245-2025_-_reforma_da_usina_de_reciclagem_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2631/indicacao_no_246-2025_-_servico_de_teleconsulta_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2633/indicacao_no_247-2025_-_implantar_um_consultorio_odontologico_na_unidade_de_saude_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2634/indicacao_no_248-2025_-_implantacao_da_rede_de_esgoto_na_rua_zilda_gomes_natalaina_muniz_no_trecho_a_partir_da_av._vale_do_itaunas_bairro_camata_i.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2635/indicacao_no_249-2025_-_pavimentacao_das_vias_do_conjunto_residencial_cridasa.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_no_250-2025_-_sugere_implantacao_da_creche_do_idoso_conforme_projeto_de_lei_em_anexo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2641/indicacao_no_251-2025_-_sugere_contratacao_ou_disponibilizacao_de_profissional_de_nutricao_para_atuar_nos_centros_de_assistencia_social_-_cras.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2642/indicacao_no_252-2025_-_substituicao_do_parquinho_infantil_de_ferro_por_um_de_plastico_para_a_escola_jose_francisco_cordeiro_fazenda_carapina..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_no_253-2025_-_instalacao_de_bicicletarios_no_centro_de_pedro_canario_visando_incentivar_o_uso_de_bicicletas.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2644/indicacao_no_254-2025_-_aquisicao_de_novas_cadeiras_odontologicas_para_os_consultorios_de_saude_bucal_das_unidades_basicas_de_saude.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2645/indicacao_no_255-2025_-_reforma_e_ampliacao_do_centro_de_referencia_de_assistencia_social_-_cras_camata.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_no_256-2025_-_criacao_do_conselho_municipal_de_esportes_visando_fortalecer_e_organizar_as_politicas_publicas_de_esporte_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2647/indicacao_no_257-2025_-_substituicao_completa_do_gramado_sintetico_do_campo_society_localizado_no_parque_esportivo_da_lagoa.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2649/indicacao_no_258-2025_-_calcamentos_ruas_adelaide_b._morozini_jose_domingos_de_carvalho_manoel_r._souza_neto_e_domicio_ribom.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2650/indicacao_no_259-2025_-_instalacao_de_iluminacao_publica_e_realizacao_de_pavimentacao_na_rua_machado_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2651/indicacao_no_260-2025_-_instalacao_de_um_redutor_de_velocidade_com_placas_de_advertencia_nas_proximidades_da_cachoeira_dos_pretos_br_209.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2655/indicacao_no_261-2025_-_construcao_de_uma_creche_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2656/indicacao_no_262-2025_-_renovacao_e_melhorias_dos_equipamentos_do_centro_de_fisioterapia_municipal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2657/indicacao_no__263-2025_-_construcao_de_uma_unidade_basica_de_saude_ubs_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2658/indicacao_no_264-2025_-_melhorias_nas_estradas_que_ligam_o_municipio_ao_distrito_de_agua_preta__em_conceicao_da_barra_e_reforma_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2659/indicacao_no_265-2025_-_realizacao_do_servicos_de_poda_de_todas_as_arvores_do_bairro_camata_i_e_ii.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_no_266-2025_-_atribuir_o_nome_a_rua_mota_viana_a_uma_via_publica_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2661/indicacao_no_267-2025_-_reforma_da_casa_de_passagem.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao_no_269-2025_-_sinalizacao_de_transito_vertical_e_horizontal_incluindo_faixa_de_pedestres_em_frente_a_escola_maria_otilia.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2700/indicacao_no_270-2025_-_instalacao_de_redutor_de_velocidade_com_placas_na_rua_felinto_damiao_em_frente_a_casa_de_no_79_-_bairro_leonorio_i..pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_no_271-2025_-_instalacao_de_redutor_de_velocidade_com_placas_de_advertencia_na_rua_felinto_damiao_s-n_leonorio_ii_prox_a_igreja_missao_rua_lateral_da_ceim_-_oficina_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2702/indicacao_no_272-2025_-_realize_campanha_de_saude_nas_dependencias_da_associacao_pestalozzi_de_pedro_canario_vacinacaoatendimento_medico_oftalmologico_e_odontologico.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_no_273-2025_-_analise_tecnica_em_relacao_qual_medida_a_ser_conferida_a_arvore_localizada_junto_ao_campo_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2704/indicacao_no_274-2025_-_servicos_de_manutencao_no_campo_society_do_bairro_esplanada_conserto_de_alambrados_a_reparacao_da_rede_de_protecao_e_a_limpeza_geral_do_local.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_no_275-2025_-_instalacao_de_quebra-molas_nas_ruas_julia_bonelar_e_nossa_senhora_aparecida_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2706/indicacao_no_276-2025_-_instalacao_e_iluminacao_publica_na_rua_santa_uberlandia_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2707/indicacao_no_277-2025_-_manutencao_e_conservacao_dos_bancos_de_reserva_do_campo_society_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2708/indicacao_no_278-2025_-_locar_um_imovel_para_o_funcionamento_do_centro_de_convivencia_e_fortalecimento_de_vinculos_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2709/indicacao_no_279-2025_-_implantar_um_espaco_especifico_para_atendimento_das_teleconsultas_de_especialidades_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2712/indicacao_no_280-2025_-_instalacao_de_uma_nova_academia_popular_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2713/indicacao_no_281-2025_-_implantacao_de_uma_unidade_movel_de_saude_-_carreta_itinerante_saude_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2714/indicacao_no_282-2025_-_construcao_de_um_centro_de_referencia_de_assistencia_social_cras_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_no_283-2025_-reforma_da_escola_tres_de_maio_localizada_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2716/indicacao_no_284-2025_-_reforma_na_sede_da_prefeitura_municipal_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2717/indicacao_no_285-2025_-_instlacao_de_playgroud_parquinho_infantil_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_no_286-2025_-_implantacao_de_quebra-molas_na_rua_getulio_vargas_localizada_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2719/indicacao_no_287-2025_-_criacao_de_uma_area_de_lazer_com_campo_society_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_no_288-2025_-_restauracao_e_revitalizacao_do_canteiro_central_do_distrito_de_cristal_do_norte_recuperacao_dos_meios-fios_nivelamento_jardinagem_e_pintura.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2385/pauta_da_01a_sessao_ordinaria_do_1o_periodo_legislativo_da_11a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2538/projeto_de_decreto_legislativo_no_001-2025_-_contas_exercicio_de_2023_-_responsavel_-_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2620/projeto_de_decreto_legislativo_no_002-2025_-_comenda_do_merito_esportivo_fernando_flavio_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2621/projeto_de_decreto_legislativo_no_003-2025_-_comenda_do_merito_esportivo_roberto_vieira_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2622/projeto_de_decreto_legislativo_no_004-2025_-_comenda_do_merito_esportivo_ricardo_suci_freire.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2663/projeto_de_decreto_legislativo_no_005-2025_-_empresa_trappuz_multimarcas.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_decreto_legislativo_no_006-2025_-_empresa_ciara_material_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_decreto_legislativo_no_007-2025_-_supermercado_linharense.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2666/projeto_de_decreto_legislativo_no_008-2025_-_empresa_assistech_celulares.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2667/projeto_de_decreto_legislativo_no_009-2025_-_empresa_borracharia_do_regi.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2668/projeto_de_decreto_legislativo_no_010-2025_-_empresa_restaurante_sb_delivery_comida_caseira.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2669/projeto_de_decreto_legislativo_no_011-2025_-_casa_do_trabalhador.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2670/projeto_de_decreto_legislativo_no_012-2025_-_salluz_modas.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2671/projeto_de_decreto_legislativo_no_013-2025_-_empresa_distribuidora_do_para.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2672/projeto_de_decreto_legislativo_no_014-2025_-_sr._tarcisio_porto.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2673/projeto_de_decreto_legislativo_no_015-2025_-_matos_calcados.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2674/projeto_de_decreto_legislativo_no_016-2025_-_5_estrelas_carros_e_motos.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2675/projeto_de_decreto_legislativo_no_017-2025_-_salao_do_lagoa.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2676/projeto_de_decreto_legislativo_no_018-2025_-_empresa_junior_motos.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2677/projeto_de_decreto_legislativo_no_019-2025_-_realcred_solucoes_financeiras.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2678/projeto_de_decreto_legislativo_no_020-2025_-_empresa_supermercado_santos.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2679/projeto_de_decreto_legislativo_no_021-2025_-_empresa_acougue_allanzin.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2680/projeto_de_decreto_legislativo_no_022-2025_-_empresa_dular_moveis.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2681/projeto_de_decreto_legislativo_no_023-2025_-_empresa_dular_moveis.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2682/projeto_de_decreto_legislativo_no_024-2025_-_fj_distribuidora.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2683/projeto_de_decreto_legislativo_no_025-2025_-_novo_lar_moveis.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2684/projeto_de_decreto_legislativo_no_026-2025_-_empresa_costa_bike.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2685/projeto_de_decreto_legislativo_no_027-2025_-_empresa_distribuidora_avenida.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2686/projeto_de_decreto_legislativo_no_028-2025_-_empresa_bar_das_coleguinhas.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2687/projeto_de_decreto_legislativo_no_029-2025_-_empresa_biratinha_design.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2688/projeto_de_decreto_legislativo_no_030-2025_-_empresa_inovar_sistemas.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2689/projeto_de_decreto_legislativo_no_031-2025_-_empresa_lf_moto.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2690/projeto_de_decreto_legislativo_no_032-2025_-_cafe_e_prosa.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2691/projeto_de_decreto_legislativo_no_033-2025_-_adreia_magazine.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2692/projeto_de_decreto_legislativo_no_034-2025_-_moto_racing.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2693/projeto_de_decreto_legislativo_no_035-2025_-_alfa_boutique.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2694/projeto_de_decreto_legislativo_no_036-2025_-_coimbra_autopecas.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2695/projeto_de_decreto_legislativo_no_037-2025_-_lima_gas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2721/projeto_de_decreto_legislativo_no_038-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2722/projeto_de_decreto_legislativo_no_039-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2723/projeto_de_decreto_legislativo_no_040-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2724/projeto_de_decreto_legislativo_no_041-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2725/projeto_de_decreto_legislativo_no_042-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2726/projeto_de_decreto_legislativo_no_043-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2727/projeto_de_decreto_legislativo_no_044-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2728/projeto_de_decreto_legislativo_no_045-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2729/projeto_de_decreto_legislativo_no_046-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2730/projeto_de_decreto_legislativo_no_047-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2731/projeto_de_decreto_legislativo_no_048-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2732/projeto_de_decreto_legislativo_no_049-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2733/projeto_de_decreto_legislativo_no_050-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2734/projeto_de_decreto_legislativo_no_053-2025_-_comenda_a_servidores_publicos_ao_sr._noe_albino_mol.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2336/projeto_de_lei_complementar_no_001-2025_-_altera_dispositivo_da_lei_complementar_no_034_de_27_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2376/projeto_de_lei_complementar_no_002-2025_-_institui_nova_estrutura_dministrativa_municipal_da_prefeitura_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2421/projeto_de_lei_complementar_no_003-2025_-_institui_a_bonificacao_por_desempenho_no_ambito_da_secretaria_municipal_de_educacao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2493/projeto_de_lei_complementar_no_004-2025_-_inclui_anexos_na_lc_09-2008_reestrutura_carreiras_no_sevico_publico_resolve.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2514/projeto_de_lei_complementar_no_005-2025_-_acrescenta_e_altera_dispositivos_na_lei_comp._no_44-2021_e_nas_suas_atualiz._ref_a_estrutura_organiz._do_inst._de_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2515/projeto_de_lei_complementar_no_006-2025_-_concede_revisao_geral_anual_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2516/projeto_de_lei_complementar_no_007-2025_-_altera_lei_complementar_no_06-2006_que_dispoe_sobre_o_plano_de_cargos_carreiras_e_vencimentos_do_magisterio_pub_p._fixar_o_piso_salarial_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2595/projeto_de_lei_complementar_no_008-2025_-_dispoe_sobre_a_adequacao_de_requisitos_atribuicoes_reestruturacao_de_carreira_e_realinhamento_de_remuneracoes_de_carg._publicos.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2639/projeto_de_lei_complementar_no_009-2025_-__acrecenta_dispositivos_na_lc_04-2005_e_altera_dispositivo_da_lc_062-2025_e_da_outras_providencias_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2696/projeto_de_lei_complementar_no_010-2025_-_altera_dispositivos_da_lei_complementar_no_034_de_27-09-2019_que_institui_o_codigo_de_posturas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2720/projeto_de_lei_complementar_no_011-2025_-_altera_l.c_034-2019_que_institui_o_codigo_de_posturas_do_municipio_para_acrescentar_os_paragrafos_5o_ao_13o_ao_art_87_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2747/projeto_de_lei_complementar_substitutivo_no_012-2025_-_altera_lei_complementar_municipal_no_009-2008_alterada_pela_lei_complementar_municipal_no_066-2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2332/projeto_de_lei_no_001-2025_-_cria_o_programa_musica_nas_escolas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2333/projeto_de_lei_no_002-2025_-_cria_programa_de_apoio_as_maes_atipicas_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2334/projeto_de_lei_no_003-2025_-_cria_a_proibicao_da_pratica_de_poluicao_sonora_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_de_lei_no_004-2025_-_institui_no_municipio_de_pedro_canario-es_a_semana_municipal_do_agronegocio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2381/projeto_de_lei_no_005-2025_-_altera_o_anexo_i_da_lei_munipal_no_1.363_de_08_de_2019.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2382/projeto_de_lei_no_006-2025_-_dispoe_sobre_a_denominacao_da_rua_travessa_minas_gerais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2383/projeto_de_lei_no_007-2025_-_institui_e_inclui_no_calendario_oficial_no_municipio_o_dia_de_conscientizacao_e_enfrentamento_a_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2384/projeto_de_lei_no_008-2025_-_dispoe_sobre_a_obrigatoriedade_de_remocao_dos_cabos_e_fiacao_aerea_execentes_e_inutilizados_instalados_por_concessionarias.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2416/projeto_de_lei_no_009-2025_-_dispoe_sobre_aula_de_canto_no_ambito_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2417/projeto_de_lei_no_010-2025_-_institui_a_capacitacao_em_nocoes_de_primeiros_socorros_para_professores__funcionarios_da_educacao_e_de_estabelecimentos_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2418/projeto_de_lei_no_011-2025_-_dispoe_sobre_a_emissao_e_disponibilizacao_gratuita_de_carteira_estudantil.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2419/projeto_de_lei_no_012-2025_-_dispoe_sobre_o_atendimento_preferencial_as_pessoas_com_fibromialgia_nos_locais_que_especifica.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2420/projeto_de_lei_no_013-2025_-_autoriza_o_poder_executivo_a_conceder_subvencao_a_associacao_recreativa_assistencial_ao_idoso_e_associacao_beneficente_cultural_e_da_agricultura_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2452/projeto_de_lei_no_014-2025_-_alteracao_do_artigo_2o_da_lei_municipal_no_1.566-2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2494/projeto_de_lei_no_015-2025_-_campanha_maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2495/projeto_de_lei_no_016-2025_-_dia_da_empregada_domestica_no_calendario_oficial_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2496/projeto_de_lei_no_017-2025_-_selo_autista_a_bordo.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2497/projeto_de_lei_no_018-2025_-_dispoe_sobre_implantacao_de_atividades_esportivas_para_criancas_e_adolescentes_com_deficiencia_no_cronograma_esportivo_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2498/projeto_de_lei_no_019-2025_-_institui_o_programa_permanente_de_conscientizacao_e_tratamento_do_pe_torto_congenito_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2513/projeto_de_lei_no_020-2025_-_dispoe_sobre_a_regulamentacao_da_pesca.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2534/projeto_de_lei_no_021-2025_-_criacao_do_projeto_sorriso_mais_bonito_destinado_a_promocao_da_saude_bucal_infantil.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2535/projeto_de_lei_no_022-2025_-_altera_dispositivo_da_lei_municipal_no_1.537-2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2536/projeto_de_lei_no_023-2025_-_institui_a_politica_municipal_de_educacao_ambiental_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2537/projeto_de_lei_no_024-2025_-_institui_o_fundo_municipal_dos_direitos_da_pessoa_idosa_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2539/projeto_de_lei_no_025-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_federacao_capixaba_de_corrida_de_aventura_fcca_associacao_civil_sem_finalidade_lucrativa.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2576/projeto_de_lei_no_026-2025_-_obrigatoriedade_do_uso_de_focinheira_e_estabelece_normas_de_seguranca_para_conducao_de_caes.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2577/projeto_de_lei_no_027-2025_-_proibicao_do_uso_de_dispositivos_eletronicos_para_fumar_defs_incluindo_cigarros_eletronicos_vapes_pods....pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2592/projeto_de_lei_no_028-2025_-_criacao_da_camara_intersetorial_de_seguranca_alimentar_e_nutricional_caisan_no_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2593/projeto_de_lei_no_029-2025_-_institui_o_aplicativo_digital_de_servicos_publicos_no_municipio_que_permite_ao_cidadao_solicitar_servicos_acompanhar_protocolos_reportar_problemas.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2594/projeto_de_lei_no_030-2025_-_institui_e_regulamenta_o_auxilio-alimentacao_de_carater_indenizatorio_aos_professores_e_pedagogos_contratados.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2601/projeto_de_lei_no_031-2025_-_institui_e_inclui_no_calendario_oficial_no_municipio_o_dia_municipal_do_terco_dos_homens_a_ser_comemorado_anualmente_no_dia_25_de_julho.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2602/projeto_de_lei_no_032-2025_-_institui_o_programa_bike_legal_no_municipio_com_diretrizes_para_o_uso_seguro_e_responsavel_de_bicicletas_eletricas.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2652/projeto_de_lei_no_033-2025_-_dispoe_sobre_o_bem-estar_sensorial_das_criancas_com_transtorno_espectro_autista_tea_nas_escolas_da_rede_publica.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2653/projeto_de_lei_no_034-2025_-_autoriza_o_executivo_municipal_a_abrir_credito_adicional_especial_e_da_outras_providecias-1-4.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2710/projeto_de_lei_no_035-2025_-_dispoe_sobre_a_implantacao_de_acoes_de_educacao_para_o_transito_no_ambito_escolar_e_na_sociedade_em_geral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2711/projeto_de_lei_no_036-2025_-_declara_utilidade_publica_municipal_a_associacao_de_catadores_de_materiais_reciclaveis_do_municipio_de_pedro_canario_-_es.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2736/projeto_de_lei_no_038-2025_-_acrescenta_paragrafo_unico_ao_art._1o_da_lei_municipal_no_1.518-2022_2-1-2.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2737/projeto_de_lei_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2741/projeto_de_lei_no_040-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2742/projeto_de_lei_no_041-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2743/projeto_de_lei_substitutivo_no_042-2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2744/projeto_de_lei_no_044-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2745/projeto_de_lei_no_045-2025_-_prorrogar_a_vigencia_do_plano_municipal_de_educacao_-_pme_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2740/projeto_de_lei_no_046-2025_-_altera_lei_municipal_no_1.263_-_2016_que_institui_o_programa_municipal_de_portadores_de_necessidades_especiais_em_turmas_regulares_de_ensino_publico.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2746/projeto_de_lei_no_047-2025_-_autoriza_o_poder_executivo_a_conceder_subvencao_social_ao_centro_comunitario_franco_rossetti.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_substitutivo_no_013-2025_-_autoriza_o_executivo_a_conceder_subvencao_a_associacao_recretiva_assistencial_ao_idoso_e_a_associacao_beneficente_cultural_e_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2623/projeto_de_resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2454/requerimento_no_001-2025_-_voto_de_louvor_em_favor_de_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2455/requerimento_no_002-2025_-_voto_de_louvor_em_favor_do_alegrai-vos.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2456/requerimento_no_003-2025_-_voto_de_louvor_em_favor_de_betania_santos_damasceno.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2457/requerimento_no_004-2025_-_voto_de_louvor_em_favor_yamara_barreto_santos.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2637/requerimento_no_005-2025_-_voto_de_louvor_em_favor_do_13o_batalhao_da_policia_militar_-_3a_companhia_de_pedro_canario-1.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2638/requerimento_no_006-2025_-_requer_voto_de_louvor_e_sessao_solene_em_favor_dos_policiais_militares_em_comemoracao_dos_seus_190_anos_da_pmes-1_1.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2636/requerimento_no_008-2025_-_voto_de_louvor_em_favor_do_sr._elpidio_goncalves_dos_reis_policial_militar_aposentado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2648/requerimento_no_009-2025_-_voto_de_louvor_em_favor_dos_apoiadores_na_realizacao_da_festa_da_tabua_lascada.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2654/requerimento_no_010-2025_-_requer_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2697/requerimento_no_011-2025_-_voto_de_louvor_em_apoio_a_cada_colaborador_do_campeonato_esportivo_em_taquaras.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2698/requerimento_no_012-2025_-_realizacao_de_sessao_solene_do_servidor_publico_e_empreendedor_destaque_e_alteracao_de_horario_da_sessao_ordinaria_do_dia_07.10.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2699/requerimento_no_013-2025_-_voto_de_louvor_em_favor_de_pedro_arthur_dias_tozetti.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2739/requerimento_no_015-2025_-_voto_de_louvor_em_homenagem_aos_servidores_da_secretaria_municipal_de_saude.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H399"/>
+  <dimension ref="A1:H412"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="160.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -12457,2937 +12577,3272 @@
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287" t="s">
         <v>12</v>
       </c>
       <c r="F287" t="s">
         <v>60</v>
       </c>
       <c r="G287" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="H287" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>1182</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>10</v>
+        <v>1183</v>
       </c>
       <c r="D288" t="s">
-        <v>1183</v>
+        <v>11</v>
       </c>
       <c r="E288" t="s">
+        <v>12</v>
+      </c>
+      <c r="F288" t="s">
+        <v>86</v>
+      </c>
+      <c r="G288" s="1" t="s">
         <v>1184</v>
       </c>
-      <c r="F288" t="s">
-[...2 lines deleted...]
-      <c r="G288" s="1" t="s">
+      <c r="H288" t="s">
         <v>1185</v>
-      </c>
-[...1 lines deleted...]
-        <v>1186</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1187</v>
+        <v>1186</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
         <v>10</v>
       </c>
       <c r="D289" t="s">
+        <v>1187</v>
+      </c>
+      <c r="E289" t="s">
         <v>1188</v>
       </c>
-      <c r="E289" t="s">
+      <c r="F289" t="s">
+        <v>108</v>
+      </c>
+      <c r="G289" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="G289" s="1" t="s">
+      <c r="H289" t="s">
         <v>1190</v>
-      </c>
-[...1 lines deleted...]
-        <v>1191</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>10</v>
+      </c>
+      <c r="D290" t="s">
         <v>1192</v>
       </c>
-      <c r="B290" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E290" t="s">
-        <v>1189</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>1193</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="H290" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D291" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E291" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F291" t="s">
         <v>22</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="H291" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D292" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E292" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F292" t="s">
         <v>22</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="H292" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D293" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E293" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F293" t="s">
-        <v>86</v>
+        <v>22</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="H293" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D294" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E294" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F294" t="s">
         <v>86</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="H294" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D295" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E295" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F295" t="s">
         <v>86</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="H295" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D296" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E296" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F296" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="H296" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D297" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E297" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F297" t="s">
         <v>99</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="H297" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D298" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E298" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F298" t="s">
         <v>99</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="H298" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D299" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E299" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F299" t="s">
-        <v>361</v>
+        <v>99</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="H299" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D300" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E300" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F300" t="s">
         <v>361</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="H300" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D301" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E301" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F301" t="s">
         <v>361</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="H301" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D302" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E302" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F302" t="s">
-        <v>108</v>
+        <v>361</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="H302" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D303" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E303" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F303" t="s">
         <v>108</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="H303" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D304" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E304" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F304" t="s">
         <v>108</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="H304" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D305" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E305" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F305" t="s">
-        <v>307</v>
+        <v>108</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="H305" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D306" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E306" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F306" t="s">
         <v>307</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="H306" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="D307" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E307" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F307" t="s">
         <v>307</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="H307" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="D308" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E308" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F308" t="s">
-        <v>60</v>
+        <v>307</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="H308" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D309" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E309" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F309" t="s">
         <v>60</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="H309" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D310" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E310" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F310" t="s">
         <v>60</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="H310" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D311" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E311" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F311" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="H311" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D312" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E312" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F312" t="s">
         <v>13</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="H312" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D313" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E313" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F313" t="s">
         <v>13</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="H313" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D314" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E314" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F314" t="s">
-        <v>294</v>
+        <v>13</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="H314" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D315" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E315" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F315" t="s">
         <v>294</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="H315" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D316" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E316" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F316" t="s">
         <v>294</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="H316" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D317" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E317" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F317" t="s">
-        <v>77</v>
+        <v>294</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="H317" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D318" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E318" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F318" t="s">
         <v>77</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="H318" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D319" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E319" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F319" t="s">
         <v>77</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="H319" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D320" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E320" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F320" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="H320" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D321" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E321" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F321" t="s">
         <v>22</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="H321" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D322" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E322" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F322" t="s">
         <v>22</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="H322" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="D323" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E323" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F323" t="s">
-        <v>173</v>
+        <v>22</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="H323" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="D324" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E324" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F324" t="s">
         <v>173</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="H324" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D325" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E325" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F325" t="s">
         <v>173</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="H325" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="D326" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E326" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F326" t="s">
-        <v>86</v>
+        <v>173</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="H326" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D327" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E327" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F327" t="s">
         <v>86</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="H327" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="D328" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E328" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F328" t="s">
         <v>86</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="H328" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D329" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E329" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F329" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="H329" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D330" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E330" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F330" t="s">
         <v>99</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="H330" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D331" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E331" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F331" t="s">
         <v>99</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="H331" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D332" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E332" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F332" t="s">
-        <v>361</v>
+        <v>99</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="H332" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D333" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E333" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F333" t="s">
         <v>361</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="H333" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D334" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E334" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F334" t="s">
         <v>361</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="H334" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D335" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E335" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F335" t="s">
-        <v>108</v>
+        <v>361</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="H335" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D336" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E336" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F336" t="s">
         <v>108</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="H336" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D337" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E337" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F337" t="s">
         <v>108</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="H337" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D338" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="E338" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="F338" t="s">
-        <v>307</v>
+        <v>108</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="H338" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>10</v>
+        <v>217</v>
       </c>
       <c r="D339" t="s">
-        <v>1340</v>
+        <v>1192</v>
       </c>
       <c r="E339" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F339" t="s">
+        <v>307</v>
+      </c>
+      <c r="G339" s="1" t="s">
         <v>1341</v>
       </c>
-      <c r="F339" t="s">
-[...2 lines deleted...]
-      <c r="G339" s="1" t="s">
+      <c r="H339" t="s">
         <v>1342</v>
-      </c>
-[...1 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>229</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F340" t="s">
+        <v>60</v>
+      </c>
+      <c r="G340" s="1" t="s">
         <v>1344</v>
       </c>
-      <c r="B340" t="s">
-[...11 lines deleted...]
-      <c r="F340" t="s">
+      <c r="H340" t="s">
         <v>1345</v>
-      </c>
-[...4 lines deleted...]
-        <v>1347</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>10</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E341" t="s">
         <v>1348</v>
       </c>
-      <c r="B341" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F341" t="s">
-        <v>1345</v>
+        <v>108</v>
       </c>
       <c r="G341" s="1" t="s">
         <v>1349</v>
       </c>
       <c r="H341" t="s">
         <v>1350</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>1351</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D342" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="E342" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="F342" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="H342" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D343" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="E343" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="F343" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="H343" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D344" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="E344" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="F344" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="H344" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="D345" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="E345" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="F345" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="H345" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="D346" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="E346" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="F346" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="H346" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="D347" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="E347" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="F347" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="H347" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="D348" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="E348" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="F348" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="H348" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D349" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="E349" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="F349" t="s">
-        <v>60</v>
+        <v>1352</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="H349" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="D350" t="s">
-        <v>1376</v>
+        <v>1347</v>
       </c>
       <c r="E350" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F350" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G350" s="1" t="s">
         <v>1377</v>
       </c>
-      <c r="F350" t="s">
-[...2 lines deleted...]
-      <c r="G350" s="1" t="s">
+      <c r="H350" t="s">
         <v>1378</v>
-      </c>
-[...1 lines deleted...]
-        <v>1379</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>55</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F351" t="s">
+        <v>60</v>
+      </c>
+      <c r="G351" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="B351" t="s">
-[...14 lines deleted...]
-      <c r="G351" s="1" t="s">
+      <c r="H351" t="s">
         <v>1381</v>
-      </c>
-[...1 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>59</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F352" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G352" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="B352" t="s">
-[...14 lines deleted...]
-      <c r="G352" s="1" t="s">
+      <c r="H352" t="s">
         <v>1384</v>
-      </c>
-[...1 lines deleted...]
-        <v>1385</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>10</v>
+      </c>
+      <c r="D353" t="s">
         <v>1386</v>
       </c>
-      <c r="B353" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E353" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F353" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="H353" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D354" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E354" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F354" t="s">
-        <v>1390</v>
+        <v>99</v>
       </c>
       <c r="G354" s="1" t="s">
         <v>1391</v>
       </c>
       <c r="H354" t="s">
         <v>1392</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>1393</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="D355" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E355" t="s">
-        <v>1377</v>
+        <v>1387</v>
+      </c>
+      <c r="F355" t="s">
+        <v>99</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>1394</v>
       </c>
       <c r="H355" t="s">
         <v>1395</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>1396</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="D356" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E356" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F356" t="s">
-        <v>173</v>
+        <v>108</v>
       </c>
       <c r="G356" s="1" t="s">
         <v>1397</v>
       </c>
       <c r="H356" t="s">
         <v>1398</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>1399</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="D357" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E357" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F357" t="s">
-        <v>173</v>
+        <v>1400</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="H357" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="D358" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E358" t="s">
-        <v>1377</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>1387</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="H358" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="D359" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E359" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F359" t="s">
-        <v>99</v>
+        <v>173</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="H359" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="D360" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E360" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F360" t="s">
-        <v>99</v>
+        <v>173</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="H360" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="D361" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E361" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F361" t="s">
-        <v>173</v>
+        <v>13</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="H361" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="D362" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E362" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F362" t="s">
-        <v>1345</v>
+        <v>99</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="H362" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="D363" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E363" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F363" t="s">
-        <v>1345</v>
+        <v>99</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="H363" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="D364" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E364" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F364" t="s">
-        <v>99</v>
+        <v>173</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="H364" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="D365" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E365" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F365" t="s">
-        <v>22</v>
+        <v>1352</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="H365" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
       <c r="D366" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E366" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F366" t="s">
-        <v>22</v>
+        <v>1352</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="H366" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>85</v>
+        <v>72</v>
       </c>
       <c r="D367" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E367" t="s">
-        <v>1377</v>
+        <v>1387</v>
+      </c>
+      <c r="F367" t="s">
+        <v>99</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="H367" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>90</v>
+        <v>76</v>
       </c>
       <c r="D368" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E368" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F368" t="s">
-        <v>294</v>
+        <v>22</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="H368" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="D369" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E369" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F369" t="s">
-        <v>1345</v>
+        <v>22</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="H369" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="D370" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E370" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="H370" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="D371" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E371" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F371" t="s">
-        <v>1345</v>
+        <v>294</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="H371" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="D372" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E372" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F372" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="H372" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="D373" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E373" t="s">
-        <v>1377</v>
-[...2 lines deleted...]
-        <v>1345</v>
+        <v>1387</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="H373" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="D374" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E374" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F374" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="H374" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="D375" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E375" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F375" t="s">
-        <v>60</v>
+        <v>1352</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="H375" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="D376" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E376" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F376" t="s">
-        <v>22</v>
+        <v>1352</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="H376" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="D377" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E377" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F377" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="H377" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="D378" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E378" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F378" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="H378" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="D379" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E379" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F379" t="s">
-        <v>1345</v>
+        <v>22</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="H379" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="D380" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E380" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F380" t="s">
-        <v>108</v>
+        <v>1352</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="H380" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="D381" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E381" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F381" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="H381" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="D382" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E382" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F382" t="s">
-        <v>108</v>
+        <v>1352</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="H382" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="D383" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E383" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F383" t="s">
-        <v>1345</v>
+        <v>108</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="H383" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="D384" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E384" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F384" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="H384" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>160</v>
+        <v>148</v>
       </c>
       <c r="D385" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="E385" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="F385" t="s">
         <v>108</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="H385" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>64</v>
+        <v>152</v>
       </c>
       <c r="D386" t="s">
-        <v>1487</v>
+        <v>1386</v>
       </c>
       <c r="E386" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F386" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G386" s="1" t="s">
         <v>1488</v>
       </c>
-      <c r="F386" t="s">
-[...2 lines deleted...]
-      <c r="G386" s="1" t="s">
+      <c r="H386" t="s">
         <v>1489</v>
-      </c>
-[...1 lines deleted...]
-        <v>1490</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>156</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F387" t="s">
+        <v>13</v>
+      </c>
+      <c r="G387" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="B387" t="s">
-[...5 lines deleted...]
-      <c r="D387" t="s">
+      <c r="H387" t="s">
         <v>1492</v>
-      </c>
-[...10 lines deleted...]
-        <v>1496</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1497</v>
+        <v>1493</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="D388" t="s">
-        <v>1498</v>
+        <v>1386</v>
       </c>
       <c r="E388" t="s">
-        <v>1499</v>
+        <v>1387</v>
       </c>
       <c r="F388" t="s">
-        <v>1500</v>
+        <v>108</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1501</v>
+        <v>1494</v>
       </c>
       <c r="H388" t="s">
-        <v>1502</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1503</v>
+        <v>1496</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>17</v>
+        <v>168</v>
       </c>
       <c r="D389" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E389" t="s">
+        <v>1387</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H389" t="s">
         <v>1498</v>
-      </c>
-[...10 lines deleted...]
-        <v>1505</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1506</v>
+        <v>1499</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="D390" t="s">
-        <v>1498</v>
+        <v>1386</v>
       </c>
       <c r="E390" t="s">
-        <v>1499</v>
+        <v>1387</v>
       </c>
       <c r="F390" t="s">
-        <v>1507</v>
+        <v>1352</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1508</v>
+        <v>1500</v>
       </c>
       <c r="H390" t="s">
-        <v>1509</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1510</v>
+        <v>1502</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>26</v>
+        <v>177</v>
       </c>
       <c r="D391" t="s">
-        <v>1498</v>
+        <v>1386</v>
       </c>
       <c r="E391" t="s">
-        <v>1499</v>
+        <v>1387</v>
       </c>
       <c r="F391" t="s">
-        <v>1507</v>
+        <v>1352</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1511</v>
+        <v>1503</v>
       </c>
       <c r="H391" t="s">
-        <v>1512</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1513</v>
+        <v>1505</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
       <c r="D392" t="s">
-        <v>1498</v>
+        <v>1386</v>
       </c>
       <c r="E392" t="s">
-        <v>1499</v>
+        <v>1387</v>
       </c>
       <c r="F392" t="s">
-        <v>99</v>
+        <v>1352</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1514</v>
+        <v>1506</v>
       </c>
       <c r="H392" t="s">
-        <v>1515</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1516</v>
+        <v>1508</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>34</v>
+        <v>185</v>
       </c>
       <c r="D393" t="s">
-        <v>1498</v>
+        <v>1386</v>
       </c>
       <c r="E393" t="s">
-        <v>1499</v>
+        <v>1387</v>
       </c>
       <c r="F393" t="s">
-        <v>99</v>
+        <v>1352</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1517</v>
+        <v>1509</v>
       </c>
       <c r="H393" t="s">
-        <v>1518</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1519</v>
+        <v>1511</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>42</v>
+        <v>193</v>
       </c>
       <c r="D394" t="s">
-        <v>1498</v>
+        <v>1386</v>
       </c>
       <c r="E394" t="s">
-        <v>1499</v>
+        <v>1387</v>
       </c>
       <c r="F394" t="s">
-        <v>13</v>
+        <v>1352</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1520</v>
+        <v>1512</v>
       </c>
       <c r="H394" t="s">
-        <v>1521</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1522</v>
+        <v>1514</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>46</v>
+        <v>197</v>
       </c>
       <c r="D395" t="s">
-        <v>1498</v>
+        <v>1386</v>
       </c>
       <c r="E395" t="s">
-        <v>1499</v>
+        <v>1387</v>
+      </c>
+      <c r="F395" t="s">
+        <v>1352</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1523</v>
+        <v>1515</v>
       </c>
       <c r="H395" t="s">
-        <v>1524</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1525</v>
+        <v>1517</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>50</v>
+        <v>201</v>
       </c>
       <c r="D396" t="s">
-        <v>1498</v>
+        <v>1386</v>
       </c>
       <c r="E396" t="s">
-        <v>1499</v>
+        <v>1387</v>
       </c>
       <c r="F396" t="s">
-        <v>1526</v>
+        <v>1352</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1527</v>
+        <v>1518</v>
       </c>
       <c r="H396" t="s">
-        <v>1528</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1529</v>
+        <v>1520</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>55</v>
+        <v>205</v>
       </c>
       <c r="D397" t="s">
-        <v>1498</v>
+        <v>1386</v>
       </c>
       <c r="E397" t="s">
-        <v>1499</v>
+        <v>1387</v>
       </c>
       <c r="F397" t="s">
-        <v>77</v>
+        <v>1352</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1530</v>
+        <v>1521</v>
       </c>
       <c r="H397" t="s">
-        <v>1531</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1532</v>
+        <v>1523</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D398" t="s">
-        <v>1498</v>
+        <v>1524</v>
       </c>
       <c r="E398" t="s">
-        <v>1499</v>
+        <v>1525</v>
       </c>
       <c r="F398" t="s">
-        <v>514</v>
+        <v>1352</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1533</v>
+        <v>1526</v>
       </c>
       <c r="H398" t="s">
-        <v>1534</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>10</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F399" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>10</v>
+      </c>
+      <c r="D400" t="s">
         <v>1535</v>
       </c>
-      <c r="B399" t="s">
-[...2 lines deleted...]
-      <c r="C399" t="s">
+      <c r="E400" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F400" t="s">
+        <v>1537</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>17</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F401" t="s">
+        <v>108</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>21</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F402" t="s">
+        <v>1544</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>26</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F403" t="s">
+        <v>1544</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>30</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F404" t="s">
+        <v>99</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>34</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F405" t="s">
+        <v>99</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>42</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F406" t="s">
+        <v>13</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>46</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E407" t="s">
+        <v>1536</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>50</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F408" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>55</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F409" t="s">
+        <v>77</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>59</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E410" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F410" t="s">
+        <v>514</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
         <v>64</v>
       </c>
-      <c r="D399" t="s">
-[...5 lines deleted...]
-      <c r="F399" t="s">
+      <c r="D411" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E411" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F411" t="s">
         <v>514</v>
       </c>
-      <c r="G399" s="1" t="s">
+      <c r="G411" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>72</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E412" t="s">
         <v>1536</v>
       </c>
-      <c r="H399" t="s">
-        <v>1537</v>
+      <c r="F412" t="s">
+        <v>307</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1577</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -15746,50 +16201,63 @@
     <hyperlink ref="G375" r:id="rId374"/>
     <hyperlink ref="G376" r:id="rId375"/>
     <hyperlink ref="G377" r:id="rId376"/>
     <hyperlink ref="G378" r:id="rId377"/>
     <hyperlink ref="G379" r:id="rId378"/>
     <hyperlink ref="G380" r:id="rId379"/>
     <hyperlink ref="G381" r:id="rId380"/>
     <hyperlink ref="G382" r:id="rId381"/>
     <hyperlink ref="G383" r:id="rId382"/>
     <hyperlink ref="G384" r:id="rId383"/>
     <hyperlink ref="G385" r:id="rId384"/>
     <hyperlink ref="G386" r:id="rId385"/>
     <hyperlink ref="G387" r:id="rId386"/>
     <hyperlink ref="G388" r:id="rId387"/>
     <hyperlink ref="G389" r:id="rId388"/>
     <hyperlink ref="G390" r:id="rId389"/>
     <hyperlink ref="G391" r:id="rId390"/>
     <hyperlink ref="G392" r:id="rId391"/>
     <hyperlink ref="G393" r:id="rId392"/>
     <hyperlink ref="G394" r:id="rId393"/>
     <hyperlink ref="G395" r:id="rId394"/>
     <hyperlink ref="G396" r:id="rId395"/>
     <hyperlink ref="G397" r:id="rId396"/>
     <hyperlink ref="G398" r:id="rId397"/>
     <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>