--- v1 (2025-11-29)
+++ v2 (2026-01-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3286" uniqueCount="1578">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4159" uniqueCount="1906">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -3594,50 +3594,53 @@
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>PAUTA</t>
   </si>
   <si>
     <t>Pautas das Sessões</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2385/pauta_da_01a_sessao_ordinaria_do_1o_periodo_legislativo_da_11a_legislatura.pdf</t>
   </si>
   <si>
     <t>"PAUTA DA 01ª SESSÃO ORDINÁRIA DO 1º PERÍODO LEGISLATIVO DA 11ª LEGISLATURA DA CÂMARA MUNICIPAL".</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
+    <t>Gil da Saúde, Renato de Taquaras, Venturini</t>
+  </si>
+  <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2538/projeto_de_decreto_legislativo_no_001-2025_-_contas_exercicio_de_2023_-_responsavel_-_bruno_teofilo_araujo.pdf</t>
   </si>
   <si>
     <t>“PRESTAÇÃO DE CONTAS EXERCÍCIO 2023 – MUNICÍPIO DE PEDRO CANÁRIO RESPONSÁVEL: BRUNO TEÓFILO ARAÚJO”.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2620/projeto_de_decreto_legislativo_no_002-2025_-_comenda_do_merito_esportivo_fernando_flavio_de_jesus.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. FERNANDO FLÁVIO DE JESUS”.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2621/projeto_de_decreto_legislativo_no_003-2025_-_comenda_do_merito_esportivo_roberto_vieira_de_jesus.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. RICARDO SUCI FREIRE”.</t>
   </si>
   <si>
     <t>2622</t>
@@ -4041,57 +4044,933 @@
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2731/projeto_de_decreto_legislativo_no_048-2025_-_comenda_a_servidores_publicos_do_municipio.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES AO Sr. MARCOS EGÍDIO BRUNELLI”.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2732/projeto_de_decreto_legislativo_no_049-2025_-_comenda_a_servidores_publicos_do_municipio.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. MARIA SICLEUDE DE AGUILAR SANTOS”.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2733/projeto_de_decreto_legislativo_no_050-2025_-_comenda_a_servidores_publicos_do_municipio.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. ROSILENE OLIVEIRA ANDRADE”.</t>
   </si>
   <si>
+    <t>2853</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2853/projeto_de_decreto_legislativo_no_051-2025_-_dispoe_sobre_a_outorga_da_comenda_a_servidores_pub_a_sra._cassia_cristina_silva_de_oliveira_evangelista.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. CÁSSIA CRISTINA SILVA DE OLIVEIRA EVANGELISTA".</t>
+  </si>
+  <si>
+    <t>2854</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES DE PEDRO CANÁRIO-ES A Sra. MARIA LÚCIA GUAITOLINI DE OLIVEIRA".</t>
+  </si>
+  <si>
     <t>2734</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2734/projeto_de_decreto_legislativo_no_053-2025_-_comenda_a_servidores_publicos_ao_sr._noe_albino_mol.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES AO Sr. NOÉ ALBINO MOL”.</t>
+  </si>
+  <si>
+    <t>2754</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2754/projeto_de_decreto_legislativo_no_054-2025_-_comenda_a_servidores_publicos_a_sra._elsa_campos_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. ELSA CAMPOS DA SILVA”.</t>
+  </si>
+  <si>
+    <t>2755</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2755/projeto_de_decreto_legislativo_no_055-2025_-_comenda_a_servidores_publicos_a_sra._luzia_damascena_lobo.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. LUZIA DAMASCENA LOBO”.</t>
+  </si>
+  <si>
+    <t>2756</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2756/projeto_de_decreto_legislativo_no_056-2025_-_comenda_a_servidores_publicos_a_sra._alessandra_baiense_pereira.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. ALESSANDRA BAIENSE PEREIRA”.</t>
+  </si>
+  <si>
+    <t>2757</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2757/projeto_de_decreto_legislativo_no_057-2025_-_comenda_a_servidores_publicos_a_sra._eliana_regina_galletti.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. ELIANA REGINA GALLETTI”.</t>
+  </si>
+  <si>
+    <t>2758</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2758/projeto_de_decreto_legislativo_no_058-2025_-_comenda_a_servidores_publicos_a_sra._andreia_brunelli_lima_pereira.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. ANDREIA BRUNELLI LIMA PEREIRA”.</t>
+  </si>
+  <si>
+    <t>2759</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2759/projeto_de_decreto_legislativo_no_059-2025_-_comenda_a_servidores_publicos_a_sra._cirleusa_figueredo_ramos.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. CIRLEUSA FIGUEREDO RAMOS”.</t>
+  </si>
+  <si>
+    <t>2760</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2760/projeto_de_decreto_legislativo_no_060-2025_-_comenda_a_servidores_publicos_ao_sr._manoel_de_jesus_gomes.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES AO Sr. MANOEL DE JESUS GOMES”.</t>
+  </si>
+  <si>
+    <t>2761</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2761/projeto_de_decreto_legislativo_no_061-2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. MARIA DA GLÓRIA MAGALHÃES SANTOS”.</t>
+  </si>
+  <si>
+    <t>2762</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2762/projeto_de_decreto_legislativo_no_062-2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. MATILDES GONÇALVES MAIA”.</t>
+  </si>
+  <si>
+    <t>2763</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2763/projeto_de_decreto_legislativo_no_063-2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES AO Sr. GILSON PEREIRA DOS SANTOS”.</t>
+  </si>
+  <si>
+    <t>2764</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2764/projeto_de_decreto_legislativo_no_064-2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. IZAURA ALVES DA ROCHA”.</t>
+  </si>
+  <si>
+    <t>2765</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2765/projeto_de_decreto_legislativo_no_065-2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. CELIA SANTANA BARROS”.</t>
+  </si>
+  <si>
+    <t>2766</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2766/projeto_de_decreto_legislativo_no_066-2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. LUCIANA SANTOS PINHEIRO”.</t>
+  </si>
+  <si>
+    <t>2767</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2767/projeto_de_decreto_legislativo_no_067-2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. PURCINA VALERIANO DE OLIVEIRA”.</t>
+  </si>
+  <si>
+    <t>2768</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2768/projeto_de_decreto_legislativo_no_068-2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. ROSIMERY PEREIRA WILDEMBERG”.</t>
+  </si>
+  <si>
+    <t>2769</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2769/projeto_de_decreto_legislativo_no_069-2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES AO Sr. HERLAN OLIVEIRA DIAS DE FREITAS”.</t>
+  </si>
+  <si>
+    <t>2770</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2770/projeto_de_decreto_legislativo_no_070-2025.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA A SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRO CANÁRIO-ES A Sra. MARISETE PEREIRA DOS SANTOS”.</t>
+  </si>
+  <si>
+    <t>2771</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_decreto_legislativo_no_071-2025_-_comenda_do_merito_esportivo_ao_sr._luis_fernando_silva_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. LUÍS FERNANDO SILVA OLIVEIRA”.</t>
+  </si>
+  <si>
+    <t>2772</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2772/projeto_de_decreto_legislativo_no_072-2025_-_comenda_do_merito_esportivo_ao_sr._thomaz_raimundo_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. THOMAZ RAIMUNDO DOS SANTOS”.</t>
+  </si>
+  <si>
+    <t>2773</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2773/projeto_de_decreto_legislativo_no_073-2025_-_comenda_do_merito_esportivo_ao_sr._valdeir_castro_de_jesus.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. VALDEIR CASTRO DE JESUS”.</t>
+  </si>
+  <si>
+    <t>2774</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2774/projeto_de_decreto_legislativo_no_074-2025_-_comenda_do_merito_esportivo_ao_sr._thiago_vieira_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. THIAGO VIEIRA DOS SANTOS”.</t>
+  </si>
+  <si>
+    <t>2775</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2775/projeto_de_decreto_legislativo_no_075-2025_-_comenda_do_merito_esportivo_a_sra._andreia_cordeiro.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO A Sra. ANDRÉIA CORDEIRO”.</t>
+  </si>
+  <si>
+    <t>2776</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2776/projeto_de_decreto_legislativo_no_076-2025_-_comenda_do_merito_esportivo_ao_sr._juscelino_rodrigues.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. JUSCELINO RODRIGUES”.</t>
+  </si>
+  <si>
+    <t>2777</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2777/projeto_de_decreto_legislativo_no_077-2025_-_comenda_do_merito_esportivo_ao_sr._celio_jesus_silva.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. CÉLIO JESUS SILVA”.</t>
+  </si>
+  <si>
+    <t>2778</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2778/projeto_de_decreto_legislativo_no_078-2025_-_comenda_do_merito_esportivo_sr._jose_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. JOSÉ DOS SANTOS”.</t>
+  </si>
+  <si>
+    <t>2779</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2779/projeto_de_decreto_legislativo_no_079-2025_-_comenda_do_merito_esportivo_a_sra._rosilene_de_jesus_conceicao.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO A Sra. ROSILENE DE JESUS CONCEIÇÃO”.</t>
+  </si>
+  <si>
+    <t>2780</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2780/projeto_de_decreto_legislativo_no_080-2025_-_comenda_do_merito_esportivo_ao_sr._pedro_arthur_dias_tozetti.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. PEDRO ARTHUR DIAS TOZETTI”.</t>
+  </si>
+  <si>
+    <t>2781</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2781/projeto_de_decreto_legislativo_no_081-2025_-_comenda_do_merito_esportivo_ao_grupo_de_vaquejada_jj_ranch.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO GRUPO DE VAQUEJADA JJ RANCH”.</t>
+  </si>
+  <si>
+    <t>2782</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2782/projeto_de_decreto_legislativo_no_082-2025_-_comenda_do_merito_esportivo_ao_grupo_de_trilheiros_canarios_da_trilha.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO GRUPO DE TRILHEIROS CANÁRIOS DA TRILHA”.</t>
+  </si>
+  <si>
+    <t>2783</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2783/projeto_de_decreto_legislativo_no_083-20025_-_comenda_do_merito_esportivo_ao_sr._elio_de_jesus_silva.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. ÉLIO DE JESUS SILVA”.</t>
+  </si>
+  <si>
+    <t>2784</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2784/projeto_de_decreto_legislativo_no_084-2025_-_comenda_do_merito_esportivo_a_equipe_sporting_canario.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO A EQUIPE SPORTING CANÁRIO”.</t>
+  </si>
+  <si>
+    <t>2785</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2785/projeto_de_decreto_legislativo_no_085-2025_-_comenda_do_merito_esportivo_ao_sr._wederson_moreira_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. WEDERSON MOREIRA DOS SANTOS”.</t>
+  </si>
+  <si>
+    <t>2786</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2786/projeto_de_decreto_legislativo_no_086-2025_-_comenda_do_merito_esportivo_ao_sr._neliton_paixao_santos.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. NELITON PAIXÃO SANTOS”.</t>
+  </si>
+  <si>
+    <t>2787</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2787/projeto_de_decreto_legislativo_no_087-20205_-_comenda_do_merito_esportivo_ao_sr._anderson_guilherme_rangel.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. ANDERSON GUILHERME RANGEL”.</t>
+  </si>
+  <si>
+    <t>2788</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2788/projeto_de_decreto_legislativo_no_088-2025_-_comenda_do_merito_esportivo_ao_sr._rian_lucas_marinho.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. RIAN LUCAS MARINHO DE SOUZA”.</t>
+  </si>
+  <si>
+    <t>2789</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2789/projeto_de_decreto_legislativo_no_089-2025_-_comenda_do_merito_esportivo_a_sra._taynara_de_jesus_costa.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO A Sra. TAYNARA DE JESUS COSTA”.</t>
+  </si>
+  <si>
+    <t>2790</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2790/projeto_de_decreto_legislativo_no_090-2025_-_comenda_do_merito_esportivo_ao_sr._antonio_rodrigues_moreira.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. ANTÔNIO RODRIGUES MOREIRA”.</t>
+  </si>
+  <si>
+    <t>2792</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2792/projeto_de_decreto_legislativo_no_091-2025_-_comenda_do_merito_esportivo_ao_sr._wellington_silva_santos.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. WELLINGTON SILVA SANTOS”.</t>
+  </si>
+  <si>
+    <t>2795</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2795/projeto_de_decreto_legislativo_no_092-2025_-_comenda_do_merito_esportivo_ao_sr._evandro_conceicao_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. EVANDRO CONCEIÇÃO DOS SANTOS”.</t>
+  </si>
+  <si>
+    <t>2796</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2796/projeto_de_decreto_legislativo_no_093-2025_-_comenda_do_merito_esportivo_ao_sr._marcos_batista_santos.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. MARCOS BATISTA SANTOS”.</t>
+  </si>
+  <si>
+    <t>2797</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2797/projeto_de_decreto_legislativo_no_094-2025_-_comenda_do_merito_esportivo_ao_sr._wellington_de_jesus_pacatuba.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. WELLINGTON DE JESUS PACATUBA”.</t>
+  </si>
+  <si>
+    <t>2798</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2798/projeto_de_decreto_legislativo_no_095-2025_-_comenda_do_merito_esportivo_ao_sr._osmar_ferreira_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. OSMAR FERREIRA DA SILVA”.</t>
+  </si>
+  <si>
+    <t>2799</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2799/projeto_de_decreto_legislativo_no_096-2025_-_comenda_do_merito_esportivo_ao_sr._wagner_santos_souza.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. WAGNER SANTOS SOUZA”.</t>
+  </si>
+  <si>
+    <t>2800</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2800/projeto_de_decreto_legislativo_no_097-2025_-_comenda_do_merito_esportivo_ao_sr._evanilson_santos_correia.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. EVANILSON SANTOS CORREIA”.</t>
+  </si>
+  <si>
+    <t>2801</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2801/projeto_de_decreto_legislativo_no_098-2025_-_comenda_do_merito_esportivo_a_arena_pc_beach_clube.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO A ARENA PC BEACH CLUBE”.</t>
+  </si>
+  <si>
+    <t>2802</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2802/projeto_de_decreto_legislativo_no_099-2025_-_comenda_do_merito_esportivo_ao_sr._orlando_antonio_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. ORLANDO ANTÔNIO DA SILVA”.</t>
+  </si>
+  <si>
+    <t>2803</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2803/projeto_de_decreto_legislativo_no_100-2025_-_comenda_do_merito_esportivo_ao_sr._zelito_pereira_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OUTORGA DA COMENDA MUNICIPAL DO MÉRITO ESPORTIVO PEDRO RIBEIRO MACHADO AO SR. ZELITO PEREIRA DA SILVA”.</t>
+  </si>
+  <si>
+    <t>2804</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2804/projeto_de_decreto_legislativo_no_101-2025_-_prestacao_de_contas_exercicio_2021_-_responsavel_bruno_teofilo_araujo.pdf</t>
+  </si>
+  <si>
+    <t>"PRESTAÇÃO DE CONTAS EXERCÍCIO 2021 - MUNICÍPIO DE PEDRO CANÁRIO RESPONSÁVEL: BRUNO TEÓFILO ARAÚJO".</t>
+  </si>
+  <si>
+    <t>2805</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2805/projeto_de_decreto_legislativo_no_102-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃ CANARIENSE A Sra. MARIA HELENA SARAIVA DA SILVA".</t>
+  </si>
+  <si>
+    <t>2806</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2806/projeto_de_decreto_legislativo_no_103-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃ CANARIENSE A Sra. SÔNIA MARIA NEGRELLI SILVA".</t>
+  </si>
+  <si>
+    <t>2807</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2807/projeto_de_decreto_legislativo_no_104-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. OCTACIANO GOMES DE SOUZA NETO".</t>
+  </si>
+  <si>
+    <t>2808</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2808/projeto_de_decreto_legislativo_no_105-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. ANDRÉ LUIZ MARQUES MOREIRA".</t>
+  </si>
+  <si>
+    <t>2809</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2809/projeto_de_decreto_legislativo_no_106-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. ADALTO LEMOS RIBEIRO".</t>
+  </si>
+  <si>
+    <t>2810</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2810/projeto_de_decreto_legislativo_no_107-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. SOLIMAR BOASQUIVISKI".</t>
+  </si>
+  <si>
+    <t>2811</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2811/projeto_de_decreto_legislativo_no_108-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. JONAS DA SILVA DUTRA".</t>
+  </si>
+  <si>
+    <t>2812</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2812/projeto_de_decreto_legislativo_no_109-2025_2.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃ CANARIENSE A Sra. RAIMUNDA DE OLIVEIRA REZENDE".</t>
+  </si>
+  <si>
+    <t>2813</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2813/projeto_de_decreto_legislativo_no_110-2025_2.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. EDECIL MORAES MIRANDA".</t>
+  </si>
+  <si>
+    <t>2814</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2814/projeto_de_decreto_legislativo_no_111-2025_2.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. GILSON LUIZ ALTOÉ".</t>
+  </si>
+  <si>
+    <t>2815</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2815/projeto_de_decreto_legislativo_no_112-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. JOSÉ SILVA DE OLIVEIRA".</t>
+  </si>
+  <si>
+    <t>2816</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2816/projeto_de_decreto_legislativo_no_113-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. AILTON SÉRGIO PEREIRA ARAÚJO".</t>
+  </si>
+  <si>
+    <t>2817</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2817/projeto_de_decreto_legislativo_no_114-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. ALMIR SOUZA SILVA".</t>
+  </si>
+  <si>
+    <t>2818</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2818/projeto_de_decreto_legislativo_no_115-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. JAIR LEMES BARBOSA".</t>
+  </si>
+  <si>
+    <t>2819</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2819/projeto_de_decreto_legislativo_no_116-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃ CANARIENSE A Sra. ELIZETE DE JESUS SILVA".</t>
+  </si>
+  <si>
+    <t>2820</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2820/projeto_de_decreto_legislativo_no_117-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. JOSÉ TEIXEIRA LIMA".</t>
+  </si>
+  <si>
+    <t>2821</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2821/projeto_de_decreto_legislativo_no_118-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. ARMÊNIO MACEDO MOREIRA".</t>
+  </si>
+  <si>
+    <t>2822</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2822/projeto_de_decreto_legislativo_no_119-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. ENES CONCEIÇÃO SANTOS".</t>
+  </si>
+  <si>
+    <t>2823</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2823/projeto_de_decreto_legislativo_no_120-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃ CANARIENSE A Sra. LUZINETE DA SILVA COSTA".</t>
+  </si>
+  <si>
+    <t>2824</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2824/projeto_de_decreto_legislativo_no_121-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃ CANARIENSE A Sra. THAYSSA ALVES SCHNABL".</t>
+  </si>
+  <si>
+    <t>2825</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. JOÃO RESENDE SOARES".</t>
+  </si>
+  <si>
+    <t>2826</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2826/projeto_de_decreto_legislativo_no_123-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. JOÃO MIGUEL CRULHE".</t>
+  </si>
+  <si>
+    <t>2827</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2827/projeto_de_decreto_legislativo_no_124-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. JACKSON PEREIRA".</t>
+  </si>
+  <si>
+    <t>2828</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2828/projeto_de_decreto_legislativo_no_125-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. MILTON SILVA DE SOUZA JÚNIOR".</t>
+  </si>
+  <si>
+    <t>2829</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2829/projeto_de_decreto_legislativo_no_126-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃO CANARIENSE AO Sr. CARLOS JOSÉ DE MELO".</t>
+  </si>
+  <si>
+    <t>2830</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2830/projeto_de_decreto_legislativo_no_127-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE OUTORGA DE TÍTULO DE CIDADÃ CANARIENSE A Sra. ROSE ALCÂNTARA DE OLIVEIRA FREITAS".</t>
+  </si>
+  <si>
+    <t>2831</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2831/projeto_de_decreto_legislativo_no_128-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO Sr. JOÃO BATISTA XAVIER DE SOUZA".</t>
+  </si>
+  <si>
+    <t>2832</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2832/projeto_de_decreto_legislativo_no_129-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO PASTOR WELLINGHTON VIANA CRUZ".</t>
+  </si>
+  <si>
+    <t>2833</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2833/projeto_de_decreto_legislativo_no_130-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO Sr. MAURÍCIO OLIVEIRA PIRES".</t>
+  </si>
+  <si>
+    <t>2834</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2834/projeto_de_decreto_legislativo_no_131-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO Sr. JOÃO BATISTA PEREIRA DA SILVA".</t>
+  </si>
+  <si>
+    <t>2835</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2835/projeto_de_decreto_legislativo_no_132-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO Sr. FLÁVIO COSTA SOUZA".</t>
+  </si>
+  <si>
+    <t>2836</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2836/projeto_de_decreto_legislativo_no_133-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO A Sra. THAYRES PEREIRA SANTOS".</t>
+  </si>
+  <si>
+    <t>2837</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2837/projeto_de_decreto_legislativo_no_134-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO Sr. JOSIAS MÁRIO DA VITÓRIA".</t>
+  </si>
+  <si>
+    <t>2838</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2838/projeto_de_decreto_legislativo_no_135-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO Sr. DAVINÁCIO PAIXÃO DA SILVA".</t>
+  </si>
+  <si>
+    <t>2839</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2839/projeto_de_decreto_legislativo_no_136-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO A Sra. ELISÂNGELA MOL DE CARVALHO".</t>
+  </si>
+  <si>
+    <t>2840</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2840/projeto_de_decreto_legislativo_no_137-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO A Sra. LUCIMARA SANTOS DE JESUS".</t>
+  </si>
+  <si>
+    <t>2841</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2841/projeto_de_decreto_legislativo_no_138-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO Sr. NAILTON RAMOS DE OLIVEIRA".</t>
+  </si>
+  <si>
+    <t>2842</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2842/projeto_de_decreto_legislativo_no_139-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO Sr. VALDELI FERREIRA LIMA".</t>
+  </si>
+  <si>
+    <t>2843</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2843/projeto_de_decreto_legislativo_no_140-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO Sr. JOSÉ LAERTE CAMPORESI".</t>
+  </si>
+  <si>
+    <t>2844</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2844/projeto_de_decreto_legislativo_no_141-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO PASTOR MÁRCIO ROBERTO COSTA".</t>
+  </si>
+  <si>
+    <t>2845</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2845/projeto_de_decreto_legislativo_no_142-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO A Sra. PAULA CONTARINI MONTEIRO".</t>
+  </si>
+  <si>
+    <t>2846</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2846/projeto_de_decreto_legislativo_no_143-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO A Sra. VALDETE ROCHA DA SILVA".</t>
+  </si>
+  <si>
+    <t>2847</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2847/projeto_de_decreto_legislativo_no_144-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO A Sra. ANA CLÁUDIA FERREIRA ALVES".</t>
+  </si>
+  <si>
+    <t>2848</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2848/projeto_de_decreto_legislativo_no_145-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO EXECELENTÍSSIMO DR. LEANDRO CUNHA BERNARDES DA SILVEIRA".</t>
+  </si>
+  <si>
+    <t>2849</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2849/projeto_de_decreto_legislativo_no_146-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO AO Sr. MARCOS ANTÔNIO SOUZA GOMES".</t>
+  </si>
+  <si>
+    <t>2850</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2850/projeto_de_decreto_legislativo_no_147-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO A Sra. ELUCIMAR FARIA FERREIRA".</t>
+  </si>
+  <si>
+    <t>2851</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2851/projeto_de_decreto_legislativo_no_148-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO A Sra. ALTINA CARDOZO DE ALMEIDA".</t>
+  </si>
+  <si>
+    <t>2852</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2852/projeto_de_decreto_legislativo_no_149-2025.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A OUTORGA DA COMENDA PEDRO CANÁRIO RIBEIRO A Sra. SORAYA LOPES SENA".</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2336/projeto_de_lei_complementar_no_001-2025_-_altera_dispositivo_da_lei_complementar_no_034_de_27_de_setembro_de_2019.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVO DA LEI COMPLEMENTAR Nº 034 DE 27 DE SETEMBRO DE 2019, QUE _x000D_
 INSTITUI O NOVO CÓDIGO DE POSTURAS DO MUNICÍPIO DE PEDRO CANÁRIO, ESTADO DO ESPÍRITO SANTO, E DÁ OUTRAS PROVIDÊNCIAS E ACRESCENTA OS ARTIGOS 110-A Á 110-K QUE DISPÕE SOBRE DISCIPLINA E OBRIGATORIEDADE DO GERENCIAMENTO ADEQUADO DE RESÍDUOS SÓLIDOS GERADOS EM EVENTOS PÚBLICOS, PRIVADOS OU PÚBLICO-PRIVADOS NO MUNICÍPIO DE PEDRO CANÁRIO/ES E DÁ OUTRAS PROVIDÊNCIAS’’.</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>Kleilson Martins Rezende</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2376/projeto_de_lei_complementar_no_002-2025_-_institui_nova_estrutura_dministrativa_municipal_da_prefeitura_municipal_e_da_outras_providencias.pdf</t>
@@ -4582,81 +5461,168 @@
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2745/projeto_de_lei_no_045-2025_-_prorrogar_a_vigencia_do_plano_municipal_de_educacao_-_pme_do_municipio_de_pedro_canario.pdf</t>
   </si>
   <si>
     <t>“PRORROGAR A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO-PME DO MUNICÍPIO DE PEDRO CANÁRIO”.</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2740/projeto_de_lei_no_046-2025_-_altera_lei_municipal_no_1.263_-_2016_que_institui_o_programa_municipal_de_portadores_de_necessidades_especiais_em_turmas_regulares_de_ensino_publico.pdf</t>
   </si>
   <si>
     <t>“ALTERA LEI MUNICIPAL Nº 1.263/2016, QUE INSTITUI O PROGRAMA MUNICIPAL DE INCLUSÃO DE PORTADORES DE NECESSIDADES ESPECIAIS, EM TURMAS REGULARES DE ENSINO PÚBLICO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2746/projeto_de_lei_no_047-2025_-_autoriza_o_poder_executivo_a_conceder_subvencao_social_ao_centro_comunitario_franco_rossetti.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A CONCEDER SUBVENÇÃO SOCIAL AO CENTRO COMUNITÁRIO FRANCO ROSSETTI, INSTITUIÇÃO PRIVADA DE CARÁTER ASSISTENCIAL E CULTURAL, SEM FINALIDADE LUCRATIVA”.</t>
   </si>
   <si>
+    <t>2748</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2748/projeto_de_lei_no_048-2025_-_dispoe_sobre_a_obrigatoriedade_de_instalacao_de_cameras_de_monitoramento_em_todos_os_veiculos_destinados_ao_transporte.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A OBRIGATORIEDADE DE INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO EM TODOS OS VEÍCULOS DESTINADOS AO TRANSPORTE ESCOLAR DA REDE PÚBLICA DO MUNICÍPIO DE PEDRO CANÁRIO – ESPÍRITO SANTO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>2749</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2749/projeto_de_lei_no_049-2025_-_dispoe_sobre_as_alteracoes_do_plano_de_custeio_do_regime_propio_de_previdencia_social_do_municipio_de_pedro_canario.pdf</t>
+  </si>
+  <si>
+    <t>"PROJETO DE LEI Nº 049/2025 – “DISPÕE SOBRE AS ALTERAÇÕES DO PLANO DE CUSTEIO DO REGIME PRÓPIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE PEDRO CANÁRIO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>2750</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2750/projeto_de_lei_no_050-2025_-_estender_o_fornec_da_alimentacao_escolar_aos_prof_e_demais_prof_da_educ_basica_em_efetivo_exercicio_nas_unid_da_rede_pub.pdf</t>
+  </si>
+  <si>
+    <t>"ESTENDER O FORNEC DA ALIMENTAÇÃO ESCOLAR AOS PROF E DEMAIS PROF DA EDUC BÁSICA EM EFETIVO EXERCÍCIO NAS UNID DA REDE PÚB".</t>
+  </si>
+  <si>
+    <t>2752</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2752/projeto_de_lei_no_052-2025_-_dispoe_sobre_a_instituicao_da_honraria_de_destaque_municipal_comenda_edson_dos_santos_a_ser_concedida_anualmente_a_empresas_que_cont_para_o_desenv_e_fomento_do_esporte.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A INSTITUIÇÃO DA HONRARIA DE DESTAQUE MUNICIPAL "COMENDA EDSON DOS SANTOS", A SER CONCEDIDA ANUALMENTE A EMPRESAS QUE CONTRIBUEM PARA O DESENVOLVIMENTO E FOMENTO DO ESPORTE NO MUNICÍPIO DE PEDRO CANÁRIO – ES".</t>
+  </si>
+  <si>
+    <t>2753</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2753/projeto_de_lei_no_053-2025_-_dispoe_sobre_a_contratacao_de_pessoal_por_tempo_determinado_para_atender_a_necessidade_temporaria_da_saude.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO NO ÂMBITO DA SECRETARIA MUNICIPAL DE SAÚDE, VINCULADA A PROGRAMAS ESTRATÉGICOS, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>2791</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2791/projeto_de_lei_no_054-2025_-_inclui_o_paragrafo_unico_no_art_1o_e_altera_os_art._3o_da_lei_municipal_no_1.190-2015.pdf</t>
+  </si>
+  <si>
+    <t>"INCLUI PARÁGRAFO ÚNICO NO ART. 1° E ALTERA OS ART. 3° DA LEI MUNICIPAL N° 1.190/2015".</t>
+  </si>
+  <si>
+    <t>2793</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2793/projeto_de_lei_no_055-2025_-_institui_o_programa_de_farmacias_credenciadas_de_pedro_canario-es_para_cobertura_complementar_de_medicamentos.pdf</t>
+  </si>
+  <si>
+    <t>"INSTITUI O PROGRAMA DE FARMÁCIAS CREDENCIADAS DE PEDRO CANÁRIO/ES, PARA COBERTURA COMPLEMENTAR DE MEDICAMENTOS DA RELAÇÃO MUNICIPAL DE MEDICAMENTOS (REMUNE) E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>2794</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2794/projeto_de_lei_no_056-2025_-_dispoe_sobre_a_criacao_de_espaco_sensorial_inclusivo_na_praca_da_lagoa_augusto_ruschi.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE A CRIAÇÃO DE ESPAÇO SENSORIAL INCLUSIVO NA PRAÇA DA LAGOA AUGUSTO RUSCHI, NO MUNICÍPIO DE PEDRO CANÁRIO/ES, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
     <t>2422</t>
   </si>
   <si>
     <t>PLS</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_substitutivo_no_013-2025_-_autoriza_o_executivo_a_conceder_subvencao_a_associacao_recretiva_assistencial_ao_idoso_e_a_associacao_beneficente_cultural_e_de_agricultura.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A CONCEDER SUBVENÇÃO A ASSOCIAÇÃO RECREATIVA ASSISTENCIAL AO IDOSO E ASSOCIAÇÃO BENEFICENTE CULTURAL E DA AGRICULTURA DE CRISTAL DO NORTE..."</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Gilberto Carlos Coelho</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2623/projeto_de_resolucao_no_001-2025.pdf</t>
   </si>
   <si>
     <t>"INSTITUI E REGULAMENTA, NO ÂMBITO DA CÂMARA MUNICIPAL DE PEDRO CANÁRIO – ES, AS COMENDAS “PEDRO RIBEIRO MACHADO”, “EMPREENDEDOR DESTAQUE” E “SERVIDOR PÚBLICO MUNICIPAL”, REVOGA AS RESOLUÇÕES Nº 081/2023, 082/2023 E 083/2023, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>2751</t>
+  </si>
+  <si>
+    <t>PELO</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda á Lei Orgânica</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2751/projeto_de_emenda_a_lei_organica_no_001-2025.pdf</t>
+  </si>
+  <si>
+    <t>“Dá nova redação ao inciso X do Art. 74 da Lei Orgânica do Município de Pedro Canário/ES, dispondo sobre o prazo de remessa da Prestação de Contas Anual de Governo”.</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Gilberto Coelho, Mateus Junior do Camata</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2454/requerimento_no_001-2025_-_voto_de_louvor_em_favor_de_bruno_teofilo_araujo.pdf</t>
   </si>
   <si>
     <t>Voto de louvor em favor de Bruno Teófilo Araújo, em virtude de sua nomeação como Superintendente Regional de Saúde da Região Norte do Espírito Santo.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2455/requerimento_no_002-2025_-_voto_de_louvor_em_favor_do_alegrai-vos.pdf</t>
   </si>
@@ -4689,50 +5655,59 @@
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2637/requerimento_no_005-2025_-_voto_de_louvor_em_favor_do_13o_batalhao_da_policia_militar_-_3a_companhia_de_pedro_canario-1.pdf</t>
   </si>
   <si>
     <t>"Requer Voto de Louvor em favor do 13° Batalhão da Policia Militar – 3ª Companhia de Pedro Canário – ES, pelos 190 anos da Polícia Militar do Espirito Santo e pelos serviços prestados a comunidade canariense".</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2638/requerimento_no_006-2025_-_requer_voto_de_louvor_e_sessao_solene_em_favor_dos_policiais_militares_em_comemoracao_dos_seus_190_anos_da_pmes-1_1.pdf</t>
   </si>
   <si>
     <t>Requer Voto de louvor em favor: _x000D_
 _x000D_
 1)	2° SARGENTO ADALTO LEMOS RIBEIRO _x000D_
 2)	3° SARGENTO MARCELO BELINASSI_x000D_
 3)	CABO TALISSON SANTOS TEIXEIRA_x000D_
 4)	CABO VILSON NEVES DA CONCEIÇÃO_x000D_
 5)	SOLDADO JANUSA SILVA NERES REUTER_x000D_
 _x000D_
 “Em virtude da comemoração dos 190 anos da Policia Militar do Espirito Santo e pelo excelente trabalho prestado a comunidade canariense”.</t>
   </si>
   <si>
+    <t>2857</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2857/requerimento_no_007-2025_-_voto_de_louvor_e_sessao_solene_2.pdf</t>
+  </si>
+  <si>
+    <t>"REQUER VOTO DE LOUVOR EM FAVOR DO NÚCLEO ESTRELA DA DANÇA, FASE SPORTS, SELEÇÃO DE BEACH SOCCER DE PEDRO CANÁRIO-ES, ATLETAS E  EQUIPE DA SELEÇÃO DE BEACH SOCCER, ANTÔNIO EDUARDO DOS SANTOS (DUDA BRASIL), BEM COMO REQUER SESSÃO SOLENE".</t>
+  </si>
+  <si>
     <t>2636</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2636/requerimento_no_008-2025_-_voto_de_louvor_em_favor_do_sr._elpidio_goncalves_dos_reis_policial_militar_aposentado.pdf</t>
   </si>
   <si>
     <t>"REQUER SESSÃO SOLENE E VOTO DE LOUVOR EM HOMENAGEM AO SR. ELPÍDIO GONÇALVES DOS REIS, POLICIAL MILITAR APOSENTADO DE MAIOR SENIORIDADE DA REGIÃO".</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2648/requerimento_no_009-2025_-_voto_de_louvor_em_favor_dos_apoiadores_na_realizacao_da_festa_da_tabua_lascada.pdf</t>
   </si>
   <si>
     <t>“ Voto de louvor em virtude de seu apoio na realização da festa da Tábua Lascada”.</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>Gilberto Coelho, Gil da Saúde, Kelsat, Mateus Junior do Camata</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2654/requerimento_no_010-2025_-_requer_sessao_solene.pdf</t>
@@ -4744,50 +5719,59 @@
     <t>2697</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2697/requerimento_no_011-2025_-_voto_de_louvor_em_apoio_a_cada_colaborador_do_campeonato_esportivo_em_taquaras.pdf</t>
   </si>
   <si>
     <t>REQUERER Sessão Solene em favor dos colaboradores do quarto campeonato de futebol de Taquaras, em reconhecimento à sua importância esportiva, social e cultural para a comunidade local, a ser realizada no dia 18 de setembro de 2025 às 19h00min, na Câmara de Vereadores de Pedro Canário, sendo que na oportunidade será entregue certificado com VOTO DE LOUVOR  pelo apoio de cada um.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2698/requerimento_no_012-2025_-_realizacao_de_sessao_solene_do_servidor_publico_e_empreendedor_destaque_e_alteracao_de_horario_da_sessao_ordinaria_do_dia_07.10.pdf</t>
   </si>
   <si>
     <t>"REQUER REALIZAÇÃO DE SESSÕES SOLENE E ALTERAÇÃO EXTRAORDINÁRIA DE HORÁRIO DA 18ª SESSÃO ORDINÁRIA DO 1º PERÍODO LEGISLATIVO DA 11ª LEGISLATURA DA CÂMARA MUNICIPAL DE PEDRO CANÁRIO-ES".</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2699/requerimento_no_013-2025_-_voto_de_louvor_em_favor_de_pedro_arthur_dias_tozetti.pdf</t>
   </si>
   <si>
     <t>"Requer Voto de Louvor em favor de Pedro Arthur Dias Tozetti, em reconhecimento à sua destacada conquista como Vice-Campeão Brasileiro de Karatê Inter Estilos – Categoria Kata Sub-21 Sênior, competição que reuniu 30 atletas de diversos estados do Brasil, demonstrando excelência, dedicação e orgulho para o município de Pedro Canário".</t>
+  </si>
+  <si>
+    <t>2858</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2858/requerimento_no_014-2025_-_requer_sessao_solene_em_favor_da_secretaria_municipal_de_saude.pdf</t>
+  </si>
+  <si>
+    <t>"REQUER VOTO DE LOUVOR E SESSÃO SOLENE EM FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE E SUAS REPARTIÇÕES".</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2739/requerimento_no_015-2025_-_voto_de_louvor_em_homenagem_aos_servidores_da_secretaria_municipal_de_saude.pdf</t>
   </si>
   <si>
     <t>REQUERER VOTO DE LOUVOR,  em homenagem aos servidores da Secretaria Municipal de Saúde em reconhecimento ao comprometimento, à dedicação e à excelência no desempenho de suas funções, contribuindo de forma decisiva para a melhoria da saúde pública e o bem-estar da população.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -5100,56 +6084,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2337/indicacao_no_001-2025_-_instalacao_de_uma_academia_ao_ar_livre_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2338/indicacao_no_002-2025_-_construcao_de_uma_pista_para_ciclistas_e_pedestres_sentido_pedro_canario_-_camata_-_camata_-_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2339/indicacao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2341/indicacao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2342/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2343/indicacao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2344/indicacao_no_007-2025_-_van_para_atender_as_demandas_da_secretaria_de_esportes_municipal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2345/indicacao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2346/indicacao_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2347/indicacao_no_010-2025_-_construcao_do_calcamento_das_ruas_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2348/indicacao_no_011-2025_-_indicam_ao_executivo_ao_executivo_municipal_que_seja_promovida_a_drenagem_pluvial_em_todas_as_ruas_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2349/indicacao_no_012-2025_-_conclusao_do_calcamento_das_ruas_localizadas_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2350/indicacao_no_013-2025_-_criar_uma_legislacao_que_estabeleca_regras_para_as_atividades_de_pesca_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2351/indicacao_no_014-2025_-_constucao_de_quebra-molas_nas_ruas_localizadas_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2352/indicacao_no_015-2025_-_rede_fluvial_e_trincheira_de_drenagem_para_rua_osman_santana_moura_localizada_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_no_016-2025_-_implantacao_de_uma_subprefeitura_nos_distritos_de_cristal_do_norte_floresta_do_sul_e_taquaras.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2354/indicacao_no_017-2025_-_estender_o_atendimento_do_cac_aos_distritos_de_floresta_do_sul_cristal_e_taquaras.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2355/indicacao_no_018-2025_-_instalacao_de_uma_unidade_de_farmacia_basica_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2356/indicacao_no_019-2025_-_implantacao_de_um_conjunto_de_casas_populares_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2357/indicacao_no_020-2025_-_planejamento_de_obras_e_investimentos_a_reforma_completa_da_quadra_poliesportiva_de_cristal_piso_cobertura_iluminacao_equipamentos_esportivos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2358/indicacao_no_021-2025_-_proibir_estacionamento_de_carretas_onibus_e_carros_na_via_lateral_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2359/indicacao_no_022-2025_-_que_a_eco_101_proiba_o_estacionamento_de_carretas_onibus_e_carros_na_via_lateral_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2360/indicacao_no_023-2025_-_limpeza_troca_de_areia_manutencao__bem_como_a_poda_das_arvores_que_ficam_em_torno_da_praca_do_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2361/indicacao_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2362/indicacao_no_025-2025_-_instalacao_de_cameras_nas_ruas_principais_e_no_centro_da_cidade_-_videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2363/indicacao_no_026-2025_-_aquisicao_de_cacambas_estacionarias_e_caminhao_poliguindaste.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2364/indicacao_no_027-2025_-_rede_fluvial_e_calcamento_da_rua_joao_p._da_silva_localizada_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2365/indicacao_no_028-2025_-_bolsa_atleta_a_ser_concedida_aos_atletas_amadores_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2366/indicacao_no_029-2025_-_constucao_de_um_novo_predio_para_alocar_a_e.m.e.f_antonio_guedes_alcoforado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2367/indicacao_no_030-2025_-_construcao_de_um_parque_de_exposicao_onde_tenha_um_espaco_para_realizacao_de_eventos_vaquejada_e_uma_area_para_pratica_de_turfe.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_no_031-2025_-_parceria_com_samu_e_o_corpo_de_bombeiros_militar_para_que_todos_os_servidores_da_educacao_sejam_capacitados_com_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2370/indicacao_no_032-2025_-_sinalizacao_com_a_pintura_dos_quebra-molas_nas_av._minas_gerais_e_av._alberto_dos_reis_castro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2371/indicacao_no_033-2025_-_construcao_de_um_galpao_no_bairro_camata_destinado_ao_mercado_municipal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2372/indicacao_no_034-2025_-_limpeza_e_manutencao_da_area_de_vaquejada_no_distrito_de_cristal_do_norte_2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2377/indicacao_no_035-2025_-_reforma_da_quadra_de_futsal_esportiva_do_bairro_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2378/indicacao_no_036-2025_-_poste_e_rede_de_iluminacao_publica_no_final_da_rua_tancredo_neves_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_037-2025_-_que_seja_aterrado_um_buraco_com_terraplanagem_na_rua_projetada_b_final_da_rua_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2380/indicacao_no_038-2025_-_construcao_da_sede_da_associacao_cultural_anhanguera_ascan..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2373/indicacao_no_039-2025_-_construcao_do_campo_de_grama_sintetica_localizada_no_bairro_santa_rita_campo_do_poeirao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2374/indicacao_no_040-2025_-_conclusao_da_pavimentacao_das_ruas_de_todo_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2375/indicacao_no_041-2025_-_reforma_da_unidade_basica_de_saude_localizada_na_sede_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2386/indicacao_no_042-2025_-_reforma_ou_possivel_construcao_da_empef_taquaras.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2387/indicacao_no_043-2025_-_implementacao_do_saneamento_basico_agua_esgoto_drenagem_e_pavimentacao_em_100_das_ruas_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2388/indicacao_no_044-2025_-_construcao_de_um_complexo_esportivo_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2389/indicacao_no_045-2025_-_instalacao_de_lixeiras_em_todos_os_predios_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2390/indicacao_no_046-2025_-_implantacao_de_placas_de_sinalizacao_na_entrada_de_floresta_do_sul_e_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2391/indicacao_no_047-2025_-_aulas_de_reforco_para_criancas_do_1o_ao_6o_ano_do_ensino_fundamental_da_escola_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2392/indicacao_no_048-2025_-_instalado_um_semaforo_e_faixa_de_pedestres_no_cruzamento_entre_a_av._mario_vello_silvares_e_praca_do_posto_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2393/indicacao_no_049-2025_-_criacao_do_vale_feira_para_servidores_-_conforme_minuta_de_projeto_de_lei_anexo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2394/indicacao_no_050-2025_-_uso_de_automovel_que_nao_esteja_em_uso_para_associacao_de_protecao_e_valorizacao_da_vida_animal_-_pata_amiga.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2395/indicacao_no_051-2025_-_construcao_de_um_canil_municipal.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2396/indicacao_no_052-2025_-_construcao_de_um_mirante_na_av._salvador_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2397/indicacao_no_053-2025_-_continuidade_da_rua_morro_dantas_logo_apos_o_cruzamento_com_a_rua_itaguacu.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2398/indicacao_no_054-2025_-_galpao_para_secagem_de_cafe_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2399/indicacao_no_055-2025_-_implantacao_de_uma_cabine_daa_policia_militar_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2400/indicacao_no_056-2025_-_instalacao_de_placas_indicando_nomes_das_ruas_da_cidade_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2401/indicacao_no_057-2025_-_protecao_em_torno_da_areia_da_praca_do_boa_vista_e_espaco_de_lazer_infantil_com_parque_-_praca_saudavel.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2402/indicacao_no_058-2025_-_instalacao_de_um_placar_eletronico_no_ginasio_de_esporte_osman_santana_moura.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2403/indicacao_no_059-2025_-_instalacao_de_um_ponto_de_onibus_na_av._minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2404/indicacao_no_060-2025_-_implantacao_de_saidas_de_emergencia_e_sinalizacoes_nas_areas_poliesportivas_quadras_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2405/indicacao_no_061-2025_-_implantacao_de_rede_de_wi-fi_internet_gratuita_na_praca_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2406/indicacao_no_062-2025_-_construcao_de_uma_rotatoria_na_entrada_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2407/indicacao_no_063-2025_-_implantacao_de_uma_unidade_de_corpo_de_bombeiros_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2408/indicacao_no_064-2025_-_criacao_do_centro_de_comercializacao_da_agricultura_familiar_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_no_065-2025_-_pavimentacao_e_calcamento_com_bloquetes_na_travessa_minas_gerais_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2410/indicacao_no_066-2025_-_realizacao_do_casamento_comunitario.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2411/indicacao_no_067-2025_-__desapropiacao_da_area_av._presidente_kennedy_para_construcao_do_predio_da_prefeitura_e_construcao_de_um_posto_de_saude_no_local.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_no_068-2025_-_que_a_rodoviaria_do_municipio_seja_alocada_e_construida_em_uma_nova_area_localizada_na_rua_dr._washington_luiz_da_silva_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_no_069-2025_-_criar_convenio_de_apoio_para_realizacoes_das_atividades_da_associacao_pata_amiga_bem_como_cessao_do_espaco_para_instalacao_da_ong.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2414/indicacao_no_070_-_uma_tela_de_protecao_junto_a_cerca_de_madeira_no_entorno_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2415/indicacao_no_071-2025_-_cestas_de_basquete_na_quadra_do_complexo_esportivo_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2423/indicacao_no_072-2025_-_reforma_e_cobertura_do_parque_infantil_da_ceim_professora_normilia_cunha_santos_anexo_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2424/indicacao_no_073-2025_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2425/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2426/indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2427/indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2428/indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2429/indicacao_no_078-2025_-_implementacao_de_um_poco_artesiano_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2430/indicacao_no_079-2025_-_ampliacao_de_acesso_a_area_esportiva_pedro_ribeiro_machado_acrescentar_mais_portoes_para_entrada_e_saida_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2431/indicacao_no_080-2025_-_construcao_de_um_campo_de_grama_sintetica_localizado_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2432/indicacao_no_081-2025_-_lixeiras_em_torno_da_lagoa_augusto_ruschi_bem_como_nas_ruas_paralelas_e_quebra-molas_nas_ruas_em_torno_da_lagoa.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2433/indicacao_no_082-2025_-_concurso_cujo_o_objeto_e_a_criacao_do_hino_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2434/indicacao_no_083-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2435/indicacao_no_084-2025_-_sugere_elaboracao_de_projeto_de_lei_que_acrescente_4_letras_no_padrao_de_vencimentos_dos_prof._do_magist.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2436/indicacao_no_085-2025_-_indica_ao_presidente_da_camara_que_coloque_em_atividade_e_acao_ao_programa_julho_vermelho_-_lei_no_1.328-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2437/indicacao_no_086-2025_-__reajuste_salarial_do_servidor_publico_contratado_e_que_seja_inserido_na_lei_de_revisao_geral_o_servidor.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_no_087-2025_-_instalacao_de_portas_com_detector_de_metais_em_todas_as_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2439/indicacao_no_088-2025_-_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_089-2025_-_contratacao_de_medicos_pediatras_para_atendimento.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2441/indicacao_no_090-2025_-_perfuracao_de_um_poco_artesiano_no_distrito_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2442/indicacao_no_091-2025_-_pavimentacao_das_ruas_que_ainda_faltam_em_taquaras.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2443/indicacao_no_092-2025_-_alterar_legislacao_tributaria_que_consiste_em_conceder_o_desconto_de_15_no_iptu_para_os_postos_de_combustiveis.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2444/indicacao_no_093-2025_-_disponibilizar_uma_assistente_social_em_tempo_integral_para_atender_o_centro_de_convivencia_de_floresta_do_sul_e_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2445/indicacao_no_094-2025_-_criacao_de_um_espaco_cultural_afim_de_atender_a_comunidade_anexo_ao_cras_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2446/indicacao_no_095-2025_-_novo_projeto_de_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2447/indicacao_no_096-2025_-_pontos_de_iluminacao_pub._entre_as_ruas_gerson_ribeiro_de_souza_e_rua_getulio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2448/indicacao_no_097-2025_-_reforma_e_ampliacao_da_escola_municipal_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2449/indicacao_no_098-2025_-_mutirao_no_assent._castro_alves_e_floresta_do_sul_para_emissao_de_documento_de_identidade.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2450/indicacao_no_099-2025_-_construir_uma_area_de_lazer_praca_no_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2451/indicacao_no_100-2025_-_implantacao_de_um_posto_da_policia_rodoviaria_federal_na_divisa_entre_o_estado_do_es_e_bahia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2453/indicacao_no_101-2025_-_implantacao_da_sala_do_empreendedor_itinerante_para_realizacao_de_atendimento_nos_bairros_e_distrito_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2458/indicacao_no_102-2025_-_perfuracao_de_um_poco_artesiano_no_bairro_sao_geraldo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2459/indicacao_no_103-2025_-_implantacao_de_calcadas_cidadas_na_sede_e_distritos_deste_municipio_visando_garantir_a_mobilidade_e_a_seguranca_de_todos_os_cidadaos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2460/indicacao_no_104-2025_-_perfuracao_de_pocos_artesianos_em_pontos_estrategicos_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2461/indicacao_no_105-2025_-_construcao_de_uma_unidade_de_pronto_atendimento_pa_24_horas..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2462/indicacao_no_106-2025_-_instalacao_na_praca_do_bairro_boa_vista_de_aparelhos_de_academia_popular_ao_ar_livre_em_aco_inox.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2463/indicacao_no_107-2025_-_implantacao_de_um_banco_municipal_de_materiais_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2464/indicacao_no_108-2025_-_construcao_de_um_campo_de_grama_sintetica_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2465/indicacao_no_109-2025_-_ampliar_horarios_de_atendimento_nas_unidades_basicas_de_saude_desta_municipalidade.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2466/indicacao_no_110-2025_-_construcao_de_uma_quadra_de_esportes_para_o_novo_colegio_sao_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2467/indicacao_no_111-2025_-_apos_a_inauguracao_da_nova_escola_sao_joao_batista_a_quadra_atual_seja_administrada_pela_secretaria_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2468/indicacao_no_112-2025_-_construcao_de_quebra-molas_nas_ruas_mimoso_do_sul_rua_juscelino_kubitschek_rua_vale_do_itaunas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2469/indicacao_no_113-2025_-_construir_uma_unidade_de_saude_para_o_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2470/indicacao_no_114-2025_-_reforma_e_manutencao_do_poco_de_abastecimentos_de_agua_publico_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2471/indicacao_no_115-2025_-_realizacao_de_calcamento_ou_recapeamento_da_rua_sao_mateus_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2472/indicacao_no_116-2025_-_atendimento_profissional_de_radiologia_no_hospital_menino_jesus_por_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2473/indicacao_no_117-2025_-_limpeza_e_reforma_do_cemiterio_municipal_considerando_a_necessidade_de_manutencao_adequada.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2474/indicacao_no_118-2025_-_conclusao_do_calcamento_da_rua_mantenopolis_bairro_leonorio.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2475/indicacao_no_119-2025_-_contratacao_de_um_medico_urologista_qo_menos_uma_vez_na_semana.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2476/indicacao_no_120-2025_-_instalacao_de_placas_de_proibido_jogar_lixo_em_lugares_inapropiados_ou_em_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2477/indicacao_no_121-2025_-_implementacao_de_um_sistema_de_cerco_eletronico_no_municipio_abrangendo_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2478/indicacao_no_122-2025_-_interlocucao_junto_a_concessionaria_eco_101_visando_a_instalacao_de_semaforo_na_area_em_frente_ao_posto_ozorinho.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2479/indicacao_no_123-2025_-_construcao_de_cobertura_de_eventos_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2480/indicacao_no_124-2025_-_envide_esforcos_junto_ao_der-es_no_sentido_de_viabilizar_a_instalacao_de_placas_de_sinalizacao_ao_longo_da_rod_es-209_que_liga_pc_a_cristal.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2481/indicacao_no_125-2025_-_implantacao_de_espaco_de_animais_de_estimacao_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2482/indicacao_no_126-2025_-_aplicacao_de_piso_salarial_para_todos_os_professores_da_rede_municipal_do_municipio_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_no_127-2025_-_construcao_de_um_campo_sintetico_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2484/indicacao_no_128-2025_-_apoiar_a_associacao_de_agricultores_de_cristal_do_norte_no_desenvolvimento_de_apicultura.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2485/indicacao_no_129-2025_-_construcao_de_uma_creche_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_no_130-2025_-_pavimentacao_e_op_calcamento_com_bloquetes_da_rua_da_pimenta_leonorio_ii.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2487/indicacao_no_131-2025_-_instituir_obrigatoriamente_o_exame_de_ecocardiograma_em_recem_nascidos_que_tiveram_alteracoes_no_teste_do_coracaozinho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_no_132-2025_-_sejam_feitas_hortas_comunitarias_nas_regioes_e-ou_bairros_mais_carentes_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2489/indicacao_no_133-2025_-_construido_quebra-molas_na_rua_paulo_vi_bairro_leonorio_ii.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2490/indicacao_no_134-2025_-_capeamento_asfaltico_na_rua_menino_jesus_-_vila_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2491/indicacao_no_135-2025_-_implantar_cameras_de_monitoramento_nas_escolas_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2492/indicacao_no_136-2025_-_construcao_de_uma_nova_unidade_basica_de_saude_dr._ailme_venturim_borgo_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2499/indicacao_no_137-2025_-_contrucao_de_um_campo_sintetico_na_localidade_carapinas.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2500/indicacao_no_138-2025_-_espaco_adequado_para_atendimento_do_cras_no_distrito_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2501/indicacao_no_139-2025_-_criacao_de_servico_de_acolhimento_para_mulheres_vitimas_de_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2502/indicacao_no_140-2025_-_implantacao_de_estacionamento_exclusivo_para_motocicletas_no_entorno_da_lagoa_agusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2503/indicacao_no_141-2025_-_contrucao_de_um_campo_de_futebol_society_no_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2504/indicacao_no_142-2025_-_construcao_de_uma_praca_de_lazer_no_bairro_colina_com_instalacao_de_brinquedos_educativos_para_criancas_e_idosos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2505/indicacao_no_143-2025_-_implantacao_de_uma_passarela_na_travessia_das_tres_pistas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2506/indicacao_no_144-2025_-_campeonato_anual_de_pesca_esportiva_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2507/indicacao_no_145-2025_-_contratacao_de_mais_um_profissional_de_radiologia_para_ampliacao_de_atendimento.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2508/indicacao_no_146-2025_-_pocos_artesianos_nos_bairros_vista_alegre_e_leonorio_ii_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2509/indicacao_no_147-2025_-_disponibilizar_no_hospital_menino_jesus_um_ortopedista_que_possa_realizar_raio_x_com_laudo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_no_148-2025_-_locar_um_imovel_para_funcionamento_do_centro_de_convivencia_e_fortalecimento_de_vinculos.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2511/indicacao_no_149-2025_-_construcao_de_um_quebra-molas_na_rua_morro_dantassituada_no_centro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2512/indicacao_no_150-2025_-_implantacao_de_uma_faixa_de_pedestres_na_av._salvador_no_centro.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2517/indicacao_no_151-2025-_construcao_de_lombadas_quebra-molas_nas_ruas_castelo_branco_e_sebastiao_canal_bairro_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2518/indicacao_no_152-2025_-_atendimento_de_especialistas_de_podologia_nas_unidades_de_saude_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2519/indicacao_no_153-2025_-_implantacao_da_bolsa_estudantil_bolsa_aluno_para_estudantes_matriculados_na_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2520/indicacao_no_154-2025_-_instalacao_de_playgrounds_adaptados_para_criancas_com_deficiencia_ou_mobilidade_reduzida_nas_pracas_da_lagoa_boa_vista_cras_camata_floresta_do_sul_e_cristal.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2521/indicacao_no_155-2025_-_cerca_de_tela_soldada_para_amutraca_-_associacao_de_mulheres_trabalhadoras_rurais_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2522/indicacao_no_156-2025_-_instalacao_de_playgrounds_nas_pracas_do_cras_camata_floresta_do_sul_e_cristal.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2523/indicacao_no_157-2025_-_acoes_de_prevencao_e_promocao_da_saude_na_lagoa_augusto_ruschi_incluido_a_afericao_de_pressao_arterial_teste_de_glicemia_orientacao_sobre_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2524/indicacao_no_158-2025_-_aulas_de_aerobica_e_outras_modalidades_de_danca_a_serem_realizadas_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2525/indicacao_no_159-2025_-_implementacao_de_salas_sensoriais_em_espacos_publicos_como_escolas_unidade_de_saude_centros_de_assistencia_social_para_pessoas_com_tea.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2526/indicacao_no_160-2025_-_construcao_de_um_quadra_poliesportiva_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2527/indicacao_no_161-2025_-_alimentacao_diferenciada_para_criancas_e_adolescentes_portadores_de_diabetes_doencas_celiacas_e_intolerancia_a_lactose.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_no_162-2025_-_reforma_do_campo_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_no_163-2025_-_construcao_de_uma_creche_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2530/indicacao_no_164-2025_-_construcao_de_moradias_populares_na_sede_pedro_canario_e_distritos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_no_165-2025_-_instalacao_de_uma_academia_popular_na_praca_existente_no_distrito_de_floresta_do_sul_e_providencie_a_poda_das_arvores_da_mesma.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_no_166-2025_-_implementacao_do_projeto_sorriso_mais_bonito_voltado_a_saude_bucal_infantil.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_no_167-2025_-_instalar_mais_bancos_na_praca_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2540/indicacao_no_168-2025_-_consultorio_odontologico_na_unidade_de_saude_renata_goncalves_de_araujo_taquaras.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2541/indicacao_no_169-2025_-_novo_centro_de_referencia_de_assistencia_social_cras_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_no_170-2025_-_construcao_de_um_centro_de_atencao_psicossocial_caps_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2543/indicacao_no_171-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2544/indicacao_no_172-2025_-_reforma_da_unidade_de_saude_do_bairro_sao_joao_batista_-_camata.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2545/indicacao_no_173-2025_-_construcao_de_mais_uma_unidade_de_saude_no_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2546/indicacao_no_174-2025_-_manter_uma_ambulancia_na_unidade_de_saude_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2547/indicacao_no_175-2025_-_implantacao_de_aula_de_musica_nas_escolas_e_oficinas_do_cras.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2548/indicacao_no_176-2025_-_revogacao_das_taxas_de_foro_e_laudemio_incidentes_sobre_imoveis_localizados_nos_bairros_sao_joao_batista_e_saturnino_mauro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2549/indicacao_no_177-2025_-_regularizacao_fundiaria_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2550/indicacao_no_178-2025_-_reinsercao_dos_niveis_i_e_ii_no_plano_de_cargos_e_salarios_do_magisterio_para_contratacao_de_professores_cursando_a_partir_do_5o_periodo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2551/indicacao_no_179-2025_-_implantacao_de_drenagem_pluvial_pavimentacao_e_iluminacao_publica_na_rua_sao_rafael_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2552/indicacao_no_180-2025_-_implantacao_de_infraestrutura_urbana_na_rua_projetada_i_no_bairro_colina_com_a_drenagem_pluvial_pavimentacao_e_instalacao_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2553/indicacao_no_181-2025_-_construcao_de_arquibancada_com_cobertura_no_campo_de_futebol_da_comunidade_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2554/indicacao_no_182-2025_-_instalacao_de_arquibancadas_no_campo_de_futebol_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2555/indicacao_no_183-2025_-_construcao_de_uma_unidade_basica_de_saude_nos_bairros_esplanada_e_alvorada.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2556/indicacao_no_184-2025_-_reforma_geral_da_praca_de_cristal_do_norte_e_manutencao_das_mesas_e_bancos_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2557/indicacao_no_185-2025_-_instalacao_de_quiosques_no_campo_de_futebol_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2558/indicacao_no_186-2025_-_instalacao_de_bebedouros_em_toda_area_da_lagoa_augusto_ruschi_no_complexo_esportivo_e_na_area_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2559/indicacao_no_187-2025_-_intensificacao_do_uso_do_carro_fumace_no_combate_aos_mosquitos_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2560/indicacao_no_188-2025_-_criacao_do_programa_guarda_mirim_no_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_no_189-2025_-_criacao_de_uma_fazendinha_educativa_e_turistica_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_no_190-2025_-_revogacao_das_taxas_de_foro_e_laudemio_dos_imoveis_localizados_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao_no_192-2025_-_implantacao_e_iluminacao_nos_pontos_de_onibus_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2565/indicacao_no_193-2025_-_construcao_da_sede_da_associacao_de_moradores_do_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2566/indicacao_no_194-2025_-_adaptacao_de_ducha_para_a_area_de_futevolei_e_volei_na_arena_pedro_ribeiro_machado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2567/indicacao_no_195-2025_-_construcao_de_caixa_ralo_na_rede_de_drenagem_pluvial_na_rua_bahia_sul_travessia_da_rua_felinto_damiao_colina.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2568/indicacao_no_196-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_vicente_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2570/indicacao_no_197-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_domingos_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2571/indicacao_no_198-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_santa_luziaa_bairro_boa__vista.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2572/indicacao_no_199-2025_-_pavimentacao_e_calcamento_com_bloquetes_da_rua_santa_helena_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2573/indicacao_no_200-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_vila_velha_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2574/indicacao_no_201-2025_-_pavimentacao_e_calcamento_com_bloquetes_da_rua_sao_silvestre_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2575/indicacao_no_202-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_roque_boa_vista_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2579/indicacao_no_203-2025_-_postes_com_iluminacao_publica_em_cristal_-_av._francisco_porfirio_de_souza_jose_luiz_da_costa_e_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2578/indicacao_no_204-2025_-_revitalizacao_do_centro_da_cidade_com_a_construcao_de_calcada_cidada_e_conclusao_do_asfalto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2580/indicacao_no_205-2025_-_calcamento_com_pavimentacao_em_paralelepipedo__na_estrada_rural_-_fazenda_carapina.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2581/indicacao_no_206-2025_-_criacao_e_implementacao_do_gabinete_de_gestao_integrada_municipal_-_ggim.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2582/indicacao_no_207-2025_-_instalacao_de_uma_academia_popular_no_campo_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2583/indicacao_no_208-2025_-_paltaforma_digital_-_pedro_canario_conecta_destinada_a_divulgacao_de_servicos_e_profissionais.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2584/indicacao_no_209-2025_-_criacao_e_implementacao_do_programa_esporte_na_melhor_idade_visando_a_saude_e_o_bem_estar_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2585/indicacao_no_210-2025_-_construcao_de_um_poco_artesiano_no_cras_camata.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2586/indicacao_no_211-2025_-_inclusao_do_tratamento_endodontico_canal_nas_unidades_basicas_de_saude_do_municipios_e_distritos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2587/indicacao_no_212-2025_-_implantacao_do_programa_remedio_em_casa.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2588/indicacao_no_213-2025_-_plantio_de_arvores_nativas_em_pontos_estrategicos_do_municipio_e_seus_distritos.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2589/indicacao_no_214-2025_-_compactacao_do_trecho_de_estrada_localizado_entre_o_bairro_camata_e_ponte.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2590/indicacao_no_215-2025_-_retorno_das_atividades_do_programa_campeoes_do_futuro_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2591/indicacao_no_216-2025_-_contrucao_de_uma_unidade_de_educacao_infantil_-_creche_no_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2596/indicacao_no_217-2025_-_firmar_convenios_com_municipios_vizinhos_visando_a_autorizacao_de_uso_compartilhado_de_maquinas_e_equipamentos_publicos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2597/indicacao_no_218-2025_-_reforma_da_praca_de_lazer_localizada_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2598/indicacao_no_219-2025_-_realizacao_de_reforma_na_praca_de_lazer_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2599/indicacao_no_220-2025_-_instalacao_de_um_semaforo_na_avenida_vila_velha_localizada_no_centro..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_no_221-2025_-_implantacao_de_uma_academia_popular_na_praca_do_cras_do_camata.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2604/indicacao_no_222-2025_-_correcao_da_defasagem_do_auxilio-moradia_com_base_em_indices_de_inflacao.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_no_223-2025_-_novo_projeto_de_drenagem_comtemplando_a_rua_sao_gabriel_localizada_no_centro_rua_da_creche_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_no_224-2025_-_pavimentacao_da_rua_vivaldo_lopes_localizada_entre_os_bairros_esplanada_e_eldourado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_no_225-2025_-_calcamento_da_rua_jose_f._canario_no_trecho_localizado_em_frente_a_praca_da_matriz_centro..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_no_226-2025_-_instalacao_de_semaforos_em_pontos_estrategicos_do_municipio_av._prsidente_kennedy_av._alberto_dos_reis_castro_rua_caltren_e_av._salvador.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2609/indicacao_no_227-2025_-_implantacao_de_uma_praca_de_alimentacao_na_antiga_pracinha_do_quiabo_localizada_no_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_no_228-2025_-_aplicativo_digital_para_acompanhar_protocolos_reportar_problemas_como_buracos_nas_vias_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_no_229-2025_-_regulamenta_apreensao_de_animais_de_medio_e_grande_porte_soltos_nas_vias_e_logradouros_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2612/indicacao_no_230-2025_-_elaborar_um_projeto_de_lei_autorizando_o_municipio_a_firmar_convenio_com_o_estado_para_fins_de_repassa_financeiro_destinado_aos_policias_militares.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2632/indicacao_no_231-2025_-_tombar_a_tabua_lascada_como_partimonio_imaterial_e_desapropiar_a_area_que_a_festa_foi_realizada.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2613/indicacao_no_232-2025_-_manutencao_preventiva_e_corretiva_no_sistema_de_ar-condicionado_do_centro_de_referencia_de_assistencia_social_cras_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2614/indicacao_no_233-2025_-_instalacao_de_rampas_de_acesso_e_demais_adequacoes_necessarias_nos_quiosques_localizados_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_no_234-2025_-_atualizacao_dos_equipamentos_da_casa_do_cidadao_ultilizados_para_coleta_de_biometria_digital.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_no_235-2025_-_implantacao_de_uma_ciclovia_na_avenida_francisco_porfirio_de_souza_-_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_no_236-2025_-_disponibilizar_o_servico_de_tomografia_computadorizada_tc_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_no_237-2025_-_implantacao_de_cartao_nutri_ferias_para_alunos_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2619/indicacao_no_238-2025_-_servico_de_vigilancia_e_seguranca_24_horas_no_hospital_menino_jesus.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2624/indicacao_no_239-2025_-_lixeiras_publicas_com_separacao_de_residuos_reciclaveis_na_regiao_central_da_cidade_pracas_avenidas.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2625/indicacao_no_240-2025_-_atendimento_presencial_ou_remoto_de_medicos_cardiologista_neuropediatra_e_pneumologia.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_no_241-2025_-_atendimento_presencial_ou_remoto_de_especialistas_em_reumatologia_e_ortopedia_nas_unidades_de_saude.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_no_242-2025_-_reforma_na_unidade_de_saude_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_no_243-2025_-_implantacao_de_uma_sala_de_vacinacao_na_unidade_de_saude_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2629/indicacao_no_244-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2630/indicacao_no_245-2025_-_reforma_da_usina_de_reciclagem_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2631/indicacao_no_246-2025_-_servico_de_teleconsulta_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2633/indicacao_no_247-2025_-_implantar_um_consultorio_odontologico_na_unidade_de_saude_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2634/indicacao_no_248-2025_-_implantacao_da_rede_de_esgoto_na_rua_zilda_gomes_natalaina_muniz_no_trecho_a_partir_da_av._vale_do_itaunas_bairro_camata_i.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2635/indicacao_no_249-2025_-_pavimentacao_das_vias_do_conjunto_residencial_cridasa.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_no_250-2025_-_sugere_implantacao_da_creche_do_idoso_conforme_projeto_de_lei_em_anexo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2641/indicacao_no_251-2025_-_sugere_contratacao_ou_disponibilizacao_de_profissional_de_nutricao_para_atuar_nos_centros_de_assistencia_social_-_cras.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2642/indicacao_no_252-2025_-_substituicao_do_parquinho_infantil_de_ferro_por_um_de_plastico_para_a_escola_jose_francisco_cordeiro_fazenda_carapina..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_no_253-2025_-_instalacao_de_bicicletarios_no_centro_de_pedro_canario_visando_incentivar_o_uso_de_bicicletas.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2644/indicacao_no_254-2025_-_aquisicao_de_novas_cadeiras_odontologicas_para_os_consultorios_de_saude_bucal_das_unidades_basicas_de_saude.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2645/indicacao_no_255-2025_-_reforma_e_ampliacao_do_centro_de_referencia_de_assistencia_social_-_cras_camata.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_no_256-2025_-_criacao_do_conselho_municipal_de_esportes_visando_fortalecer_e_organizar_as_politicas_publicas_de_esporte_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2647/indicacao_no_257-2025_-_substituicao_completa_do_gramado_sintetico_do_campo_society_localizado_no_parque_esportivo_da_lagoa.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2649/indicacao_no_258-2025_-_calcamentos_ruas_adelaide_b._morozini_jose_domingos_de_carvalho_manoel_r._souza_neto_e_domicio_ribom.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2650/indicacao_no_259-2025_-_instalacao_de_iluminacao_publica_e_realizacao_de_pavimentacao_na_rua_machado_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2651/indicacao_no_260-2025_-_instalacao_de_um_redutor_de_velocidade_com_placas_de_advertencia_nas_proximidades_da_cachoeira_dos_pretos_br_209.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2655/indicacao_no_261-2025_-_construcao_de_uma_creche_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2656/indicacao_no_262-2025_-_renovacao_e_melhorias_dos_equipamentos_do_centro_de_fisioterapia_municipal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2657/indicacao_no__263-2025_-_construcao_de_uma_unidade_basica_de_saude_ubs_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2658/indicacao_no_264-2025_-_melhorias_nas_estradas_que_ligam_o_municipio_ao_distrito_de_agua_preta__em_conceicao_da_barra_e_reforma_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2659/indicacao_no_265-2025_-_realizacao_do_servicos_de_poda_de_todas_as_arvores_do_bairro_camata_i_e_ii.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_no_266-2025_-_atribuir_o_nome_a_rua_mota_viana_a_uma_via_publica_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2661/indicacao_no_267-2025_-_reforma_da_casa_de_passagem.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao_no_269-2025_-_sinalizacao_de_transito_vertical_e_horizontal_incluindo_faixa_de_pedestres_em_frente_a_escola_maria_otilia.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2700/indicacao_no_270-2025_-_instalacao_de_redutor_de_velocidade_com_placas_na_rua_felinto_damiao_em_frente_a_casa_de_no_79_-_bairro_leonorio_i..pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_no_271-2025_-_instalacao_de_redutor_de_velocidade_com_placas_de_advertencia_na_rua_felinto_damiao_s-n_leonorio_ii_prox_a_igreja_missao_rua_lateral_da_ceim_-_oficina_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2702/indicacao_no_272-2025_-_realize_campanha_de_saude_nas_dependencias_da_associacao_pestalozzi_de_pedro_canario_vacinacaoatendimento_medico_oftalmologico_e_odontologico.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_no_273-2025_-_analise_tecnica_em_relacao_qual_medida_a_ser_conferida_a_arvore_localizada_junto_ao_campo_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2704/indicacao_no_274-2025_-_servicos_de_manutencao_no_campo_society_do_bairro_esplanada_conserto_de_alambrados_a_reparacao_da_rede_de_protecao_e_a_limpeza_geral_do_local.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_no_275-2025_-_instalacao_de_quebra-molas_nas_ruas_julia_bonelar_e_nossa_senhora_aparecida_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2706/indicacao_no_276-2025_-_instalacao_e_iluminacao_publica_na_rua_santa_uberlandia_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2707/indicacao_no_277-2025_-_manutencao_e_conservacao_dos_bancos_de_reserva_do_campo_society_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2708/indicacao_no_278-2025_-_locar_um_imovel_para_o_funcionamento_do_centro_de_convivencia_e_fortalecimento_de_vinculos_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2709/indicacao_no_279-2025_-_implantar_um_espaco_especifico_para_atendimento_das_teleconsultas_de_especialidades_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2712/indicacao_no_280-2025_-_instalacao_de_uma_nova_academia_popular_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2713/indicacao_no_281-2025_-_implantacao_de_uma_unidade_movel_de_saude_-_carreta_itinerante_saude_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2714/indicacao_no_282-2025_-_construcao_de_um_centro_de_referencia_de_assistencia_social_cras_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_no_283-2025_-reforma_da_escola_tres_de_maio_localizada_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2716/indicacao_no_284-2025_-_reforma_na_sede_da_prefeitura_municipal_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2717/indicacao_no_285-2025_-_instlacao_de_playgroud_parquinho_infantil_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_no_286-2025_-_implantacao_de_quebra-molas_na_rua_getulio_vargas_localizada_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2719/indicacao_no_287-2025_-_criacao_de_uma_area_de_lazer_com_campo_society_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_no_288-2025_-_restauracao_e_revitalizacao_do_canteiro_central_do_distrito_de_cristal_do_norte_recuperacao_dos_meios-fios_nivelamento_jardinagem_e_pintura.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2385/pauta_da_01a_sessao_ordinaria_do_1o_periodo_legislativo_da_11a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2538/projeto_de_decreto_legislativo_no_001-2025_-_contas_exercicio_de_2023_-_responsavel_-_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2620/projeto_de_decreto_legislativo_no_002-2025_-_comenda_do_merito_esportivo_fernando_flavio_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2621/projeto_de_decreto_legislativo_no_003-2025_-_comenda_do_merito_esportivo_roberto_vieira_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2622/projeto_de_decreto_legislativo_no_004-2025_-_comenda_do_merito_esportivo_ricardo_suci_freire.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2663/projeto_de_decreto_legislativo_no_005-2025_-_empresa_trappuz_multimarcas.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_decreto_legislativo_no_006-2025_-_empresa_ciara_material_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_decreto_legislativo_no_007-2025_-_supermercado_linharense.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2666/projeto_de_decreto_legislativo_no_008-2025_-_empresa_assistech_celulares.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2667/projeto_de_decreto_legislativo_no_009-2025_-_empresa_borracharia_do_regi.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2668/projeto_de_decreto_legislativo_no_010-2025_-_empresa_restaurante_sb_delivery_comida_caseira.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2669/projeto_de_decreto_legislativo_no_011-2025_-_casa_do_trabalhador.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2670/projeto_de_decreto_legislativo_no_012-2025_-_salluz_modas.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2671/projeto_de_decreto_legislativo_no_013-2025_-_empresa_distribuidora_do_para.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2672/projeto_de_decreto_legislativo_no_014-2025_-_sr._tarcisio_porto.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2673/projeto_de_decreto_legislativo_no_015-2025_-_matos_calcados.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2674/projeto_de_decreto_legislativo_no_016-2025_-_5_estrelas_carros_e_motos.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2675/projeto_de_decreto_legislativo_no_017-2025_-_salao_do_lagoa.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2676/projeto_de_decreto_legislativo_no_018-2025_-_empresa_junior_motos.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2677/projeto_de_decreto_legislativo_no_019-2025_-_realcred_solucoes_financeiras.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2678/projeto_de_decreto_legislativo_no_020-2025_-_empresa_supermercado_santos.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2679/projeto_de_decreto_legislativo_no_021-2025_-_empresa_acougue_allanzin.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2680/projeto_de_decreto_legislativo_no_022-2025_-_empresa_dular_moveis.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2681/projeto_de_decreto_legislativo_no_023-2025_-_empresa_dular_moveis.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2682/projeto_de_decreto_legislativo_no_024-2025_-_fj_distribuidora.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2683/projeto_de_decreto_legislativo_no_025-2025_-_novo_lar_moveis.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2684/projeto_de_decreto_legislativo_no_026-2025_-_empresa_costa_bike.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2685/projeto_de_decreto_legislativo_no_027-2025_-_empresa_distribuidora_avenida.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2686/projeto_de_decreto_legislativo_no_028-2025_-_empresa_bar_das_coleguinhas.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2687/projeto_de_decreto_legislativo_no_029-2025_-_empresa_biratinha_design.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2688/projeto_de_decreto_legislativo_no_030-2025_-_empresa_inovar_sistemas.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2689/projeto_de_decreto_legislativo_no_031-2025_-_empresa_lf_moto.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2690/projeto_de_decreto_legislativo_no_032-2025_-_cafe_e_prosa.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2691/projeto_de_decreto_legislativo_no_033-2025_-_adreia_magazine.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2692/projeto_de_decreto_legislativo_no_034-2025_-_moto_racing.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2693/projeto_de_decreto_legislativo_no_035-2025_-_alfa_boutique.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2694/projeto_de_decreto_legislativo_no_036-2025_-_coimbra_autopecas.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2695/projeto_de_decreto_legislativo_no_037-2025_-_lima_gas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2721/projeto_de_decreto_legislativo_no_038-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2722/projeto_de_decreto_legislativo_no_039-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2723/projeto_de_decreto_legislativo_no_040-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2724/projeto_de_decreto_legislativo_no_041-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2725/projeto_de_decreto_legislativo_no_042-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2726/projeto_de_decreto_legislativo_no_043-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2727/projeto_de_decreto_legislativo_no_044-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2728/projeto_de_decreto_legislativo_no_045-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2729/projeto_de_decreto_legislativo_no_046-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2730/projeto_de_decreto_legislativo_no_047-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2731/projeto_de_decreto_legislativo_no_048-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2732/projeto_de_decreto_legislativo_no_049-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2733/projeto_de_decreto_legislativo_no_050-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2734/projeto_de_decreto_legislativo_no_053-2025_-_comenda_a_servidores_publicos_ao_sr._noe_albino_mol.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2336/projeto_de_lei_complementar_no_001-2025_-_altera_dispositivo_da_lei_complementar_no_034_de_27_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2376/projeto_de_lei_complementar_no_002-2025_-_institui_nova_estrutura_dministrativa_municipal_da_prefeitura_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2421/projeto_de_lei_complementar_no_003-2025_-_institui_a_bonificacao_por_desempenho_no_ambito_da_secretaria_municipal_de_educacao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2493/projeto_de_lei_complementar_no_004-2025_-_inclui_anexos_na_lc_09-2008_reestrutura_carreiras_no_sevico_publico_resolve.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2514/projeto_de_lei_complementar_no_005-2025_-_acrescenta_e_altera_dispositivos_na_lei_comp._no_44-2021_e_nas_suas_atualiz._ref_a_estrutura_organiz._do_inst._de_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2515/projeto_de_lei_complementar_no_006-2025_-_concede_revisao_geral_anual_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2516/projeto_de_lei_complementar_no_007-2025_-_altera_lei_complementar_no_06-2006_que_dispoe_sobre_o_plano_de_cargos_carreiras_e_vencimentos_do_magisterio_pub_p._fixar_o_piso_salarial_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2595/projeto_de_lei_complementar_no_008-2025_-_dispoe_sobre_a_adequacao_de_requisitos_atribuicoes_reestruturacao_de_carreira_e_realinhamento_de_remuneracoes_de_carg._publicos.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2639/projeto_de_lei_complementar_no_009-2025_-__acrecenta_dispositivos_na_lc_04-2005_e_altera_dispositivo_da_lc_062-2025_e_da_outras_providencias_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2696/projeto_de_lei_complementar_no_010-2025_-_altera_dispositivos_da_lei_complementar_no_034_de_27-09-2019_que_institui_o_codigo_de_posturas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2720/projeto_de_lei_complementar_no_011-2025_-_altera_l.c_034-2019_que_institui_o_codigo_de_posturas_do_municipio_para_acrescentar_os_paragrafos_5o_ao_13o_ao_art_87_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2747/projeto_de_lei_complementar_substitutivo_no_012-2025_-_altera_lei_complementar_municipal_no_009-2008_alterada_pela_lei_complementar_municipal_no_066-2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2332/projeto_de_lei_no_001-2025_-_cria_o_programa_musica_nas_escolas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2333/projeto_de_lei_no_002-2025_-_cria_programa_de_apoio_as_maes_atipicas_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2334/projeto_de_lei_no_003-2025_-_cria_a_proibicao_da_pratica_de_poluicao_sonora_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_de_lei_no_004-2025_-_institui_no_municipio_de_pedro_canario-es_a_semana_municipal_do_agronegocio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2381/projeto_de_lei_no_005-2025_-_altera_o_anexo_i_da_lei_munipal_no_1.363_de_08_de_2019.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2382/projeto_de_lei_no_006-2025_-_dispoe_sobre_a_denominacao_da_rua_travessa_minas_gerais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2383/projeto_de_lei_no_007-2025_-_institui_e_inclui_no_calendario_oficial_no_municipio_o_dia_de_conscientizacao_e_enfrentamento_a_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2384/projeto_de_lei_no_008-2025_-_dispoe_sobre_a_obrigatoriedade_de_remocao_dos_cabos_e_fiacao_aerea_execentes_e_inutilizados_instalados_por_concessionarias.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2416/projeto_de_lei_no_009-2025_-_dispoe_sobre_aula_de_canto_no_ambito_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2417/projeto_de_lei_no_010-2025_-_institui_a_capacitacao_em_nocoes_de_primeiros_socorros_para_professores__funcionarios_da_educacao_e_de_estabelecimentos_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2418/projeto_de_lei_no_011-2025_-_dispoe_sobre_a_emissao_e_disponibilizacao_gratuita_de_carteira_estudantil.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2419/projeto_de_lei_no_012-2025_-_dispoe_sobre_o_atendimento_preferencial_as_pessoas_com_fibromialgia_nos_locais_que_especifica.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2420/projeto_de_lei_no_013-2025_-_autoriza_o_poder_executivo_a_conceder_subvencao_a_associacao_recreativa_assistencial_ao_idoso_e_associacao_beneficente_cultural_e_da_agricultura_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2452/projeto_de_lei_no_014-2025_-_alteracao_do_artigo_2o_da_lei_municipal_no_1.566-2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2494/projeto_de_lei_no_015-2025_-_campanha_maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2495/projeto_de_lei_no_016-2025_-_dia_da_empregada_domestica_no_calendario_oficial_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2496/projeto_de_lei_no_017-2025_-_selo_autista_a_bordo.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2497/projeto_de_lei_no_018-2025_-_dispoe_sobre_implantacao_de_atividades_esportivas_para_criancas_e_adolescentes_com_deficiencia_no_cronograma_esportivo_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2498/projeto_de_lei_no_019-2025_-_institui_o_programa_permanente_de_conscientizacao_e_tratamento_do_pe_torto_congenito_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2513/projeto_de_lei_no_020-2025_-_dispoe_sobre_a_regulamentacao_da_pesca.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2534/projeto_de_lei_no_021-2025_-_criacao_do_projeto_sorriso_mais_bonito_destinado_a_promocao_da_saude_bucal_infantil.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2535/projeto_de_lei_no_022-2025_-_altera_dispositivo_da_lei_municipal_no_1.537-2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2536/projeto_de_lei_no_023-2025_-_institui_a_politica_municipal_de_educacao_ambiental_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2537/projeto_de_lei_no_024-2025_-_institui_o_fundo_municipal_dos_direitos_da_pessoa_idosa_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2539/projeto_de_lei_no_025-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_federacao_capixaba_de_corrida_de_aventura_fcca_associacao_civil_sem_finalidade_lucrativa.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2576/projeto_de_lei_no_026-2025_-_obrigatoriedade_do_uso_de_focinheira_e_estabelece_normas_de_seguranca_para_conducao_de_caes.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2577/projeto_de_lei_no_027-2025_-_proibicao_do_uso_de_dispositivos_eletronicos_para_fumar_defs_incluindo_cigarros_eletronicos_vapes_pods....pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2592/projeto_de_lei_no_028-2025_-_criacao_da_camara_intersetorial_de_seguranca_alimentar_e_nutricional_caisan_no_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2593/projeto_de_lei_no_029-2025_-_institui_o_aplicativo_digital_de_servicos_publicos_no_municipio_que_permite_ao_cidadao_solicitar_servicos_acompanhar_protocolos_reportar_problemas.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2594/projeto_de_lei_no_030-2025_-_institui_e_regulamenta_o_auxilio-alimentacao_de_carater_indenizatorio_aos_professores_e_pedagogos_contratados.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2601/projeto_de_lei_no_031-2025_-_institui_e_inclui_no_calendario_oficial_no_municipio_o_dia_municipal_do_terco_dos_homens_a_ser_comemorado_anualmente_no_dia_25_de_julho.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2602/projeto_de_lei_no_032-2025_-_institui_o_programa_bike_legal_no_municipio_com_diretrizes_para_o_uso_seguro_e_responsavel_de_bicicletas_eletricas.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2652/projeto_de_lei_no_033-2025_-_dispoe_sobre_o_bem-estar_sensorial_das_criancas_com_transtorno_espectro_autista_tea_nas_escolas_da_rede_publica.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2653/projeto_de_lei_no_034-2025_-_autoriza_o_executivo_municipal_a_abrir_credito_adicional_especial_e_da_outras_providecias-1-4.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2710/projeto_de_lei_no_035-2025_-_dispoe_sobre_a_implantacao_de_acoes_de_educacao_para_o_transito_no_ambito_escolar_e_na_sociedade_em_geral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2711/projeto_de_lei_no_036-2025_-_declara_utilidade_publica_municipal_a_associacao_de_catadores_de_materiais_reciclaveis_do_municipio_de_pedro_canario_-_es.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2736/projeto_de_lei_no_038-2025_-_acrescenta_paragrafo_unico_ao_art._1o_da_lei_municipal_no_1.518-2022_2-1-2.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2737/projeto_de_lei_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2741/projeto_de_lei_no_040-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2742/projeto_de_lei_no_041-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2743/projeto_de_lei_substitutivo_no_042-2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2744/projeto_de_lei_no_044-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2745/projeto_de_lei_no_045-2025_-_prorrogar_a_vigencia_do_plano_municipal_de_educacao_-_pme_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2740/projeto_de_lei_no_046-2025_-_altera_lei_municipal_no_1.263_-_2016_que_institui_o_programa_municipal_de_portadores_de_necessidades_especiais_em_turmas_regulares_de_ensino_publico.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2746/projeto_de_lei_no_047-2025_-_autoriza_o_poder_executivo_a_conceder_subvencao_social_ao_centro_comunitario_franco_rossetti.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_substitutivo_no_013-2025_-_autoriza_o_executivo_a_conceder_subvencao_a_associacao_recretiva_assistencial_ao_idoso_e_a_associacao_beneficente_cultural_e_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2623/projeto_de_resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2454/requerimento_no_001-2025_-_voto_de_louvor_em_favor_de_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2455/requerimento_no_002-2025_-_voto_de_louvor_em_favor_do_alegrai-vos.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2456/requerimento_no_003-2025_-_voto_de_louvor_em_favor_de_betania_santos_damasceno.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2457/requerimento_no_004-2025_-_voto_de_louvor_em_favor_yamara_barreto_santos.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2637/requerimento_no_005-2025_-_voto_de_louvor_em_favor_do_13o_batalhao_da_policia_militar_-_3a_companhia_de_pedro_canario-1.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2638/requerimento_no_006-2025_-_requer_voto_de_louvor_e_sessao_solene_em_favor_dos_policiais_militares_em_comemoracao_dos_seus_190_anos_da_pmes-1_1.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2636/requerimento_no_008-2025_-_voto_de_louvor_em_favor_do_sr._elpidio_goncalves_dos_reis_policial_militar_aposentado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2648/requerimento_no_009-2025_-_voto_de_louvor_em_favor_dos_apoiadores_na_realizacao_da_festa_da_tabua_lascada.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2654/requerimento_no_010-2025_-_requer_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2697/requerimento_no_011-2025_-_voto_de_louvor_em_apoio_a_cada_colaborador_do_campeonato_esportivo_em_taquaras.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2698/requerimento_no_012-2025_-_realizacao_de_sessao_solene_do_servidor_publico_e_empreendedor_destaque_e_alteracao_de_horario_da_sessao_ordinaria_do_dia_07.10.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2699/requerimento_no_013-2025_-_voto_de_louvor_em_favor_de_pedro_arthur_dias_tozetti.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2739/requerimento_no_015-2025_-_voto_de_louvor_em_homenagem_aos_servidores_da_secretaria_municipal_de_saude.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2337/indicacao_no_001-2025_-_instalacao_de_uma_academia_ao_ar_livre_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2338/indicacao_no_002-2025_-_construcao_de_uma_pista_para_ciclistas_e_pedestres_sentido_pedro_canario_-_camata_-_camata_-_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2339/indicacao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2341/indicacao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2342/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2343/indicacao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2344/indicacao_no_007-2025_-_van_para_atender_as_demandas_da_secretaria_de_esportes_municipal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2345/indicacao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2346/indicacao_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2347/indicacao_no_010-2025_-_construcao_do_calcamento_das_ruas_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2348/indicacao_no_011-2025_-_indicam_ao_executivo_ao_executivo_municipal_que_seja_promovida_a_drenagem_pluvial_em_todas_as_ruas_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2349/indicacao_no_012-2025_-_conclusao_do_calcamento_das_ruas_localizadas_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2350/indicacao_no_013-2025_-_criar_uma_legislacao_que_estabeleca_regras_para_as_atividades_de_pesca_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2351/indicacao_no_014-2025_-_constucao_de_quebra-molas_nas_ruas_localizadas_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2352/indicacao_no_015-2025_-_rede_fluvial_e_trincheira_de_drenagem_para_rua_osman_santana_moura_localizada_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_no_016-2025_-_implantacao_de_uma_subprefeitura_nos_distritos_de_cristal_do_norte_floresta_do_sul_e_taquaras.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2354/indicacao_no_017-2025_-_estender_o_atendimento_do_cac_aos_distritos_de_floresta_do_sul_cristal_e_taquaras.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2355/indicacao_no_018-2025_-_instalacao_de_uma_unidade_de_farmacia_basica_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2356/indicacao_no_019-2025_-_implantacao_de_um_conjunto_de_casas_populares_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2357/indicacao_no_020-2025_-_planejamento_de_obras_e_investimentos_a_reforma_completa_da_quadra_poliesportiva_de_cristal_piso_cobertura_iluminacao_equipamentos_esportivos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2358/indicacao_no_021-2025_-_proibir_estacionamento_de_carretas_onibus_e_carros_na_via_lateral_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2359/indicacao_no_022-2025_-_que_a_eco_101_proiba_o_estacionamento_de_carretas_onibus_e_carros_na_via_lateral_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2360/indicacao_no_023-2025_-_limpeza_troca_de_areia_manutencao__bem_como_a_poda_das_arvores_que_ficam_em_torno_da_praca_do_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2361/indicacao_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2362/indicacao_no_025-2025_-_instalacao_de_cameras_nas_ruas_principais_e_no_centro_da_cidade_-_videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2363/indicacao_no_026-2025_-_aquisicao_de_cacambas_estacionarias_e_caminhao_poliguindaste.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2364/indicacao_no_027-2025_-_rede_fluvial_e_calcamento_da_rua_joao_p._da_silva_localizada_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2365/indicacao_no_028-2025_-_bolsa_atleta_a_ser_concedida_aos_atletas_amadores_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2366/indicacao_no_029-2025_-_constucao_de_um_novo_predio_para_alocar_a_e.m.e.f_antonio_guedes_alcoforado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2367/indicacao_no_030-2025_-_construcao_de_um_parque_de_exposicao_onde_tenha_um_espaco_para_realizacao_de_eventos_vaquejada_e_uma_area_para_pratica_de_turfe.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_no_031-2025_-_parceria_com_samu_e_o_corpo_de_bombeiros_militar_para_que_todos_os_servidores_da_educacao_sejam_capacitados_com_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2370/indicacao_no_032-2025_-_sinalizacao_com_a_pintura_dos_quebra-molas_nas_av._minas_gerais_e_av._alberto_dos_reis_castro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2371/indicacao_no_033-2025_-_construcao_de_um_galpao_no_bairro_camata_destinado_ao_mercado_municipal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2372/indicacao_no_034-2025_-_limpeza_e_manutencao_da_area_de_vaquejada_no_distrito_de_cristal_do_norte_2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2377/indicacao_no_035-2025_-_reforma_da_quadra_de_futsal_esportiva_do_bairro_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2378/indicacao_no_036-2025_-_poste_e_rede_de_iluminacao_publica_no_final_da_rua_tancredo_neves_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_037-2025_-_que_seja_aterrado_um_buraco_com_terraplanagem_na_rua_projetada_b_final_da_rua_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2380/indicacao_no_038-2025_-_construcao_da_sede_da_associacao_cultural_anhanguera_ascan..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2373/indicacao_no_039-2025_-_construcao_do_campo_de_grama_sintetica_localizada_no_bairro_santa_rita_campo_do_poeirao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2374/indicacao_no_040-2025_-_conclusao_da_pavimentacao_das_ruas_de_todo_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2375/indicacao_no_041-2025_-_reforma_da_unidade_basica_de_saude_localizada_na_sede_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2386/indicacao_no_042-2025_-_reforma_ou_possivel_construcao_da_empef_taquaras.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2387/indicacao_no_043-2025_-_implementacao_do_saneamento_basico_agua_esgoto_drenagem_e_pavimentacao_em_100_das_ruas_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2388/indicacao_no_044-2025_-_construcao_de_um_complexo_esportivo_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2389/indicacao_no_045-2025_-_instalacao_de_lixeiras_em_todos_os_predios_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2390/indicacao_no_046-2025_-_implantacao_de_placas_de_sinalizacao_na_entrada_de_floresta_do_sul_e_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2391/indicacao_no_047-2025_-_aulas_de_reforco_para_criancas_do_1o_ao_6o_ano_do_ensino_fundamental_da_escola_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2392/indicacao_no_048-2025_-_instalado_um_semaforo_e_faixa_de_pedestres_no_cruzamento_entre_a_av._mario_vello_silvares_e_praca_do_posto_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2393/indicacao_no_049-2025_-_criacao_do_vale_feira_para_servidores_-_conforme_minuta_de_projeto_de_lei_anexo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2394/indicacao_no_050-2025_-_uso_de_automovel_que_nao_esteja_em_uso_para_associacao_de_protecao_e_valorizacao_da_vida_animal_-_pata_amiga.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2395/indicacao_no_051-2025_-_construcao_de_um_canil_municipal.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2396/indicacao_no_052-2025_-_construcao_de_um_mirante_na_av._salvador_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2397/indicacao_no_053-2025_-_continuidade_da_rua_morro_dantas_logo_apos_o_cruzamento_com_a_rua_itaguacu.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2398/indicacao_no_054-2025_-_galpao_para_secagem_de_cafe_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2399/indicacao_no_055-2025_-_implantacao_de_uma_cabine_daa_policia_militar_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2400/indicacao_no_056-2025_-_instalacao_de_placas_indicando_nomes_das_ruas_da_cidade_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2401/indicacao_no_057-2025_-_protecao_em_torno_da_areia_da_praca_do_boa_vista_e_espaco_de_lazer_infantil_com_parque_-_praca_saudavel.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2402/indicacao_no_058-2025_-_instalacao_de_um_placar_eletronico_no_ginasio_de_esporte_osman_santana_moura.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2403/indicacao_no_059-2025_-_instalacao_de_um_ponto_de_onibus_na_av._minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2404/indicacao_no_060-2025_-_implantacao_de_saidas_de_emergencia_e_sinalizacoes_nas_areas_poliesportivas_quadras_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2405/indicacao_no_061-2025_-_implantacao_de_rede_de_wi-fi_internet_gratuita_na_praca_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2406/indicacao_no_062-2025_-_construcao_de_uma_rotatoria_na_entrada_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2407/indicacao_no_063-2025_-_implantacao_de_uma_unidade_de_corpo_de_bombeiros_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2408/indicacao_no_064-2025_-_criacao_do_centro_de_comercializacao_da_agricultura_familiar_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_no_065-2025_-_pavimentacao_e_calcamento_com_bloquetes_na_travessa_minas_gerais_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2410/indicacao_no_066-2025_-_realizacao_do_casamento_comunitario.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2411/indicacao_no_067-2025_-__desapropiacao_da_area_av._presidente_kennedy_para_construcao_do_predio_da_prefeitura_e_construcao_de_um_posto_de_saude_no_local.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_no_068-2025_-_que_a_rodoviaria_do_municipio_seja_alocada_e_construida_em_uma_nova_area_localizada_na_rua_dr._washington_luiz_da_silva_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_no_069-2025_-_criar_convenio_de_apoio_para_realizacoes_das_atividades_da_associacao_pata_amiga_bem_como_cessao_do_espaco_para_instalacao_da_ong.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2414/indicacao_no_070_-_uma_tela_de_protecao_junto_a_cerca_de_madeira_no_entorno_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2415/indicacao_no_071-2025_-_cestas_de_basquete_na_quadra_do_complexo_esportivo_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2423/indicacao_no_072-2025_-_reforma_e_cobertura_do_parque_infantil_da_ceim_professora_normilia_cunha_santos_anexo_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2424/indicacao_no_073-2025_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2425/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2426/indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2427/indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2428/indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2429/indicacao_no_078-2025_-_implementacao_de_um_poco_artesiano_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2430/indicacao_no_079-2025_-_ampliacao_de_acesso_a_area_esportiva_pedro_ribeiro_machado_acrescentar_mais_portoes_para_entrada_e_saida_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2431/indicacao_no_080-2025_-_construcao_de_um_campo_de_grama_sintetica_localizado_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2432/indicacao_no_081-2025_-_lixeiras_em_torno_da_lagoa_augusto_ruschi_bem_como_nas_ruas_paralelas_e_quebra-molas_nas_ruas_em_torno_da_lagoa.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2433/indicacao_no_082-2025_-_concurso_cujo_o_objeto_e_a_criacao_do_hino_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2434/indicacao_no_083-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2435/indicacao_no_084-2025_-_sugere_elaboracao_de_projeto_de_lei_que_acrescente_4_letras_no_padrao_de_vencimentos_dos_prof._do_magist.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2436/indicacao_no_085-2025_-_indica_ao_presidente_da_camara_que_coloque_em_atividade_e_acao_ao_programa_julho_vermelho_-_lei_no_1.328-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2437/indicacao_no_086-2025_-__reajuste_salarial_do_servidor_publico_contratado_e_que_seja_inserido_na_lei_de_revisao_geral_o_servidor.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_no_087-2025_-_instalacao_de_portas_com_detector_de_metais_em_todas_as_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2439/indicacao_no_088-2025_-_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_089-2025_-_contratacao_de_medicos_pediatras_para_atendimento.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2441/indicacao_no_090-2025_-_perfuracao_de_um_poco_artesiano_no_distrito_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2442/indicacao_no_091-2025_-_pavimentacao_das_ruas_que_ainda_faltam_em_taquaras.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2443/indicacao_no_092-2025_-_alterar_legislacao_tributaria_que_consiste_em_conceder_o_desconto_de_15_no_iptu_para_os_postos_de_combustiveis.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2444/indicacao_no_093-2025_-_disponibilizar_uma_assistente_social_em_tempo_integral_para_atender_o_centro_de_convivencia_de_floresta_do_sul_e_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2445/indicacao_no_094-2025_-_criacao_de_um_espaco_cultural_afim_de_atender_a_comunidade_anexo_ao_cras_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2446/indicacao_no_095-2025_-_novo_projeto_de_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2447/indicacao_no_096-2025_-_pontos_de_iluminacao_pub._entre_as_ruas_gerson_ribeiro_de_souza_e_rua_getulio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2448/indicacao_no_097-2025_-_reforma_e_ampliacao_da_escola_municipal_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2449/indicacao_no_098-2025_-_mutirao_no_assent._castro_alves_e_floresta_do_sul_para_emissao_de_documento_de_identidade.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2450/indicacao_no_099-2025_-_construir_uma_area_de_lazer_praca_no_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2451/indicacao_no_100-2025_-_implantacao_de_um_posto_da_policia_rodoviaria_federal_na_divisa_entre_o_estado_do_es_e_bahia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2453/indicacao_no_101-2025_-_implantacao_da_sala_do_empreendedor_itinerante_para_realizacao_de_atendimento_nos_bairros_e_distrito_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2458/indicacao_no_102-2025_-_perfuracao_de_um_poco_artesiano_no_bairro_sao_geraldo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2459/indicacao_no_103-2025_-_implantacao_de_calcadas_cidadas_na_sede_e_distritos_deste_municipio_visando_garantir_a_mobilidade_e_a_seguranca_de_todos_os_cidadaos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2460/indicacao_no_104-2025_-_perfuracao_de_pocos_artesianos_em_pontos_estrategicos_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2461/indicacao_no_105-2025_-_construcao_de_uma_unidade_de_pronto_atendimento_pa_24_horas..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2462/indicacao_no_106-2025_-_instalacao_na_praca_do_bairro_boa_vista_de_aparelhos_de_academia_popular_ao_ar_livre_em_aco_inox.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2463/indicacao_no_107-2025_-_implantacao_de_um_banco_municipal_de_materiais_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2464/indicacao_no_108-2025_-_construcao_de_um_campo_de_grama_sintetica_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2465/indicacao_no_109-2025_-_ampliar_horarios_de_atendimento_nas_unidades_basicas_de_saude_desta_municipalidade.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2466/indicacao_no_110-2025_-_construcao_de_uma_quadra_de_esportes_para_o_novo_colegio_sao_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2467/indicacao_no_111-2025_-_apos_a_inauguracao_da_nova_escola_sao_joao_batista_a_quadra_atual_seja_administrada_pela_secretaria_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2468/indicacao_no_112-2025_-_construcao_de_quebra-molas_nas_ruas_mimoso_do_sul_rua_juscelino_kubitschek_rua_vale_do_itaunas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2469/indicacao_no_113-2025_-_construir_uma_unidade_de_saude_para_o_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2470/indicacao_no_114-2025_-_reforma_e_manutencao_do_poco_de_abastecimentos_de_agua_publico_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2471/indicacao_no_115-2025_-_realizacao_de_calcamento_ou_recapeamento_da_rua_sao_mateus_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2472/indicacao_no_116-2025_-_atendimento_profissional_de_radiologia_no_hospital_menino_jesus_por_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2473/indicacao_no_117-2025_-_limpeza_e_reforma_do_cemiterio_municipal_considerando_a_necessidade_de_manutencao_adequada.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2474/indicacao_no_118-2025_-_conclusao_do_calcamento_da_rua_mantenopolis_bairro_leonorio.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2475/indicacao_no_119-2025_-_contratacao_de_um_medico_urologista_qo_menos_uma_vez_na_semana.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2476/indicacao_no_120-2025_-_instalacao_de_placas_de_proibido_jogar_lixo_em_lugares_inapropiados_ou_em_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2477/indicacao_no_121-2025_-_implementacao_de_um_sistema_de_cerco_eletronico_no_municipio_abrangendo_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2478/indicacao_no_122-2025_-_interlocucao_junto_a_concessionaria_eco_101_visando_a_instalacao_de_semaforo_na_area_em_frente_ao_posto_ozorinho.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2479/indicacao_no_123-2025_-_construcao_de_cobertura_de_eventos_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2480/indicacao_no_124-2025_-_envide_esforcos_junto_ao_der-es_no_sentido_de_viabilizar_a_instalacao_de_placas_de_sinalizacao_ao_longo_da_rod_es-209_que_liga_pc_a_cristal.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2481/indicacao_no_125-2025_-_implantacao_de_espaco_de_animais_de_estimacao_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2482/indicacao_no_126-2025_-_aplicacao_de_piso_salarial_para_todos_os_professores_da_rede_municipal_do_municipio_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_no_127-2025_-_construcao_de_um_campo_sintetico_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2484/indicacao_no_128-2025_-_apoiar_a_associacao_de_agricultores_de_cristal_do_norte_no_desenvolvimento_de_apicultura.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2485/indicacao_no_129-2025_-_construcao_de_uma_creche_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_no_130-2025_-_pavimentacao_e_op_calcamento_com_bloquetes_da_rua_da_pimenta_leonorio_ii.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2487/indicacao_no_131-2025_-_instituir_obrigatoriamente_o_exame_de_ecocardiograma_em_recem_nascidos_que_tiveram_alteracoes_no_teste_do_coracaozinho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_no_132-2025_-_sejam_feitas_hortas_comunitarias_nas_regioes_e-ou_bairros_mais_carentes_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2489/indicacao_no_133-2025_-_construido_quebra-molas_na_rua_paulo_vi_bairro_leonorio_ii.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2490/indicacao_no_134-2025_-_capeamento_asfaltico_na_rua_menino_jesus_-_vila_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2491/indicacao_no_135-2025_-_implantar_cameras_de_monitoramento_nas_escolas_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2492/indicacao_no_136-2025_-_construcao_de_uma_nova_unidade_basica_de_saude_dr._ailme_venturim_borgo_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2499/indicacao_no_137-2025_-_contrucao_de_um_campo_sintetico_na_localidade_carapinas.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2500/indicacao_no_138-2025_-_espaco_adequado_para_atendimento_do_cras_no_distrito_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2501/indicacao_no_139-2025_-_criacao_de_servico_de_acolhimento_para_mulheres_vitimas_de_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2502/indicacao_no_140-2025_-_implantacao_de_estacionamento_exclusivo_para_motocicletas_no_entorno_da_lagoa_agusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2503/indicacao_no_141-2025_-_contrucao_de_um_campo_de_futebol_society_no_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2504/indicacao_no_142-2025_-_construcao_de_uma_praca_de_lazer_no_bairro_colina_com_instalacao_de_brinquedos_educativos_para_criancas_e_idosos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2505/indicacao_no_143-2025_-_implantacao_de_uma_passarela_na_travessia_das_tres_pistas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2506/indicacao_no_144-2025_-_campeonato_anual_de_pesca_esportiva_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2507/indicacao_no_145-2025_-_contratacao_de_mais_um_profissional_de_radiologia_para_ampliacao_de_atendimento.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2508/indicacao_no_146-2025_-_pocos_artesianos_nos_bairros_vista_alegre_e_leonorio_ii_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2509/indicacao_no_147-2025_-_disponibilizar_no_hospital_menino_jesus_um_ortopedista_que_possa_realizar_raio_x_com_laudo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_no_148-2025_-_locar_um_imovel_para_funcionamento_do_centro_de_convivencia_e_fortalecimento_de_vinculos.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2511/indicacao_no_149-2025_-_construcao_de_um_quebra-molas_na_rua_morro_dantassituada_no_centro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2512/indicacao_no_150-2025_-_implantacao_de_uma_faixa_de_pedestres_na_av._salvador_no_centro.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2517/indicacao_no_151-2025-_construcao_de_lombadas_quebra-molas_nas_ruas_castelo_branco_e_sebastiao_canal_bairro_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2518/indicacao_no_152-2025_-_atendimento_de_especialistas_de_podologia_nas_unidades_de_saude_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2519/indicacao_no_153-2025_-_implantacao_da_bolsa_estudantil_bolsa_aluno_para_estudantes_matriculados_na_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2520/indicacao_no_154-2025_-_instalacao_de_playgrounds_adaptados_para_criancas_com_deficiencia_ou_mobilidade_reduzida_nas_pracas_da_lagoa_boa_vista_cras_camata_floresta_do_sul_e_cristal.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2521/indicacao_no_155-2025_-_cerca_de_tela_soldada_para_amutraca_-_associacao_de_mulheres_trabalhadoras_rurais_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2522/indicacao_no_156-2025_-_instalacao_de_playgrounds_nas_pracas_do_cras_camata_floresta_do_sul_e_cristal.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2523/indicacao_no_157-2025_-_acoes_de_prevencao_e_promocao_da_saude_na_lagoa_augusto_ruschi_incluido_a_afericao_de_pressao_arterial_teste_de_glicemia_orientacao_sobre_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2524/indicacao_no_158-2025_-_aulas_de_aerobica_e_outras_modalidades_de_danca_a_serem_realizadas_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2525/indicacao_no_159-2025_-_implementacao_de_salas_sensoriais_em_espacos_publicos_como_escolas_unidade_de_saude_centros_de_assistencia_social_para_pessoas_com_tea.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2526/indicacao_no_160-2025_-_construcao_de_um_quadra_poliesportiva_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2527/indicacao_no_161-2025_-_alimentacao_diferenciada_para_criancas_e_adolescentes_portadores_de_diabetes_doencas_celiacas_e_intolerancia_a_lactose.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_no_162-2025_-_reforma_do_campo_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_no_163-2025_-_construcao_de_uma_creche_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2530/indicacao_no_164-2025_-_construcao_de_moradias_populares_na_sede_pedro_canario_e_distritos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_no_165-2025_-_instalacao_de_uma_academia_popular_na_praca_existente_no_distrito_de_floresta_do_sul_e_providencie_a_poda_das_arvores_da_mesma.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_no_166-2025_-_implementacao_do_projeto_sorriso_mais_bonito_voltado_a_saude_bucal_infantil.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_no_167-2025_-_instalar_mais_bancos_na_praca_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2540/indicacao_no_168-2025_-_consultorio_odontologico_na_unidade_de_saude_renata_goncalves_de_araujo_taquaras.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2541/indicacao_no_169-2025_-_novo_centro_de_referencia_de_assistencia_social_cras_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_no_170-2025_-_construcao_de_um_centro_de_atencao_psicossocial_caps_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2543/indicacao_no_171-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2544/indicacao_no_172-2025_-_reforma_da_unidade_de_saude_do_bairro_sao_joao_batista_-_camata.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2545/indicacao_no_173-2025_-_construcao_de_mais_uma_unidade_de_saude_no_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2546/indicacao_no_174-2025_-_manter_uma_ambulancia_na_unidade_de_saude_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2547/indicacao_no_175-2025_-_implantacao_de_aula_de_musica_nas_escolas_e_oficinas_do_cras.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2548/indicacao_no_176-2025_-_revogacao_das_taxas_de_foro_e_laudemio_incidentes_sobre_imoveis_localizados_nos_bairros_sao_joao_batista_e_saturnino_mauro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2549/indicacao_no_177-2025_-_regularizacao_fundiaria_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2550/indicacao_no_178-2025_-_reinsercao_dos_niveis_i_e_ii_no_plano_de_cargos_e_salarios_do_magisterio_para_contratacao_de_professores_cursando_a_partir_do_5o_periodo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2551/indicacao_no_179-2025_-_implantacao_de_drenagem_pluvial_pavimentacao_e_iluminacao_publica_na_rua_sao_rafael_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2552/indicacao_no_180-2025_-_implantacao_de_infraestrutura_urbana_na_rua_projetada_i_no_bairro_colina_com_a_drenagem_pluvial_pavimentacao_e_instalacao_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2553/indicacao_no_181-2025_-_construcao_de_arquibancada_com_cobertura_no_campo_de_futebol_da_comunidade_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2554/indicacao_no_182-2025_-_instalacao_de_arquibancadas_no_campo_de_futebol_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2555/indicacao_no_183-2025_-_construcao_de_uma_unidade_basica_de_saude_nos_bairros_esplanada_e_alvorada.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2556/indicacao_no_184-2025_-_reforma_geral_da_praca_de_cristal_do_norte_e_manutencao_das_mesas_e_bancos_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2557/indicacao_no_185-2025_-_instalacao_de_quiosques_no_campo_de_futebol_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2558/indicacao_no_186-2025_-_instalacao_de_bebedouros_em_toda_area_da_lagoa_augusto_ruschi_no_complexo_esportivo_e_na_area_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2559/indicacao_no_187-2025_-_intensificacao_do_uso_do_carro_fumace_no_combate_aos_mosquitos_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2560/indicacao_no_188-2025_-_criacao_do_programa_guarda_mirim_no_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_no_189-2025_-_criacao_de_uma_fazendinha_educativa_e_turistica_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_no_190-2025_-_revogacao_das_taxas_de_foro_e_laudemio_dos_imoveis_localizados_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao_no_192-2025_-_implantacao_e_iluminacao_nos_pontos_de_onibus_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2565/indicacao_no_193-2025_-_construcao_da_sede_da_associacao_de_moradores_do_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2566/indicacao_no_194-2025_-_adaptacao_de_ducha_para_a_area_de_futevolei_e_volei_na_arena_pedro_ribeiro_machado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2567/indicacao_no_195-2025_-_construcao_de_caixa_ralo_na_rede_de_drenagem_pluvial_na_rua_bahia_sul_travessia_da_rua_felinto_damiao_colina.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2568/indicacao_no_196-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_vicente_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2570/indicacao_no_197-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_domingos_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2571/indicacao_no_198-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_santa_luziaa_bairro_boa__vista.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2572/indicacao_no_199-2025_-_pavimentacao_e_calcamento_com_bloquetes_da_rua_santa_helena_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2573/indicacao_no_200-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_vila_velha_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2574/indicacao_no_201-2025_-_pavimentacao_e_calcamento_com_bloquetes_da_rua_sao_silvestre_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2575/indicacao_no_202-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_roque_boa_vista_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2579/indicacao_no_203-2025_-_postes_com_iluminacao_publica_em_cristal_-_av._francisco_porfirio_de_souza_jose_luiz_da_costa_e_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2578/indicacao_no_204-2025_-_revitalizacao_do_centro_da_cidade_com_a_construcao_de_calcada_cidada_e_conclusao_do_asfalto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2580/indicacao_no_205-2025_-_calcamento_com_pavimentacao_em_paralelepipedo__na_estrada_rural_-_fazenda_carapina.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2581/indicacao_no_206-2025_-_criacao_e_implementacao_do_gabinete_de_gestao_integrada_municipal_-_ggim.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2582/indicacao_no_207-2025_-_instalacao_de_uma_academia_popular_no_campo_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2583/indicacao_no_208-2025_-_paltaforma_digital_-_pedro_canario_conecta_destinada_a_divulgacao_de_servicos_e_profissionais.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2584/indicacao_no_209-2025_-_criacao_e_implementacao_do_programa_esporte_na_melhor_idade_visando_a_saude_e_o_bem_estar_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2585/indicacao_no_210-2025_-_construcao_de_um_poco_artesiano_no_cras_camata.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2586/indicacao_no_211-2025_-_inclusao_do_tratamento_endodontico_canal_nas_unidades_basicas_de_saude_do_municipios_e_distritos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2587/indicacao_no_212-2025_-_implantacao_do_programa_remedio_em_casa.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2588/indicacao_no_213-2025_-_plantio_de_arvores_nativas_em_pontos_estrategicos_do_municipio_e_seus_distritos.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2589/indicacao_no_214-2025_-_compactacao_do_trecho_de_estrada_localizado_entre_o_bairro_camata_e_ponte.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2590/indicacao_no_215-2025_-_retorno_das_atividades_do_programa_campeoes_do_futuro_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2591/indicacao_no_216-2025_-_contrucao_de_uma_unidade_de_educacao_infantil_-_creche_no_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2596/indicacao_no_217-2025_-_firmar_convenios_com_municipios_vizinhos_visando_a_autorizacao_de_uso_compartilhado_de_maquinas_e_equipamentos_publicos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2597/indicacao_no_218-2025_-_reforma_da_praca_de_lazer_localizada_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2598/indicacao_no_219-2025_-_realizacao_de_reforma_na_praca_de_lazer_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2599/indicacao_no_220-2025_-_instalacao_de_um_semaforo_na_avenida_vila_velha_localizada_no_centro..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_no_221-2025_-_implantacao_de_uma_academia_popular_na_praca_do_cras_do_camata.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2604/indicacao_no_222-2025_-_correcao_da_defasagem_do_auxilio-moradia_com_base_em_indices_de_inflacao.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_no_223-2025_-_novo_projeto_de_drenagem_comtemplando_a_rua_sao_gabriel_localizada_no_centro_rua_da_creche_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_no_224-2025_-_pavimentacao_da_rua_vivaldo_lopes_localizada_entre_os_bairros_esplanada_e_eldourado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_no_225-2025_-_calcamento_da_rua_jose_f._canario_no_trecho_localizado_em_frente_a_praca_da_matriz_centro..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_no_226-2025_-_instalacao_de_semaforos_em_pontos_estrategicos_do_municipio_av._prsidente_kennedy_av._alberto_dos_reis_castro_rua_caltren_e_av._salvador.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2609/indicacao_no_227-2025_-_implantacao_de_uma_praca_de_alimentacao_na_antiga_pracinha_do_quiabo_localizada_no_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_no_228-2025_-_aplicativo_digital_para_acompanhar_protocolos_reportar_problemas_como_buracos_nas_vias_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_no_229-2025_-_regulamenta_apreensao_de_animais_de_medio_e_grande_porte_soltos_nas_vias_e_logradouros_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2612/indicacao_no_230-2025_-_elaborar_um_projeto_de_lei_autorizando_o_municipio_a_firmar_convenio_com_o_estado_para_fins_de_repassa_financeiro_destinado_aos_policias_militares.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2632/indicacao_no_231-2025_-_tombar_a_tabua_lascada_como_partimonio_imaterial_e_desapropiar_a_area_que_a_festa_foi_realizada.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2613/indicacao_no_232-2025_-_manutencao_preventiva_e_corretiva_no_sistema_de_ar-condicionado_do_centro_de_referencia_de_assistencia_social_cras_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2614/indicacao_no_233-2025_-_instalacao_de_rampas_de_acesso_e_demais_adequacoes_necessarias_nos_quiosques_localizados_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_no_234-2025_-_atualizacao_dos_equipamentos_da_casa_do_cidadao_ultilizados_para_coleta_de_biometria_digital.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_no_235-2025_-_implantacao_de_uma_ciclovia_na_avenida_francisco_porfirio_de_souza_-_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_no_236-2025_-_disponibilizar_o_servico_de_tomografia_computadorizada_tc_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_no_237-2025_-_implantacao_de_cartao_nutri_ferias_para_alunos_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2619/indicacao_no_238-2025_-_servico_de_vigilancia_e_seguranca_24_horas_no_hospital_menino_jesus.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2624/indicacao_no_239-2025_-_lixeiras_publicas_com_separacao_de_residuos_reciclaveis_na_regiao_central_da_cidade_pracas_avenidas.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2625/indicacao_no_240-2025_-_atendimento_presencial_ou_remoto_de_medicos_cardiologista_neuropediatra_e_pneumologia.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_no_241-2025_-_atendimento_presencial_ou_remoto_de_especialistas_em_reumatologia_e_ortopedia_nas_unidades_de_saude.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_no_242-2025_-_reforma_na_unidade_de_saude_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_no_243-2025_-_implantacao_de_uma_sala_de_vacinacao_na_unidade_de_saude_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2629/indicacao_no_244-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2630/indicacao_no_245-2025_-_reforma_da_usina_de_reciclagem_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2631/indicacao_no_246-2025_-_servico_de_teleconsulta_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2633/indicacao_no_247-2025_-_implantar_um_consultorio_odontologico_na_unidade_de_saude_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2634/indicacao_no_248-2025_-_implantacao_da_rede_de_esgoto_na_rua_zilda_gomes_natalaina_muniz_no_trecho_a_partir_da_av._vale_do_itaunas_bairro_camata_i.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2635/indicacao_no_249-2025_-_pavimentacao_das_vias_do_conjunto_residencial_cridasa.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_no_250-2025_-_sugere_implantacao_da_creche_do_idoso_conforme_projeto_de_lei_em_anexo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2641/indicacao_no_251-2025_-_sugere_contratacao_ou_disponibilizacao_de_profissional_de_nutricao_para_atuar_nos_centros_de_assistencia_social_-_cras.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2642/indicacao_no_252-2025_-_substituicao_do_parquinho_infantil_de_ferro_por_um_de_plastico_para_a_escola_jose_francisco_cordeiro_fazenda_carapina..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_no_253-2025_-_instalacao_de_bicicletarios_no_centro_de_pedro_canario_visando_incentivar_o_uso_de_bicicletas.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2644/indicacao_no_254-2025_-_aquisicao_de_novas_cadeiras_odontologicas_para_os_consultorios_de_saude_bucal_das_unidades_basicas_de_saude.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2645/indicacao_no_255-2025_-_reforma_e_ampliacao_do_centro_de_referencia_de_assistencia_social_-_cras_camata.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_no_256-2025_-_criacao_do_conselho_municipal_de_esportes_visando_fortalecer_e_organizar_as_politicas_publicas_de_esporte_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2647/indicacao_no_257-2025_-_substituicao_completa_do_gramado_sintetico_do_campo_society_localizado_no_parque_esportivo_da_lagoa.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2649/indicacao_no_258-2025_-_calcamentos_ruas_adelaide_b._morozini_jose_domingos_de_carvalho_manoel_r._souza_neto_e_domicio_ribom.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2650/indicacao_no_259-2025_-_instalacao_de_iluminacao_publica_e_realizacao_de_pavimentacao_na_rua_machado_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2651/indicacao_no_260-2025_-_instalacao_de_um_redutor_de_velocidade_com_placas_de_advertencia_nas_proximidades_da_cachoeira_dos_pretos_br_209.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2655/indicacao_no_261-2025_-_construcao_de_uma_creche_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2656/indicacao_no_262-2025_-_renovacao_e_melhorias_dos_equipamentos_do_centro_de_fisioterapia_municipal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2657/indicacao_no__263-2025_-_construcao_de_uma_unidade_basica_de_saude_ubs_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2658/indicacao_no_264-2025_-_melhorias_nas_estradas_que_ligam_o_municipio_ao_distrito_de_agua_preta__em_conceicao_da_barra_e_reforma_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2659/indicacao_no_265-2025_-_realizacao_do_servicos_de_poda_de_todas_as_arvores_do_bairro_camata_i_e_ii.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_no_266-2025_-_atribuir_o_nome_a_rua_mota_viana_a_uma_via_publica_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2661/indicacao_no_267-2025_-_reforma_da_casa_de_passagem.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao_no_269-2025_-_sinalizacao_de_transito_vertical_e_horizontal_incluindo_faixa_de_pedestres_em_frente_a_escola_maria_otilia.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2700/indicacao_no_270-2025_-_instalacao_de_redutor_de_velocidade_com_placas_na_rua_felinto_damiao_em_frente_a_casa_de_no_79_-_bairro_leonorio_i..pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_no_271-2025_-_instalacao_de_redutor_de_velocidade_com_placas_de_advertencia_na_rua_felinto_damiao_s-n_leonorio_ii_prox_a_igreja_missao_rua_lateral_da_ceim_-_oficina_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2702/indicacao_no_272-2025_-_realize_campanha_de_saude_nas_dependencias_da_associacao_pestalozzi_de_pedro_canario_vacinacaoatendimento_medico_oftalmologico_e_odontologico.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_no_273-2025_-_analise_tecnica_em_relacao_qual_medida_a_ser_conferida_a_arvore_localizada_junto_ao_campo_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2704/indicacao_no_274-2025_-_servicos_de_manutencao_no_campo_society_do_bairro_esplanada_conserto_de_alambrados_a_reparacao_da_rede_de_protecao_e_a_limpeza_geral_do_local.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_no_275-2025_-_instalacao_de_quebra-molas_nas_ruas_julia_bonelar_e_nossa_senhora_aparecida_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2706/indicacao_no_276-2025_-_instalacao_e_iluminacao_publica_na_rua_santa_uberlandia_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2707/indicacao_no_277-2025_-_manutencao_e_conservacao_dos_bancos_de_reserva_do_campo_society_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2708/indicacao_no_278-2025_-_locar_um_imovel_para_o_funcionamento_do_centro_de_convivencia_e_fortalecimento_de_vinculos_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2709/indicacao_no_279-2025_-_implantar_um_espaco_especifico_para_atendimento_das_teleconsultas_de_especialidades_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2712/indicacao_no_280-2025_-_instalacao_de_uma_nova_academia_popular_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2713/indicacao_no_281-2025_-_implantacao_de_uma_unidade_movel_de_saude_-_carreta_itinerante_saude_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2714/indicacao_no_282-2025_-_construcao_de_um_centro_de_referencia_de_assistencia_social_cras_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_no_283-2025_-reforma_da_escola_tres_de_maio_localizada_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2716/indicacao_no_284-2025_-_reforma_na_sede_da_prefeitura_municipal_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2717/indicacao_no_285-2025_-_instlacao_de_playgroud_parquinho_infantil_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_no_286-2025_-_implantacao_de_quebra-molas_na_rua_getulio_vargas_localizada_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2719/indicacao_no_287-2025_-_criacao_de_uma_area_de_lazer_com_campo_society_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_no_288-2025_-_restauracao_e_revitalizacao_do_canteiro_central_do_distrito_de_cristal_do_norte_recuperacao_dos_meios-fios_nivelamento_jardinagem_e_pintura.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2385/pauta_da_01a_sessao_ordinaria_do_1o_periodo_legislativo_da_11a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2538/projeto_de_decreto_legislativo_no_001-2025_-_contas_exercicio_de_2023_-_responsavel_-_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2620/projeto_de_decreto_legislativo_no_002-2025_-_comenda_do_merito_esportivo_fernando_flavio_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2621/projeto_de_decreto_legislativo_no_003-2025_-_comenda_do_merito_esportivo_roberto_vieira_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2622/projeto_de_decreto_legislativo_no_004-2025_-_comenda_do_merito_esportivo_ricardo_suci_freire.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2663/projeto_de_decreto_legislativo_no_005-2025_-_empresa_trappuz_multimarcas.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_decreto_legislativo_no_006-2025_-_empresa_ciara_material_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_decreto_legislativo_no_007-2025_-_supermercado_linharense.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2666/projeto_de_decreto_legislativo_no_008-2025_-_empresa_assistech_celulares.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2667/projeto_de_decreto_legislativo_no_009-2025_-_empresa_borracharia_do_regi.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2668/projeto_de_decreto_legislativo_no_010-2025_-_empresa_restaurante_sb_delivery_comida_caseira.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2669/projeto_de_decreto_legislativo_no_011-2025_-_casa_do_trabalhador.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2670/projeto_de_decreto_legislativo_no_012-2025_-_salluz_modas.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2671/projeto_de_decreto_legislativo_no_013-2025_-_empresa_distribuidora_do_para.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2672/projeto_de_decreto_legislativo_no_014-2025_-_sr._tarcisio_porto.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2673/projeto_de_decreto_legislativo_no_015-2025_-_matos_calcados.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2674/projeto_de_decreto_legislativo_no_016-2025_-_5_estrelas_carros_e_motos.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2675/projeto_de_decreto_legislativo_no_017-2025_-_salao_do_lagoa.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2676/projeto_de_decreto_legislativo_no_018-2025_-_empresa_junior_motos.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2677/projeto_de_decreto_legislativo_no_019-2025_-_realcred_solucoes_financeiras.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2678/projeto_de_decreto_legislativo_no_020-2025_-_empresa_supermercado_santos.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2679/projeto_de_decreto_legislativo_no_021-2025_-_empresa_acougue_allanzin.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2680/projeto_de_decreto_legislativo_no_022-2025_-_empresa_dular_moveis.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2681/projeto_de_decreto_legislativo_no_023-2025_-_empresa_dular_moveis.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2682/projeto_de_decreto_legislativo_no_024-2025_-_fj_distribuidora.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2683/projeto_de_decreto_legislativo_no_025-2025_-_novo_lar_moveis.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2684/projeto_de_decreto_legislativo_no_026-2025_-_empresa_costa_bike.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2685/projeto_de_decreto_legislativo_no_027-2025_-_empresa_distribuidora_avenida.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2686/projeto_de_decreto_legislativo_no_028-2025_-_empresa_bar_das_coleguinhas.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2687/projeto_de_decreto_legislativo_no_029-2025_-_empresa_biratinha_design.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2688/projeto_de_decreto_legislativo_no_030-2025_-_empresa_inovar_sistemas.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2689/projeto_de_decreto_legislativo_no_031-2025_-_empresa_lf_moto.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2690/projeto_de_decreto_legislativo_no_032-2025_-_cafe_e_prosa.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2691/projeto_de_decreto_legislativo_no_033-2025_-_adreia_magazine.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2692/projeto_de_decreto_legislativo_no_034-2025_-_moto_racing.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2693/projeto_de_decreto_legislativo_no_035-2025_-_alfa_boutique.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2694/projeto_de_decreto_legislativo_no_036-2025_-_coimbra_autopecas.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2695/projeto_de_decreto_legislativo_no_037-2025_-_lima_gas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2721/projeto_de_decreto_legislativo_no_038-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2722/projeto_de_decreto_legislativo_no_039-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2723/projeto_de_decreto_legislativo_no_040-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2724/projeto_de_decreto_legislativo_no_041-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2725/projeto_de_decreto_legislativo_no_042-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2726/projeto_de_decreto_legislativo_no_043-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2727/projeto_de_decreto_legislativo_no_044-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2728/projeto_de_decreto_legislativo_no_045-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2729/projeto_de_decreto_legislativo_no_046-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2730/projeto_de_decreto_legislativo_no_047-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2731/projeto_de_decreto_legislativo_no_048-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2732/projeto_de_decreto_legislativo_no_049-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2733/projeto_de_decreto_legislativo_no_050-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2853/projeto_de_decreto_legislativo_no_051-2025_-_dispoe_sobre_a_outorga_da_comenda_a_servidores_pub_a_sra._cassia_cristina_silva_de_oliveira_evangelista.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2734/projeto_de_decreto_legislativo_no_053-2025_-_comenda_a_servidores_publicos_ao_sr._noe_albino_mol.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2754/projeto_de_decreto_legislativo_no_054-2025_-_comenda_a_servidores_publicos_a_sra._elsa_campos_da_silva.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2755/projeto_de_decreto_legislativo_no_055-2025_-_comenda_a_servidores_publicos_a_sra._luzia_damascena_lobo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2756/projeto_de_decreto_legislativo_no_056-2025_-_comenda_a_servidores_publicos_a_sra._alessandra_baiense_pereira.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2757/projeto_de_decreto_legislativo_no_057-2025_-_comenda_a_servidores_publicos_a_sra._eliana_regina_galletti.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2758/projeto_de_decreto_legislativo_no_058-2025_-_comenda_a_servidores_publicos_a_sra._andreia_brunelli_lima_pereira.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2759/projeto_de_decreto_legislativo_no_059-2025_-_comenda_a_servidores_publicos_a_sra._cirleusa_figueredo_ramos.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2760/projeto_de_decreto_legislativo_no_060-2025_-_comenda_a_servidores_publicos_ao_sr._manoel_de_jesus_gomes.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2761/projeto_de_decreto_legislativo_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2762/projeto_de_decreto_legislativo_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2763/projeto_de_decreto_legislativo_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2764/projeto_de_decreto_legislativo_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2765/projeto_de_decreto_legislativo_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2766/projeto_de_decreto_legislativo_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2767/projeto_de_decreto_legislativo_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2768/projeto_de_decreto_legislativo_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2769/projeto_de_decreto_legislativo_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2770/projeto_de_decreto_legislativo_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_decreto_legislativo_no_071-2025_-_comenda_do_merito_esportivo_ao_sr._luis_fernando_silva_oliveira.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2772/projeto_de_decreto_legislativo_no_072-2025_-_comenda_do_merito_esportivo_ao_sr._thomaz_raimundo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2773/projeto_de_decreto_legislativo_no_073-2025_-_comenda_do_merito_esportivo_ao_sr._valdeir_castro_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2774/projeto_de_decreto_legislativo_no_074-2025_-_comenda_do_merito_esportivo_ao_sr._thiago_vieira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2775/projeto_de_decreto_legislativo_no_075-2025_-_comenda_do_merito_esportivo_a_sra._andreia_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2776/projeto_de_decreto_legislativo_no_076-2025_-_comenda_do_merito_esportivo_ao_sr._juscelino_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2777/projeto_de_decreto_legislativo_no_077-2025_-_comenda_do_merito_esportivo_ao_sr._celio_jesus_silva.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2778/projeto_de_decreto_legislativo_no_078-2025_-_comenda_do_merito_esportivo_sr._jose_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2779/projeto_de_decreto_legislativo_no_079-2025_-_comenda_do_merito_esportivo_a_sra._rosilene_de_jesus_conceicao.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2780/projeto_de_decreto_legislativo_no_080-2025_-_comenda_do_merito_esportivo_ao_sr._pedro_arthur_dias_tozetti.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2781/projeto_de_decreto_legislativo_no_081-2025_-_comenda_do_merito_esportivo_ao_grupo_de_vaquejada_jj_ranch.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2782/projeto_de_decreto_legislativo_no_082-2025_-_comenda_do_merito_esportivo_ao_grupo_de_trilheiros_canarios_da_trilha.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2783/projeto_de_decreto_legislativo_no_083-20025_-_comenda_do_merito_esportivo_ao_sr._elio_de_jesus_silva.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2784/projeto_de_decreto_legislativo_no_084-2025_-_comenda_do_merito_esportivo_a_equipe_sporting_canario.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2785/projeto_de_decreto_legislativo_no_085-2025_-_comenda_do_merito_esportivo_ao_sr._wederson_moreira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2786/projeto_de_decreto_legislativo_no_086-2025_-_comenda_do_merito_esportivo_ao_sr._neliton_paixao_santos.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2787/projeto_de_decreto_legislativo_no_087-20205_-_comenda_do_merito_esportivo_ao_sr._anderson_guilherme_rangel.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2788/projeto_de_decreto_legislativo_no_088-2025_-_comenda_do_merito_esportivo_ao_sr._rian_lucas_marinho.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2789/projeto_de_decreto_legislativo_no_089-2025_-_comenda_do_merito_esportivo_a_sra._taynara_de_jesus_costa.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2790/projeto_de_decreto_legislativo_no_090-2025_-_comenda_do_merito_esportivo_ao_sr._antonio_rodrigues_moreira.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2792/projeto_de_decreto_legislativo_no_091-2025_-_comenda_do_merito_esportivo_ao_sr._wellington_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2795/projeto_de_decreto_legislativo_no_092-2025_-_comenda_do_merito_esportivo_ao_sr._evandro_conceicao_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2796/projeto_de_decreto_legislativo_no_093-2025_-_comenda_do_merito_esportivo_ao_sr._marcos_batista_santos.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2797/projeto_de_decreto_legislativo_no_094-2025_-_comenda_do_merito_esportivo_ao_sr._wellington_de_jesus_pacatuba.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2798/projeto_de_decreto_legislativo_no_095-2025_-_comenda_do_merito_esportivo_ao_sr._osmar_ferreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2799/projeto_de_decreto_legislativo_no_096-2025_-_comenda_do_merito_esportivo_ao_sr._wagner_santos_souza.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2800/projeto_de_decreto_legislativo_no_097-2025_-_comenda_do_merito_esportivo_ao_sr._evanilson_santos_correia.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2801/projeto_de_decreto_legislativo_no_098-2025_-_comenda_do_merito_esportivo_a_arena_pc_beach_clube.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2802/projeto_de_decreto_legislativo_no_099-2025_-_comenda_do_merito_esportivo_ao_sr._orlando_antonio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2803/projeto_de_decreto_legislativo_no_100-2025_-_comenda_do_merito_esportivo_ao_sr._zelito_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2804/projeto_de_decreto_legislativo_no_101-2025_-_prestacao_de_contas_exercicio_2021_-_responsavel_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2805/projeto_de_decreto_legislativo_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2806/projeto_de_decreto_legislativo_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2807/projeto_de_decreto_legislativo_no_104-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2808/projeto_de_decreto_legislativo_no_105-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2809/projeto_de_decreto_legislativo_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2810/projeto_de_decreto_legislativo_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2811/projeto_de_decreto_legislativo_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2812/projeto_de_decreto_legislativo_no_109-2025_2.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2813/projeto_de_decreto_legislativo_no_110-2025_2.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2814/projeto_de_decreto_legislativo_no_111-2025_2.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2815/projeto_de_decreto_legislativo_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2816/projeto_de_decreto_legislativo_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2817/projeto_de_decreto_legislativo_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2818/projeto_de_decreto_legislativo_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2819/projeto_de_decreto_legislativo_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2820/projeto_de_decreto_legislativo_no_117-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2821/projeto_de_decreto_legislativo_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2822/projeto_de_decreto_legislativo_no_119-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2823/projeto_de_decreto_legislativo_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2824/projeto_de_decreto_legislativo_no_121-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2826/projeto_de_decreto_legislativo_no_123-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2827/projeto_de_decreto_legislativo_no_124-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2828/projeto_de_decreto_legislativo_no_125-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2829/projeto_de_decreto_legislativo_no_126-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2830/projeto_de_decreto_legislativo_no_127-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2831/projeto_de_decreto_legislativo_no_128-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2832/projeto_de_decreto_legislativo_no_129-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2833/projeto_de_decreto_legislativo_no_130-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2834/projeto_de_decreto_legislativo_no_131-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2835/projeto_de_decreto_legislativo_no_132-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2836/projeto_de_decreto_legislativo_no_133-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2837/projeto_de_decreto_legislativo_no_134-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2838/projeto_de_decreto_legislativo_no_135-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2839/projeto_de_decreto_legislativo_no_136-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2840/projeto_de_decreto_legislativo_no_137-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2841/projeto_de_decreto_legislativo_no_138-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2842/projeto_de_decreto_legislativo_no_139-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2843/projeto_de_decreto_legislativo_no_140-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2844/projeto_de_decreto_legislativo_no_141-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2845/projeto_de_decreto_legislativo_no_142-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2846/projeto_de_decreto_legislativo_no_143-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2847/projeto_de_decreto_legislativo_no_144-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2848/projeto_de_decreto_legislativo_no_145-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2849/projeto_de_decreto_legislativo_no_146-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2850/projeto_de_decreto_legislativo_no_147-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2851/projeto_de_decreto_legislativo_no_148-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2852/projeto_de_decreto_legislativo_no_149-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2336/projeto_de_lei_complementar_no_001-2025_-_altera_dispositivo_da_lei_complementar_no_034_de_27_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2376/projeto_de_lei_complementar_no_002-2025_-_institui_nova_estrutura_dministrativa_municipal_da_prefeitura_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2421/projeto_de_lei_complementar_no_003-2025_-_institui_a_bonificacao_por_desempenho_no_ambito_da_secretaria_municipal_de_educacao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2493/projeto_de_lei_complementar_no_004-2025_-_inclui_anexos_na_lc_09-2008_reestrutura_carreiras_no_sevico_publico_resolve.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2514/projeto_de_lei_complementar_no_005-2025_-_acrescenta_e_altera_dispositivos_na_lei_comp._no_44-2021_e_nas_suas_atualiz._ref_a_estrutura_organiz._do_inst._de_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2515/projeto_de_lei_complementar_no_006-2025_-_concede_revisao_geral_anual_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2516/projeto_de_lei_complementar_no_007-2025_-_altera_lei_complementar_no_06-2006_que_dispoe_sobre_o_plano_de_cargos_carreiras_e_vencimentos_do_magisterio_pub_p._fixar_o_piso_salarial_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2595/projeto_de_lei_complementar_no_008-2025_-_dispoe_sobre_a_adequacao_de_requisitos_atribuicoes_reestruturacao_de_carreira_e_realinhamento_de_remuneracoes_de_carg._publicos.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2639/projeto_de_lei_complementar_no_009-2025_-__acrecenta_dispositivos_na_lc_04-2005_e_altera_dispositivo_da_lc_062-2025_e_da_outras_providencias_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2696/projeto_de_lei_complementar_no_010-2025_-_altera_dispositivos_da_lei_complementar_no_034_de_27-09-2019_que_institui_o_codigo_de_posturas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2720/projeto_de_lei_complementar_no_011-2025_-_altera_l.c_034-2019_que_institui_o_codigo_de_posturas_do_municipio_para_acrescentar_os_paragrafos_5o_ao_13o_ao_art_87_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2747/projeto_de_lei_complementar_substitutivo_no_012-2025_-_altera_lei_complementar_municipal_no_009-2008_alterada_pela_lei_complementar_municipal_no_066-2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2332/projeto_de_lei_no_001-2025_-_cria_o_programa_musica_nas_escolas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2333/projeto_de_lei_no_002-2025_-_cria_programa_de_apoio_as_maes_atipicas_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2334/projeto_de_lei_no_003-2025_-_cria_a_proibicao_da_pratica_de_poluicao_sonora_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_de_lei_no_004-2025_-_institui_no_municipio_de_pedro_canario-es_a_semana_municipal_do_agronegocio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2381/projeto_de_lei_no_005-2025_-_altera_o_anexo_i_da_lei_munipal_no_1.363_de_08_de_2019.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2382/projeto_de_lei_no_006-2025_-_dispoe_sobre_a_denominacao_da_rua_travessa_minas_gerais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2383/projeto_de_lei_no_007-2025_-_institui_e_inclui_no_calendario_oficial_no_municipio_o_dia_de_conscientizacao_e_enfrentamento_a_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2384/projeto_de_lei_no_008-2025_-_dispoe_sobre_a_obrigatoriedade_de_remocao_dos_cabos_e_fiacao_aerea_execentes_e_inutilizados_instalados_por_concessionarias.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2416/projeto_de_lei_no_009-2025_-_dispoe_sobre_aula_de_canto_no_ambito_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2417/projeto_de_lei_no_010-2025_-_institui_a_capacitacao_em_nocoes_de_primeiros_socorros_para_professores__funcionarios_da_educacao_e_de_estabelecimentos_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2418/projeto_de_lei_no_011-2025_-_dispoe_sobre_a_emissao_e_disponibilizacao_gratuita_de_carteira_estudantil.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2419/projeto_de_lei_no_012-2025_-_dispoe_sobre_o_atendimento_preferencial_as_pessoas_com_fibromialgia_nos_locais_que_especifica.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2420/projeto_de_lei_no_013-2025_-_autoriza_o_poder_executivo_a_conceder_subvencao_a_associacao_recreativa_assistencial_ao_idoso_e_associacao_beneficente_cultural_e_da_agricultura_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2452/projeto_de_lei_no_014-2025_-_alteracao_do_artigo_2o_da_lei_municipal_no_1.566-2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2494/projeto_de_lei_no_015-2025_-_campanha_maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2495/projeto_de_lei_no_016-2025_-_dia_da_empregada_domestica_no_calendario_oficial_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2496/projeto_de_lei_no_017-2025_-_selo_autista_a_bordo.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2497/projeto_de_lei_no_018-2025_-_dispoe_sobre_implantacao_de_atividades_esportivas_para_criancas_e_adolescentes_com_deficiencia_no_cronograma_esportivo_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2498/projeto_de_lei_no_019-2025_-_institui_o_programa_permanente_de_conscientizacao_e_tratamento_do_pe_torto_congenito_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2513/projeto_de_lei_no_020-2025_-_dispoe_sobre_a_regulamentacao_da_pesca.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2534/projeto_de_lei_no_021-2025_-_criacao_do_projeto_sorriso_mais_bonito_destinado_a_promocao_da_saude_bucal_infantil.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2535/projeto_de_lei_no_022-2025_-_altera_dispositivo_da_lei_municipal_no_1.537-2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2536/projeto_de_lei_no_023-2025_-_institui_a_politica_municipal_de_educacao_ambiental_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2537/projeto_de_lei_no_024-2025_-_institui_o_fundo_municipal_dos_direitos_da_pessoa_idosa_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2539/projeto_de_lei_no_025-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_federacao_capixaba_de_corrida_de_aventura_fcca_associacao_civil_sem_finalidade_lucrativa.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2576/projeto_de_lei_no_026-2025_-_obrigatoriedade_do_uso_de_focinheira_e_estabelece_normas_de_seguranca_para_conducao_de_caes.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2577/projeto_de_lei_no_027-2025_-_proibicao_do_uso_de_dispositivos_eletronicos_para_fumar_defs_incluindo_cigarros_eletronicos_vapes_pods....pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2592/projeto_de_lei_no_028-2025_-_criacao_da_camara_intersetorial_de_seguranca_alimentar_e_nutricional_caisan_no_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2593/projeto_de_lei_no_029-2025_-_institui_o_aplicativo_digital_de_servicos_publicos_no_municipio_que_permite_ao_cidadao_solicitar_servicos_acompanhar_protocolos_reportar_problemas.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2594/projeto_de_lei_no_030-2025_-_institui_e_regulamenta_o_auxilio-alimentacao_de_carater_indenizatorio_aos_professores_e_pedagogos_contratados.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2601/projeto_de_lei_no_031-2025_-_institui_e_inclui_no_calendario_oficial_no_municipio_o_dia_municipal_do_terco_dos_homens_a_ser_comemorado_anualmente_no_dia_25_de_julho.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2602/projeto_de_lei_no_032-2025_-_institui_o_programa_bike_legal_no_municipio_com_diretrizes_para_o_uso_seguro_e_responsavel_de_bicicletas_eletricas.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2652/projeto_de_lei_no_033-2025_-_dispoe_sobre_o_bem-estar_sensorial_das_criancas_com_transtorno_espectro_autista_tea_nas_escolas_da_rede_publica.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2653/projeto_de_lei_no_034-2025_-_autoriza_o_executivo_municipal_a_abrir_credito_adicional_especial_e_da_outras_providecias-1-4.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2710/projeto_de_lei_no_035-2025_-_dispoe_sobre_a_implantacao_de_acoes_de_educacao_para_o_transito_no_ambito_escolar_e_na_sociedade_em_geral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2711/projeto_de_lei_no_036-2025_-_declara_utilidade_publica_municipal_a_associacao_de_catadores_de_materiais_reciclaveis_do_municipio_de_pedro_canario_-_es.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2736/projeto_de_lei_no_038-2025_-_acrescenta_paragrafo_unico_ao_art._1o_da_lei_municipal_no_1.518-2022_2-1-2.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2737/projeto_de_lei_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2741/projeto_de_lei_no_040-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2742/projeto_de_lei_no_041-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2743/projeto_de_lei_substitutivo_no_042-2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2744/projeto_de_lei_no_044-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2745/projeto_de_lei_no_045-2025_-_prorrogar_a_vigencia_do_plano_municipal_de_educacao_-_pme_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2740/projeto_de_lei_no_046-2025_-_altera_lei_municipal_no_1.263_-_2016_que_institui_o_programa_municipal_de_portadores_de_necessidades_especiais_em_turmas_regulares_de_ensino_publico.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2746/projeto_de_lei_no_047-2025_-_autoriza_o_poder_executivo_a_conceder_subvencao_social_ao_centro_comunitario_franco_rossetti.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2748/projeto_de_lei_no_048-2025_-_dispoe_sobre_a_obrigatoriedade_de_instalacao_de_cameras_de_monitoramento_em_todos_os_veiculos_destinados_ao_transporte.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2749/projeto_de_lei_no_049-2025_-_dispoe_sobre_as_alteracoes_do_plano_de_custeio_do_regime_propio_de_previdencia_social_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2750/projeto_de_lei_no_050-2025_-_estender_o_fornec_da_alimentacao_escolar_aos_prof_e_demais_prof_da_educ_basica_em_efetivo_exercicio_nas_unid_da_rede_pub.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2752/projeto_de_lei_no_052-2025_-_dispoe_sobre_a_instituicao_da_honraria_de_destaque_municipal_comenda_edson_dos_santos_a_ser_concedida_anualmente_a_empresas_que_cont_para_o_desenv_e_fomento_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2753/projeto_de_lei_no_053-2025_-_dispoe_sobre_a_contratacao_de_pessoal_por_tempo_determinado_para_atender_a_necessidade_temporaria_da_saude.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2791/projeto_de_lei_no_054-2025_-_inclui_o_paragrafo_unico_no_art_1o_e_altera_os_art._3o_da_lei_municipal_no_1.190-2015.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2793/projeto_de_lei_no_055-2025_-_institui_o_programa_de_farmacias_credenciadas_de_pedro_canario-es_para_cobertura_complementar_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2794/projeto_de_lei_no_056-2025_-_dispoe_sobre_a_criacao_de_espaco_sensorial_inclusivo_na_praca_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_substitutivo_no_013-2025_-_autoriza_o_executivo_a_conceder_subvencao_a_associacao_recretiva_assistencial_ao_idoso_e_a_associacao_beneficente_cultural_e_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2623/projeto_de_resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2751/projeto_de_emenda_a_lei_organica_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2454/requerimento_no_001-2025_-_voto_de_louvor_em_favor_de_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2455/requerimento_no_002-2025_-_voto_de_louvor_em_favor_do_alegrai-vos.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2456/requerimento_no_003-2025_-_voto_de_louvor_em_favor_de_betania_santos_damasceno.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2457/requerimento_no_004-2025_-_voto_de_louvor_em_favor_yamara_barreto_santos.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2637/requerimento_no_005-2025_-_voto_de_louvor_em_favor_do_13o_batalhao_da_policia_militar_-_3a_companhia_de_pedro_canario-1.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2638/requerimento_no_006-2025_-_requer_voto_de_louvor_e_sessao_solene_em_favor_dos_policiais_militares_em_comemoracao_dos_seus_190_anos_da_pmes-1_1.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2857/requerimento_no_007-2025_-_voto_de_louvor_e_sessao_solene_2.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2636/requerimento_no_008-2025_-_voto_de_louvor_em_favor_do_sr._elpidio_goncalves_dos_reis_policial_militar_aposentado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2648/requerimento_no_009-2025_-_voto_de_louvor_em_favor_dos_apoiadores_na_realizacao_da_festa_da_tabua_lascada.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2654/requerimento_no_010-2025_-_requer_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2697/requerimento_no_011-2025_-_voto_de_louvor_em_apoio_a_cada_colaborador_do_campeonato_esportivo_em_taquaras.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2698/requerimento_no_012-2025_-_realizacao_de_sessao_solene_do_servidor_publico_e_empreendedor_destaque_e_alteracao_de_horario_da_sessao_ordinaria_do_dia_07.10.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2699/requerimento_no_013-2025_-_voto_de_louvor_em_favor_de_pedro_arthur_dias_tozetti.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2858/requerimento_no_014-2025_-_requer_sessao_solene_em_favor_da_secretaria_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2739/requerimento_no_015-2025_-_voto_de_louvor_em_homenagem_aos_servidores_da_secretaria_municipal_de_saude.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H412"/>
+  <dimension ref="A1:H521"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="160.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -12637,3212 +13621,6049 @@
         <v>108</v>
       </c>
       <c r="G289" s="1" t="s">
         <v>1189</v>
       </c>
       <c r="H289" t="s">
         <v>1190</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>1191</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
         <v>10</v>
       </c>
       <c r="D290" t="s">
         <v>1192</v>
       </c>
       <c r="E290" t="s">
         <v>1193</v>
       </c>
+      <c r="F290" t="s">
+        <v>1194</v>
+      </c>
       <c r="G290" s="1" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="H290" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
         <v>17</v>
       </c>
       <c r="D291" t="s">
         <v>1192</v>
       </c>
       <c r="E291" t="s">
         <v>1193</v>
       </c>
       <c r="F291" t="s">
         <v>22</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="H291" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
         <v>21</v>
       </c>
       <c r="D292" t="s">
         <v>1192</v>
       </c>
       <c r="E292" t="s">
         <v>1193</v>
       </c>
       <c r="F292" t="s">
         <v>22</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="H292" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
         <v>26</v>
       </c>
       <c r="D293" t="s">
         <v>1192</v>
       </c>
       <c r="E293" t="s">
         <v>1193</v>
       </c>
       <c r="F293" t="s">
         <v>22</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="H293" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
         <v>30</v>
       </c>
       <c r="D294" t="s">
         <v>1192</v>
       </c>
       <c r="E294" t="s">
         <v>1193</v>
       </c>
       <c r="F294" t="s">
         <v>86</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="H294" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
         <v>34</v>
       </c>
       <c r="D295" t="s">
         <v>1192</v>
       </c>
       <c r="E295" t="s">
         <v>1193</v>
       </c>
       <c r="F295" t="s">
         <v>86</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="H295" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
         <v>38</v>
       </c>
       <c r="D296" t="s">
         <v>1192</v>
       </c>
       <c r="E296" t="s">
         <v>1193</v>
       </c>
       <c r="F296" t="s">
         <v>86</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="H296" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
         <v>42</v>
       </c>
       <c r="D297" t="s">
         <v>1192</v>
       </c>
       <c r="E297" t="s">
         <v>1193</v>
       </c>
       <c r="F297" t="s">
         <v>99</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="H297" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
         <v>46</v>
       </c>
       <c r="D298" t="s">
         <v>1192</v>
       </c>
       <c r="E298" t="s">
         <v>1193</v>
       </c>
       <c r="F298" t="s">
         <v>99</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="H298" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
         <v>50</v>
       </c>
       <c r="D299" t="s">
         <v>1192</v>
       </c>
       <c r="E299" t="s">
         <v>1193</v>
       </c>
       <c r="F299" t="s">
         <v>99</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="H299" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
         <v>55</v>
       </c>
       <c r="D300" t="s">
         <v>1192</v>
       </c>
       <c r="E300" t="s">
         <v>1193</v>
       </c>
       <c r="F300" t="s">
         <v>361</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="H300" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
         <v>59</v>
       </c>
       <c r="D301" t="s">
         <v>1192</v>
       </c>
       <c r="E301" t="s">
         <v>1193</v>
       </c>
       <c r="F301" t="s">
         <v>361</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="H301" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
         <v>64</v>
       </c>
       <c r="D302" t="s">
         <v>1192</v>
       </c>
       <c r="E302" t="s">
         <v>1193</v>
       </c>
       <c r="F302" t="s">
         <v>361</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="H302" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
         <v>68</v>
       </c>
       <c r="D303" t="s">
         <v>1192</v>
       </c>
       <c r="E303" t="s">
         <v>1193</v>
       </c>
       <c r="F303" t="s">
         <v>108</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="H303" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
         <v>72</v>
       </c>
       <c r="D304" t="s">
         <v>1192</v>
       </c>
       <c r="E304" t="s">
         <v>1193</v>
       </c>
       <c r="F304" t="s">
         <v>108</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="H304" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
         <v>76</v>
       </c>
       <c r="D305" t="s">
         <v>1192</v>
       </c>
       <c r="E305" t="s">
         <v>1193</v>
       </c>
       <c r="F305" t="s">
         <v>108</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="H305" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
         <v>81</v>
       </c>
       <c r="D306" t="s">
         <v>1192</v>
       </c>
       <c r="E306" t="s">
         <v>1193</v>
       </c>
       <c r="F306" t="s">
         <v>307</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="H306" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
         <v>85</v>
       </c>
       <c r="D307" t="s">
         <v>1192</v>
       </c>
       <c r="E307" t="s">
         <v>1193</v>
       </c>
       <c r="F307" t="s">
         <v>307</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="H307" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
         <v>90</v>
       </c>
       <c r="D308" t="s">
         <v>1192</v>
       </c>
       <c r="E308" t="s">
         <v>1193</v>
       </c>
       <c r="F308" t="s">
         <v>307</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="H308" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
         <v>94</v>
       </c>
       <c r="D309" t="s">
         <v>1192</v>
       </c>
       <c r="E309" t="s">
         <v>1193</v>
       </c>
       <c r="F309" t="s">
         <v>60</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="H309" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
         <v>98</v>
       </c>
       <c r="D310" t="s">
         <v>1192</v>
       </c>
       <c r="E310" t="s">
         <v>1193</v>
       </c>
       <c r="F310" t="s">
         <v>60</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="H310" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>103</v>
       </c>
       <c r="D311" t="s">
         <v>1192</v>
       </c>
       <c r="E311" t="s">
         <v>1193</v>
       </c>
       <c r="F311" t="s">
         <v>60</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="H311" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>107</v>
       </c>
       <c r="D312" t="s">
         <v>1192</v>
       </c>
       <c r="E312" t="s">
         <v>1193</v>
       </c>
       <c r="F312" t="s">
         <v>13</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="H312" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>112</v>
       </c>
       <c r="D313" t="s">
         <v>1192</v>
       </c>
       <c r="E313" t="s">
         <v>1193</v>
       </c>
       <c r="F313" t="s">
         <v>13</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="H313" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>116</v>
       </c>
       <c r="D314" t="s">
         <v>1192</v>
       </c>
       <c r="E314" t="s">
         <v>1193</v>
       </c>
       <c r="F314" t="s">
         <v>13</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="H314" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>120</v>
       </c>
       <c r="D315" t="s">
         <v>1192</v>
       </c>
       <c r="E315" t="s">
         <v>1193</v>
       </c>
       <c r="F315" t="s">
         <v>294</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="H315" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>124</v>
       </c>
       <c r="D316" t="s">
         <v>1192</v>
       </c>
       <c r="E316" t="s">
         <v>1193</v>
       </c>
       <c r="F316" t="s">
         <v>294</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="H316" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>128</v>
       </c>
       <c r="D317" t="s">
         <v>1192</v>
       </c>
       <c r="E317" t="s">
         <v>1193</v>
       </c>
       <c r="F317" t="s">
         <v>294</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="H317" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>132</v>
       </c>
       <c r="D318" t="s">
         <v>1192</v>
       </c>
       <c r="E318" t="s">
         <v>1193</v>
       </c>
       <c r="F318" t="s">
         <v>77</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="H318" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>136</v>
       </c>
       <c r="D319" t="s">
         <v>1192</v>
       </c>
       <c r="E319" t="s">
         <v>1193</v>
       </c>
       <c r="F319" t="s">
         <v>77</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="H319" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>140</v>
       </c>
       <c r="D320" t="s">
         <v>1192</v>
       </c>
       <c r="E320" t="s">
         <v>1193</v>
       </c>
       <c r="F320" t="s">
         <v>77</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="H320" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>144</v>
       </c>
       <c r="D321" t="s">
         <v>1192</v>
       </c>
       <c r="E321" t="s">
         <v>1193</v>
       </c>
       <c r="F321" t="s">
         <v>22</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="H321" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
         <v>148</v>
       </c>
       <c r="D322" t="s">
         <v>1192</v>
       </c>
       <c r="E322" t="s">
         <v>1193</v>
       </c>
       <c r="F322" t="s">
         <v>22</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="H322" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>152</v>
       </c>
       <c r="D323" t="s">
         <v>1192</v>
       </c>
       <c r="E323" t="s">
         <v>1193</v>
       </c>
       <c r="F323" t="s">
         <v>22</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="H323" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>156</v>
       </c>
       <c r="D324" t="s">
         <v>1192</v>
       </c>
       <c r="E324" t="s">
         <v>1193</v>
       </c>
       <c r="F324" t="s">
         <v>173</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="H324" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
         <v>160</v>
       </c>
       <c r="D325" t="s">
         <v>1192</v>
       </c>
       <c r="E325" t="s">
         <v>1193</v>
       </c>
       <c r="F325" t="s">
         <v>173</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="H325" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
         <v>164</v>
       </c>
       <c r="D326" t="s">
         <v>1192</v>
       </c>
       <c r="E326" t="s">
         <v>1193</v>
       </c>
       <c r="F326" t="s">
         <v>173</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="H326" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
         <v>168</v>
       </c>
       <c r="D327" t="s">
         <v>1192</v>
       </c>
       <c r="E327" t="s">
         <v>1193</v>
       </c>
       <c r="F327" t="s">
         <v>86</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="H327" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
         <v>172</v>
       </c>
       <c r="D328" t="s">
         <v>1192</v>
       </c>
       <c r="E328" t="s">
         <v>1193</v>
       </c>
       <c r="F328" t="s">
         <v>86</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="H328" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
         <v>177</v>
       </c>
       <c r="D329" t="s">
         <v>1192</v>
       </c>
       <c r="E329" t="s">
         <v>1193</v>
       </c>
       <c r="F329" t="s">
         <v>86</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="H329" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
         <v>181</v>
       </c>
       <c r="D330" t="s">
         <v>1192</v>
       </c>
       <c r="E330" t="s">
         <v>1193</v>
       </c>
       <c r="F330" t="s">
         <v>99</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="H330" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>185</v>
       </c>
       <c r="D331" t="s">
         <v>1192</v>
       </c>
       <c r="E331" t="s">
         <v>1193</v>
       </c>
       <c r="F331" t="s">
         <v>99</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="H331" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
         <v>189</v>
       </c>
       <c r="D332" t="s">
         <v>1192</v>
       </c>
       <c r="E332" t="s">
         <v>1193</v>
       </c>
       <c r="F332" t="s">
         <v>99</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="H332" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
         <v>193</v>
       </c>
       <c r="D333" t="s">
         <v>1192</v>
       </c>
       <c r="E333" t="s">
         <v>1193</v>
       </c>
       <c r="F333" t="s">
         <v>361</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="H333" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
         <v>197</v>
       </c>
       <c r="D334" t="s">
         <v>1192</v>
       </c>
       <c r="E334" t="s">
         <v>1193</v>
       </c>
       <c r="F334" t="s">
         <v>361</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="H334" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
         <v>201</v>
       </c>
       <c r="D335" t="s">
         <v>1192</v>
       </c>
       <c r="E335" t="s">
         <v>1193</v>
       </c>
       <c r="F335" t="s">
         <v>361</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="H335" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
         <v>205</v>
       </c>
       <c r="D336" t="s">
         <v>1192</v>
       </c>
       <c r="E336" t="s">
         <v>1193</v>
       </c>
       <c r="F336" t="s">
         <v>108</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="H336" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
         <v>209</v>
       </c>
       <c r="D337" t="s">
         <v>1192</v>
       </c>
       <c r="E337" t="s">
         <v>1193</v>
       </c>
       <c r="F337" t="s">
         <v>108</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="H337" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
         <v>213</v>
       </c>
       <c r="D338" t="s">
         <v>1192</v>
       </c>
       <c r="E338" t="s">
         <v>1193</v>
       </c>
       <c r="F338" t="s">
         <v>108</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="H338" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>217</v>
       </c>
       <c r="D339" t="s">
         <v>1192</v>
       </c>
       <c r="E339" t="s">
         <v>1193</v>
       </c>
       <c r="F339" t="s">
         <v>307</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="H339" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="D340" t="s">
         <v>1192</v>
       </c>
       <c r="E340" t="s">
         <v>1193</v>
       </c>
       <c r="F340" t="s">
-        <v>60</v>
+        <v>307</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="H340" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>10</v>
+        <v>225</v>
       </c>
       <c r="D341" t="s">
-        <v>1347</v>
+        <v>1192</v>
       </c>
       <c r="E341" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F341" t="s">
+        <v>307</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="H341" t="s">
         <v>1348</v>
-      </c>
-[...7 lines deleted...]
-        <v>1350</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>229</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F342" t="s">
+        <v>60</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="H342" t="s">
         <v>1351</v>
-      </c>
-[...19 lines deleted...]
-        <v>1354</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1355</v>
+        <v>1352</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>21</v>
+        <v>233</v>
       </c>
       <c r="D343" t="s">
-        <v>1347</v>
+        <v>1192</v>
       </c>
       <c r="E343" t="s">
-        <v>1348</v>
+        <v>1193</v>
       </c>
       <c r="F343" t="s">
-        <v>1352</v>
+        <v>60</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1356</v>
+        <v>1353</v>
       </c>
       <c r="H343" t="s">
-        <v>1357</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1358</v>
+        <v>1355</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>26</v>
+        <v>237</v>
       </c>
       <c r="D344" t="s">
-        <v>1347</v>
+        <v>1192</v>
       </c>
       <c r="E344" t="s">
-        <v>1348</v>
+        <v>1193</v>
       </c>
       <c r="F344" t="s">
-        <v>1352</v>
+        <v>60</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1359</v>
+        <v>1356</v>
       </c>
       <c r="H344" t="s">
-        <v>1360</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1361</v>
+        <v>1358</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>30</v>
+        <v>241</v>
       </c>
       <c r="D345" t="s">
-        <v>1347</v>
+        <v>1192</v>
       </c>
       <c r="E345" t="s">
-        <v>1348</v>
+        <v>1193</v>
       </c>
       <c r="F345" t="s">
-        <v>1352</v>
+        <v>13</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1362</v>
+        <v>1359</v>
       </c>
       <c r="H345" t="s">
-        <v>1363</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1364</v>
+        <v>1361</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>34</v>
+        <v>245</v>
       </c>
       <c r="D346" t="s">
-        <v>1347</v>
+        <v>1192</v>
       </c>
       <c r="E346" t="s">
-        <v>1348</v>
+        <v>1193</v>
       </c>
       <c r="F346" t="s">
-        <v>1352</v>
+        <v>13</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1365</v>
+        <v>1362</v>
       </c>
       <c r="H346" t="s">
-        <v>1366</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1367</v>
+        <v>1364</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>38</v>
+        <v>249</v>
       </c>
       <c r="D347" t="s">
-        <v>1347</v>
+        <v>1192</v>
       </c>
       <c r="E347" t="s">
-        <v>1348</v>
+        <v>1193</v>
       </c>
       <c r="F347" t="s">
-        <v>1352</v>
+        <v>13</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
       <c r="H347" t="s">
-        <v>1369</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1370</v>
+        <v>1367</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>42</v>
+        <v>253</v>
       </c>
       <c r="D348" t="s">
-        <v>1347</v>
+        <v>1192</v>
       </c>
       <c r="E348" t="s">
-        <v>1348</v>
+        <v>1193</v>
       </c>
       <c r="F348" t="s">
-        <v>1352</v>
+        <v>294</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1371</v>
+        <v>1368</v>
       </c>
       <c r="H348" t="s">
-        <v>1372</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1373</v>
+        <v>1370</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>46</v>
+        <v>257</v>
       </c>
       <c r="D349" t="s">
-        <v>1347</v>
+        <v>1192</v>
       </c>
       <c r="E349" t="s">
-        <v>1348</v>
+        <v>1193</v>
       </c>
       <c r="F349" t="s">
-        <v>1352</v>
+        <v>294</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1374</v>
+        <v>1371</v>
       </c>
       <c r="H349" t="s">
-        <v>1375</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1376</v>
+        <v>1373</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>50</v>
+        <v>261</v>
       </c>
       <c r="D350" t="s">
-        <v>1347</v>
+        <v>1192</v>
       </c>
       <c r="E350" t="s">
-        <v>1348</v>
+        <v>1193</v>
       </c>
       <c r="F350" t="s">
-        <v>1352</v>
+        <v>294</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1377</v>
+        <v>1374</v>
       </c>
       <c r="H350" t="s">
-        <v>1378</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1379</v>
+        <v>1376</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>55</v>
+        <v>265</v>
       </c>
       <c r="D351" t="s">
-        <v>1347</v>
+        <v>1192</v>
       </c>
       <c r="E351" t="s">
-        <v>1348</v>
+        <v>1193</v>
       </c>
       <c r="F351" t="s">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1380</v>
+        <v>1377</v>
       </c>
       <c r="H351" t="s">
-        <v>1381</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1382</v>
+        <v>1379</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>59</v>
+        <v>269</v>
       </c>
       <c r="D352" t="s">
-        <v>1347</v>
+        <v>1192</v>
       </c>
       <c r="E352" t="s">
-        <v>1348</v>
+        <v>1193</v>
       </c>
       <c r="F352" t="s">
-        <v>1352</v>
+        <v>77</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1383</v>
+        <v>1380</v>
       </c>
       <c r="H352" t="s">
-        <v>1384</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1385</v>
+        <v>1382</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>10</v>
+        <v>273</v>
       </c>
       <c r="D353" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E353" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F353" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1388</v>
+        <v>1383</v>
       </c>
       <c r="H353" t="s">
-        <v>1389</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1390</v>
+        <v>1385</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>17</v>
+        <v>277</v>
       </c>
       <c r="D354" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F354" t="s">
+        <v>22</v>
+      </c>
+      <c r="G354" s="1" t="s">
         <v>1386</v>
       </c>
-      <c r="E354" t="s">
+      <c r="H354" t="s">
         <v>1387</v>
-      </c>
-[...7 lines deleted...]
-        <v>1392</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1393</v>
+        <v>1388</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>21</v>
+        <v>281</v>
       </c>
       <c r="D355" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E355" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F355" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1394</v>
+        <v>1389</v>
       </c>
       <c r="H355" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1396</v>
+        <v>1391</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>26</v>
+        <v>285</v>
       </c>
       <c r="D356" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E356" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F356" t="s">
-        <v>108</v>
+        <v>22</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1397</v>
+        <v>1392</v>
       </c>
       <c r="H356" t="s">
-        <v>1398</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1399</v>
+        <v>1394</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>30</v>
+        <v>289</v>
       </c>
       <c r="D357" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E357" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F357" t="s">
-        <v>1400</v>
+        <v>173</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1401</v>
+        <v>1395</v>
       </c>
       <c r="H357" t="s">
-        <v>1402</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1403</v>
+        <v>1397</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>34</v>
+        <v>293</v>
       </c>
       <c r="D358" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E358" t="s">
-        <v>1387</v>
+        <v>1193</v>
+      </c>
+      <c r="F358" t="s">
+        <v>173</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1404</v>
+        <v>1398</v>
       </c>
       <c r="H358" t="s">
-        <v>1405</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1406</v>
+        <v>1400</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>38</v>
+        <v>298</v>
       </c>
       <c r="D359" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E359" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F359" t="s">
         <v>173</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1407</v>
+        <v>1401</v>
       </c>
       <c r="H359" t="s">
-        <v>1408</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1409</v>
+        <v>1403</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>42</v>
+        <v>302</v>
       </c>
       <c r="D360" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E360" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F360" t="s">
-        <v>173</v>
+        <v>86</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1410</v>
+        <v>1404</v>
       </c>
       <c r="H360" t="s">
-        <v>1411</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1412</v>
+        <v>1406</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>46</v>
+        <v>306</v>
       </c>
       <c r="D361" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E361" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F361" t="s">
-        <v>13</v>
+        <v>86</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1413</v>
+        <v>1407</v>
       </c>
       <c r="H361" t="s">
-        <v>1414</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1415</v>
+        <v>1409</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>50</v>
+        <v>311</v>
       </c>
       <c r="D362" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E362" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F362" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1416</v>
+        <v>1410</v>
       </c>
       <c r="H362" t="s">
-        <v>1417</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1418</v>
+        <v>1412</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>55</v>
+        <v>315</v>
       </c>
       <c r="D363" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E363" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F363" t="s">
         <v>99</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1419</v>
+        <v>1413</v>
       </c>
       <c r="H363" t="s">
-        <v>1420</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1421</v>
+        <v>1415</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>59</v>
+        <v>319</v>
       </c>
       <c r="D364" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E364" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F364" t="s">
-        <v>173</v>
+        <v>99</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1422</v>
+        <v>1416</v>
       </c>
       <c r="H364" t="s">
-        <v>1423</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1424</v>
+        <v>1418</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>64</v>
+        <v>323</v>
       </c>
       <c r="D365" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E365" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F365" t="s">
-        <v>1352</v>
+        <v>99</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1425</v>
+        <v>1419</v>
       </c>
       <c r="H365" t="s">
-        <v>1426</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1427</v>
+        <v>1421</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>68</v>
+        <v>327</v>
       </c>
       <c r="D366" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E366" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F366" t="s">
-        <v>1352</v>
+        <v>361</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1428</v>
+        <v>1422</v>
       </c>
       <c r="H366" t="s">
-        <v>1429</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1430</v>
+        <v>1424</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>72</v>
+        <v>331</v>
       </c>
       <c r="D367" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E367" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F367" t="s">
-        <v>99</v>
+        <v>361</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1431</v>
+        <v>1425</v>
       </c>
       <c r="H367" t="s">
-        <v>1432</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1433</v>
+        <v>1427</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>76</v>
+        <v>335</v>
       </c>
       <c r="D368" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E368" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F368" t="s">
-        <v>22</v>
+        <v>361</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1434</v>
+        <v>1428</v>
       </c>
       <c r="H368" t="s">
-        <v>1435</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1436</v>
+        <v>1430</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>81</v>
+        <v>339</v>
       </c>
       <c r="D369" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E369" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F369" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1437</v>
+        <v>1431</v>
       </c>
       <c r="H369" t="s">
-        <v>1438</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1439</v>
+        <v>1433</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>85</v>
+        <v>344</v>
       </c>
       <c r="D370" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E370" t="s">
-        <v>1387</v>
+        <v>1193</v>
+      </c>
+      <c r="F370" t="s">
+        <v>108</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1440</v>
+        <v>1434</v>
       </c>
       <c r="H370" t="s">
-        <v>1441</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1442</v>
+        <v>1436</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>90</v>
+        <v>348</v>
       </c>
       <c r="D371" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E371" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F371" t="s">
-        <v>294</v>
+        <v>108</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1443</v>
+        <v>1437</v>
       </c>
       <c r="H371" t="s">
-        <v>1444</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1445</v>
+        <v>1439</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>94</v>
+        <v>352</v>
       </c>
       <c r="D372" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E372" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F372" t="s">
-        <v>1352</v>
+        <v>307</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1446</v>
+        <v>1440</v>
       </c>
       <c r="H372" t="s">
-        <v>1447</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1448</v>
+        <v>1442</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>98</v>
+        <v>356</v>
       </c>
       <c r="D373" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E373" t="s">
-        <v>1387</v>
+        <v>1193</v>
+      </c>
+      <c r="F373" t="s">
+        <v>307</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1449</v>
+        <v>1443</v>
       </c>
       <c r="H373" t="s">
-        <v>1450</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1451</v>
+        <v>1445</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>103</v>
+        <v>360</v>
       </c>
       <c r="D374" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E374" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F374" t="s">
-        <v>1352</v>
+        <v>307</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1452</v>
+        <v>1446</v>
       </c>
       <c r="H374" t="s">
-        <v>1453</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1454</v>
+        <v>1448</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>107</v>
+        <v>365</v>
       </c>
       <c r="D375" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E375" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F375" t="s">
-        <v>1352</v>
+        <v>60</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1455</v>
+        <v>1449</v>
       </c>
       <c r="H375" t="s">
-        <v>1456</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1457</v>
+        <v>1451</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>112</v>
+        <v>369</v>
       </c>
       <c r="D376" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E376" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F376" t="s">
-        <v>1352</v>
+        <v>60</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1458</v>
+        <v>1452</v>
       </c>
       <c r="H376" t="s">
-        <v>1459</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1460</v>
+        <v>1454</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>116</v>
+        <v>373</v>
       </c>
       <c r="D377" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E377" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F377" t="s">
-        <v>1352</v>
+        <v>60</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1461</v>
+        <v>1455</v>
       </c>
       <c r="H377" t="s">
-        <v>1462</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1463</v>
+        <v>1457</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>120</v>
+        <v>377</v>
       </c>
       <c r="D378" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E378" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F378" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1464</v>
+        <v>1458</v>
       </c>
       <c r="H378" t="s">
-        <v>1465</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1466</v>
+        <v>1460</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>124</v>
+        <v>381</v>
       </c>
       <c r="D379" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E379" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F379" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1467</v>
+        <v>1461</v>
       </c>
       <c r="H379" t="s">
-        <v>1468</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1469</v>
+        <v>1463</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>128</v>
+        <v>385</v>
       </c>
       <c r="D380" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E380" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F380" t="s">
-        <v>1352</v>
+        <v>13</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1470</v>
+        <v>1464</v>
       </c>
       <c r="H380" t="s">
-        <v>1471</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1472</v>
+        <v>1466</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>132</v>
+        <v>389</v>
       </c>
       <c r="D381" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E381" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F381" t="s">
-        <v>13</v>
+        <v>294</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1473</v>
+        <v>1467</v>
       </c>
       <c r="H381" t="s">
-        <v>1474</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1475</v>
+        <v>1469</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>136</v>
+        <v>393</v>
       </c>
       <c r="D382" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E382" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F382" t="s">
-        <v>1352</v>
+        <v>294</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1476</v>
+        <v>1470</v>
       </c>
       <c r="H382" t="s">
-        <v>1477</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1478</v>
+        <v>1472</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>140</v>
+        <v>397</v>
       </c>
       <c r="D383" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E383" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F383" t="s">
-        <v>108</v>
+        <v>294</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1479</v>
+        <v>1473</v>
       </c>
       <c r="H383" t="s">
-        <v>1480</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1481</v>
+        <v>1475</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>144</v>
+        <v>401</v>
       </c>
       <c r="D384" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E384" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F384" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1482</v>
+        <v>1476</v>
       </c>
       <c r="H384" t="s">
-        <v>1483</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1484</v>
+        <v>1478</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>148</v>
+        <v>405</v>
       </c>
       <c r="D385" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E385" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F385" t="s">
-        <v>108</v>
+        <v>77</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1485</v>
+        <v>1479</v>
       </c>
       <c r="H385" t="s">
-        <v>1486</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1487</v>
+        <v>1481</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>152</v>
+        <v>409</v>
       </c>
       <c r="D386" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E386" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F386" t="s">
-        <v>1352</v>
+        <v>77</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1488</v>
+        <v>1482</v>
       </c>
       <c r="H386" t="s">
-        <v>1489</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1490</v>
+        <v>1484</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>156</v>
+        <v>413</v>
       </c>
       <c r="D387" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E387" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F387" t="s">
-        <v>13</v>
+        <v>173</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1491</v>
+        <v>1485</v>
       </c>
       <c r="H387" t="s">
-        <v>1492</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1493</v>
+        <v>1487</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>160</v>
+        <v>417</v>
       </c>
       <c r="D388" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E388" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F388" t="s">
-        <v>108</v>
+        <v>173</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1494</v>
+        <v>1488</v>
       </c>
       <c r="H388" t="s">
-        <v>1495</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1496</v>
+        <v>1490</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>168</v>
+        <v>421</v>
       </c>
       <c r="D389" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E389" t="s">
-        <v>1387</v>
+        <v>1193</v>
+      </c>
+      <c r="F389" t="s">
+        <v>173</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1497</v>
+        <v>1491</v>
       </c>
       <c r="H389" t="s">
-        <v>1498</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1499</v>
+        <v>1493</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>172</v>
+        <v>425</v>
       </c>
       <c r="D390" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E390" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F390" t="s">
-        <v>1352</v>
+        <v>1194</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1500</v>
+        <v>1494</v>
       </c>
       <c r="H390" t="s">
-        <v>1501</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1502</v>
+        <v>1496</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>177</v>
+        <v>429</v>
       </c>
       <c r="D391" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E391" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F391" t="s">
-        <v>1352</v>
+        <v>86</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1503</v>
+        <v>1497</v>
       </c>
       <c r="H391" t="s">
-        <v>1504</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1505</v>
+        <v>1499</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>181</v>
+        <v>433</v>
       </c>
       <c r="D392" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E392" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F392" t="s">
-        <v>1352</v>
+        <v>86</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1506</v>
+        <v>1500</v>
       </c>
       <c r="H392" t="s">
-        <v>1507</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1508</v>
+        <v>1502</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>185</v>
+        <v>437</v>
       </c>
       <c r="D393" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E393" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F393" t="s">
-        <v>1352</v>
+        <v>86</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1509</v>
+        <v>1503</v>
       </c>
       <c r="H393" t="s">
-        <v>1510</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1511</v>
+        <v>1505</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>193</v>
+        <v>441</v>
       </c>
       <c r="D394" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E394" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F394" t="s">
-        <v>1352</v>
+        <v>99</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1512</v>
+        <v>1506</v>
       </c>
       <c r="H394" t="s">
-        <v>1513</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1514</v>
+        <v>1508</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>197</v>
+        <v>445</v>
       </c>
       <c r="D395" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E395" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F395" t="s">
-        <v>1352</v>
+        <v>99</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1515</v>
+        <v>1509</v>
       </c>
       <c r="H395" t="s">
-        <v>1516</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1517</v>
+        <v>1511</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>201</v>
+        <v>449</v>
       </c>
       <c r="D396" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E396" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F396" t="s">
-        <v>1352</v>
+        <v>361</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1518</v>
+        <v>1512</v>
       </c>
       <c r="H396" t="s">
-        <v>1519</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1520</v>
+        <v>1514</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>205</v>
+        <v>453</v>
       </c>
       <c r="D397" t="s">
-        <v>1386</v>
+        <v>1192</v>
       </c>
       <c r="E397" t="s">
-        <v>1387</v>
+        <v>1193</v>
       </c>
       <c r="F397" t="s">
-        <v>1352</v>
+        <v>361</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1521</v>
+        <v>1515</v>
       </c>
       <c r="H397" t="s">
-        <v>1522</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1523</v>
+        <v>1517</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>64</v>
+        <v>457</v>
       </c>
       <c r="D398" t="s">
-        <v>1524</v>
+        <v>1192</v>
       </c>
       <c r="E398" t="s">
-        <v>1525</v>
+        <v>1193</v>
       </c>
       <c r="F398" t="s">
-        <v>1352</v>
+        <v>108</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1526</v>
+        <v>1518</v>
       </c>
       <c r="H398" t="s">
-        <v>1527</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1528</v>
+        <v>1520</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>10</v>
+        <v>461</v>
       </c>
       <c r="D399" t="s">
-        <v>1529</v>
+        <v>1192</v>
       </c>
       <c r="E399" t="s">
-        <v>1530</v>
+        <v>1193</v>
       </c>
       <c r="F399" t="s">
-        <v>1531</v>
+        <v>108</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1532</v>
+        <v>1521</v>
       </c>
       <c r="H399" t="s">
-        <v>1533</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1534</v>
+        <v>1523</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>10</v>
+        <v>465</v>
       </c>
       <c r="D400" t="s">
-        <v>1535</v>
+        <v>1192</v>
       </c>
       <c r="E400" t="s">
-        <v>1536</v>
+        <v>1193</v>
       </c>
       <c r="F400" t="s">
-        <v>1537</v>
+        <v>108</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1538</v>
+        <v>1524</v>
       </c>
       <c r="H400" t="s">
-        <v>1539</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1540</v>
+        <v>1526</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>17</v>
+        <v>469</v>
       </c>
       <c r="D401" t="s">
-        <v>1535</v>
+        <v>1192</v>
       </c>
       <c r="E401" t="s">
-        <v>1536</v>
+        <v>1193</v>
       </c>
       <c r="F401" t="s">
-        <v>108</v>
+        <v>307</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1541</v>
+        <v>1527</v>
       </c>
       <c r="H401" t="s">
-        <v>1542</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1543</v>
+        <v>1529</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>21</v>
+        <v>473</v>
       </c>
       <c r="D402" t="s">
-        <v>1535</v>
+        <v>1192</v>
       </c>
       <c r="E402" t="s">
-        <v>1536</v>
+        <v>1193</v>
       </c>
       <c r="F402" t="s">
-        <v>1544</v>
+        <v>307</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1545</v>
+        <v>1530</v>
       </c>
       <c r="H402" t="s">
-        <v>1546</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1547</v>
+        <v>1532</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>26</v>
+        <v>477</v>
       </c>
       <c r="D403" t="s">
-        <v>1535</v>
+        <v>1192</v>
       </c>
       <c r="E403" t="s">
-        <v>1536</v>
+        <v>1193</v>
       </c>
       <c r="F403" t="s">
-        <v>1544</v>
+        <v>307</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1548</v>
+        <v>1533</v>
       </c>
       <c r="H403" t="s">
-        <v>1549</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1550</v>
+        <v>1535</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>30</v>
+        <v>481</v>
       </c>
       <c r="D404" t="s">
-        <v>1535</v>
+        <v>1192</v>
       </c>
       <c r="E404" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F404" t="s">
+        <v>60</v>
+      </c>
+      <c r="G404" s="1" t="s">
         <v>1536</v>
       </c>
-      <c r="F404" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H404" t="s">
-        <v>1552</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1553</v>
+        <v>1538</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>34</v>
+        <v>485</v>
       </c>
       <c r="D405" t="s">
-        <v>1535</v>
+        <v>1192</v>
       </c>
       <c r="E405" t="s">
-        <v>1536</v>
+        <v>1193</v>
       </c>
       <c r="F405" t="s">
-        <v>99</v>
+        <v>60</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1554</v>
+        <v>1539</v>
       </c>
       <c r="H405" t="s">
-        <v>1555</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1556</v>
+        <v>1541</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>42</v>
+        <v>489</v>
       </c>
       <c r="D406" t="s">
-        <v>1535</v>
+        <v>1192</v>
       </c>
       <c r="E406" t="s">
-        <v>1536</v>
+        <v>1193</v>
       </c>
       <c r="F406" t="s">
         <v>13</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1557</v>
+        <v>1542</v>
       </c>
       <c r="H406" t="s">
-        <v>1558</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1559</v>
+        <v>1544</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>46</v>
+        <v>493</v>
       </c>
       <c r="D407" t="s">
-        <v>1535</v>
+        <v>1192</v>
       </c>
       <c r="E407" t="s">
-        <v>1536</v>
+        <v>1193</v>
+      </c>
+      <c r="F407" t="s">
+        <v>13</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1560</v>
+        <v>1545</v>
       </c>
       <c r="H407" t="s">
-        <v>1561</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1562</v>
+        <v>1547</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>50</v>
+        <v>497</v>
       </c>
       <c r="D408" t="s">
-        <v>1535</v>
+        <v>1192</v>
       </c>
       <c r="E408" t="s">
-        <v>1536</v>
+        <v>1193</v>
       </c>
       <c r="F408" t="s">
-        <v>1563</v>
+        <v>294</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1564</v>
+        <v>1548</v>
       </c>
       <c r="H408" t="s">
-        <v>1565</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1566</v>
+        <v>1550</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>55</v>
+        <v>501</v>
       </c>
       <c r="D409" t="s">
-        <v>1535</v>
+        <v>1192</v>
       </c>
       <c r="E409" t="s">
-        <v>1536</v>
+        <v>1193</v>
       </c>
       <c r="F409" t="s">
-        <v>77</v>
+        <v>294</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1567</v>
+        <v>1551</v>
       </c>
       <c r="H409" t="s">
-        <v>1568</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1569</v>
+        <v>1553</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>59</v>
+        <v>505</v>
       </c>
       <c r="D410" t="s">
-        <v>1535</v>
+        <v>1192</v>
       </c>
       <c r="E410" t="s">
-        <v>1536</v>
+        <v>1193</v>
       </c>
       <c r="F410" t="s">
-        <v>514</v>
+        <v>77</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1570</v>
+        <v>1554</v>
       </c>
       <c r="H410" t="s">
-        <v>1571</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1572</v>
+        <v>1556</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>64</v>
+        <v>509</v>
       </c>
       <c r="D411" t="s">
-        <v>1535</v>
+        <v>1192</v>
       </c>
       <c r="E411" t="s">
-        <v>1536</v>
+        <v>1193</v>
       </c>
       <c r="F411" t="s">
-        <v>514</v>
+        <v>77</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1573</v>
+        <v>791</v>
       </c>
       <c r="H411" t="s">
-        <v>1574</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>513</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E412" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F412" t="s">
+        <v>77</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>518</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E413" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F413" t="s">
+        <v>22</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>522</v>
+      </c>
+      <c r="D414" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E414" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F414" t="s">
+        <v>22</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>526</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E415" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F415" t="s">
+        <v>173</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>531</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E416" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F416" t="s">
+        <v>173</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>535</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E417" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F417" t="s">
+        <v>86</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H417" t="s">
         <v>1575</v>
       </c>
-      <c r="B412" t="s">
-[...2 lines deleted...]
-      <c r="C412" t="s">
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>539</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E418" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F418" t="s">
+        <v>86</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>543</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E419" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F419" t="s">
+        <v>99</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>547</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E420" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F420" t="s">
+        <v>99</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>551</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F421" t="s">
+        <v>361</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>555</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F422" t="s">
+        <v>361</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>559</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F423" t="s">
+        <v>108</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>563</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F424" t="s">
+        <v>108</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>567</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F425" t="s">
+        <v>307</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>571</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F426" t="s">
+        <v>307</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>575</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F427" t="s">
+        <v>60</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1605</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>579</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F428" t="s">
+        <v>60</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>583</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F429" t="s">
+        <v>13</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>587</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F430" t="s">
+        <v>13</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>591</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F431" t="s">
+        <v>294</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>595</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F432" t="s">
+        <v>294</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>599</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F433" t="s">
+        <v>77</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>604</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F434" t="s">
+        <v>77</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>608</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F435" t="s">
+        <v>22</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>612</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F436" t="s">
+        <v>22</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>616</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F437" t="s">
+        <v>173</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>620</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F438" t="s">
+        <v>173</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>10</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F439" t="s">
+        <v>108</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>17</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F440" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>21</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F441" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>26</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F442" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>30</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F443" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>34</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F444" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>38</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F445" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>42</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F446" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>46</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F447" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>50</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F448" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>55</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F449" t="s">
+        <v>60</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>59</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F450" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>10</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F451" t="s">
+        <v>13</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>17</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F452" t="s">
+        <v>99</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>21</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F453" t="s">
+        <v>99</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>26</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F454" t="s">
+        <v>108</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>30</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F455" t="s">
+        <v>1693</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>34</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1680</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>38</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F457" t="s">
+        <v>173</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>42</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F458" t="s">
+        <v>173</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>46</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F459" t="s">
+        <v>13</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>50</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F460" t="s">
+        <v>99</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>55</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F461" t="s">
+        <v>99</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>59</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F462" t="s">
+        <v>173</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>64</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F463" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>68</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F464" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
         <v>72</v>
       </c>
-      <c r="D412" t="s">
-[...5 lines deleted...]
-      <c r="F412" t="s">
+      <c r="D465" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F465" t="s">
+        <v>99</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>76</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F466" t="s">
+        <v>22</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>81</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F467" t="s">
+        <v>22</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>85</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1680</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>90</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F469" t="s">
+        <v>294</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>94</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F470" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>98</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1680</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>103</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F472" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>107</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F473" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>112</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F474" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1751</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>116</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F475" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>120</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F476" t="s">
+        <v>60</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>124</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F477" t="s">
+        <v>22</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>128</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F478" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>132</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F479" t="s">
+        <v>13</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>136</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F480" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>140</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F481" t="s">
+        <v>108</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>144</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F482" t="s">
+        <v>22</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>148</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F483" t="s">
+        <v>108</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>152</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F484" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>156</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F485" t="s">
+        <v>13</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>160</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F486" t="s">
+        <v>108</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>168</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1680</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>172</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F488" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>177</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F489" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>181</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F490" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>185</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F491" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>193</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F492" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1805</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>197</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F493" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>201</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F494" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>205</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F495" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>209</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F496" t="s">
+        <v>77</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>213</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F497" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>217</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F498" t="s">
+        <v>86</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>225</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F499" t="s">
+        <v>22</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>229</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F500" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>233</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F501" t="s">
+        <v>514</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1832</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>237</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E502" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F502" t="s">
+        <v>13</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>241</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E503" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F503" t="s">
+        <v>13</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>64</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1841</v>
+      </c>
+      <c r="E504" t="s">
+        <v>1842</v>
+      </c>
+      <c r="F504" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>10</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1847</v>
+      </c>
+      <c r="F505" t="s">
+        <v>1848</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>10</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F506" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>10</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F507" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1860</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>17</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F508" t="s">
+        <v>108</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>21</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F509" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>26</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F510" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>30</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E511" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F511" t="s">
+        <v>99</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>34</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E512" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F512" t="s">
+        <v>99</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>38</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E513" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F513" t="s">
+        <v>22</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>1879</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>42</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E514" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F514" t="s">
+        <v>13</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>46</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E515" t="s">
+        <v>1858</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>50</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E516" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F516" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>55</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E517" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F517" t="s">
+        <v>77</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>59</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E518" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F518" t="s">
+        <v>514</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>64</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E519" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F519" t="s">
+        <v>514</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>68</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E520" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F520" t="s">
         <v>307</v>
       </c>
-      <c r="G412" s="1" t="s">
-[...3 lines deleted...]
-        <v>1577</v>
+      <c r="G520" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>72</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F521" t="s">
+        <v>307</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1905</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -16214,50 +20035,159 @@
     <hyperlink ref="G388" r:id="rId387"/>
     <hyperlink ref="G389" r:id="rId388"/>
     <hyperlink ref="G390" r:id="rId389"/>
     <hyperlink ref="G391" r:id="rId390"/>
     <hyperlink ref="G392" r:id="rId391"/>
     <hyperlink ref="G393" r:id="rId392"/>
     <hyperlink ref="G394" r:id="rId393"/>
     <hyperlink ref="G395" r:id="rId394"/>
     <hyperlink ref="G396" r:id="rId395"/>
     <hyperlink ref="G397" r:id="rId396"/>
     <hyperlink ref="G398" r:id="rId397"/>
     <hyperlink ref="G399" r:id="rId398"/>
     <hyperlink ref="G400" r:id="rId399"/>
     <hyperlink ref="G401" r:id="rId400"/>
     <hyperlink ref="G402" r:id="rId401"/>
     <hyperlink ref="G403" r:id="rId402"/>
     <hyperlink ref="G404" r:id="rId403"/>
     <hyperlink ref="G405" r:id="rId404"/>
     <hyperlink ref="G406" r:id="rId405"/>
     <hyperlink ref="G407" r:id="rId406"/>
     <hyperlink ref="G408" r:id="rId407"/>
     <hyperlink ref="G409" r:id="rId408"/>
     <hyperlink ref="G410" r:id="rId409"/>
     <hyperlink ref="G411" r:id="rId410"/>
     <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>