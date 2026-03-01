--- v2 (2026-01-14)
+++ v3 (2026-03-01)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4159" uniqueCount="1906">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4167" uniqueCount="1910">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -3328,50 +3328,62 @@
     <t>2660</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>Chiquinho do Camata, Gilberto Coelho</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_no_266-2025_-_atribuir_o_nome_a_rua_mota_viana_a_uma_via_publica_do_municipio_de_pedro_canario.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE ATRIBUIR O NOME “MANOEL MOTA VIANA” A UMA VIA PÚBLICA DO MUNICÍPIO DE PEDRO CANÁRIO–ES, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE".</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2661/indicacao_no_267-2025_-_reforma_da_casa_de_passagem.pdf</t>
   </si>
   <si>
     <t>“QUE O PODER EXECUTIVO MUNICIPAL ENVIE TODOS OS ESFORÇOS NECESSÁRIO JUNTO A SECRETARIA DE ASSISTÊNCIA SOCIAL, PARA QUE SEJA REALIZADO UMA REFORMA NA CASA DE PASSAGEM”.</t>
+  </si>
+  <si>
+    <t>2894</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2894/indicacao_no_268-2025_-_implantacao_de_faixa_de_pedestres_sinalizacao_e_redutor_de_velocidade_na_rua_isaias_oliveira_freitas.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA AO PODER EXECUTIVO MUNICIPAL, POR MEIO DO SETOR COMPETENTE, A NECESSIDADE DE IMPLANTAÇÃO DE FAIXA DE PEDESTRES, SINALIZAÇÃO VERTICAL E HORIZONTAL, REDUTORES DE VELOCIDADE (SE NECESSÁRIO), BEM COMO DEMAIS DISPOSITIVOS DE SEGURANÇA VIÁRIA NA RUA ISAÍAS OLIVEIRA FREITAS, NAS IMEDIAÇÕES DA NOVA CRECHE CEIM AMÉLIA LUCAS FARIAS EM CRISTAL DO NORTE".</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao_no_269-2025_-_sinalizacao_de_transito_vertical_e_horizontal_incluindo_faixa_de_pedestres_em_frente_a_escola_maria_otilia.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO ENVIDE ESFORÇOS VISANDO IMPLANTAÇÃO DE SINALIZAÇÃO DE TRÂNSITO VERTICAL E HORIZONTAL, INCLUINDO FAIXA DE PEDESTRES, NA RUA TANCREDO NEVES, Nº 128, EM FRENTE À ESCOLA MUNICIPAL “MARIA OTÍLIA".</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2700/indicacao_no_270-2025_-_instalacao_de_redutor_de_velocidade_com_placas_na_rua_felinto_damiao_em_frente_a_casa_de_no_79_-_bairro_leonorio_i..pdf</t>
   </si>
   <si>
     <t>"QUE O PODER EXECUTIVO ENVIDE ESFORÇOS PARA INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS), DEVIDAMENTE SINALIZADO COM PLACAS DE ADVERTÊNCIA, NA  RUA FELINTO DAMIÃO,  EM FRENTE A CASA DE Nº 79 – BAIRRO LEONÓRIO I".</t>
   </si>
@@ -6084,56 +6096,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2337/indicacao_no_001-2025_-_instalacao_de_uma_academia_ao_ar_livre_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2338/indicacao_no_002-2025_-_construcao_de_uma_pista_para_ciclistas_e_pedestres_sentido_pedro_canario_-_camata_-_camata_-_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2339/indicacao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2341/indicacao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2342/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2343/indicacao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2344/indicacao_no_007-2025_-_van_para_atender_as_demandas_da_secretaria_de_esportes_municipal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2345/indicacao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2346/indicacao_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2347/indicacao_no_010-2025_-_construcao_do_calcamento_das_ruas_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2348/indicacao_no_011-2025_-_indicam_ao_executivo_ao_executivo_municipal_que_seja_promovida_a_drenagem_pluvial_em_todas_as_ruas_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2349/indicacao_no_012-2025_-_conclusao_do_calcamento_das_ruas_localizadas_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2350/indicacao_no_013-2025_-_criar_uma_legislacao_que_estabeleca_regras_para_as_atividades_de_pesca_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2351/indicacao_no_014-2025_-_constucao_de_quebra-molas_nas_ruas_localizadas_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2352/indicacao_no_015-2025_-_rede_fluvial_e_trincheira_de_drenagem_para_rua_osman_santana_moura_localizada_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_no_016-2025_-_implantacao_de_uma_subprefeitura_nos_distritos_de_cristal_do_norte_floresta_do_sul_e_taquaras.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2354/indicacao_no_017-2025_-_estender_o_atendimento_do_cac_aos_distritos_de_floresta_do_sul_cristal_e_taquaras.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2355/indicacao_no_018-2025_-_instalacao_de_uma_unidade_de_farmacia_basica_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2356/indicacao_no_019-2025_-_implantacao_de_um_conjunto_de_casas_populares_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2357/indicacao_no_020-2025_-_planejamento_de_obras_e_investimentos_a_reforma_completa_da_quadra_poliesportiva_de_cristal_piso_cobertura_iluminacao_equipamentos_esportivos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2358/indicacao_no_021-2025_-_proibir_estacionamento_de_carretas_onibus_e_carros_na_via_lateral_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2359/indicacao_no_022-2025_-_que_a_eco_101_proiba_o_estacionamento_de_carretas_onibus_e_carros_na_via_lateral_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2360/indicacao_no_023-2025_-_limpeza_troca_de_areia_manutencao__bem_como_a_poda_das_arvores_que_ficam_em_torno_da_praca_do_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2361/indicacao_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2362/indicacao_no_025-2025_-_instalacao_de_cameras_nas_ruas_principais_e_no_centro_da_cidade_-_videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2363/indicacao_no_026-2025_-_aquisicao_de_cacambas_estacionarias_e_caminhao_poliguindaste.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2364/indicacao_no_027-2025_-_rede_fluvial_e_calcamento_da_rua_joao_p._da_silva_localizada_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2365/indicacao_no_028-2025_-_bolsa_atleta_a_ser_concedida_aos_atletas_amadores_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2366/indicacao_no_029-2025_-_constucao_de_um_novo_predio_para_alocar_a_e.m.e.f_antonio_guedes_alcoforado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2367/indicacao_no_030-2025_-_construcao_de_um_parque_de_exposicao_onde_tenha_um_espaco_para_realizacao_de_eventos_vaquejada_e_uma_area_para_pratica_de_turfe.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_no_031-2025_-_parceria_com_samu_e_o_corpo_de_bombeiros_militar_para_que_todos_os_servidores_da_educacao_sejam_capacitados_com_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2370/indicacao_no_032-2025_-_sinalizacao_com_a_pintura_dos_quebra-molas_nas_av._minas_gerais_e_av._alberto_dos_reis_castro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2371/indicacao_no_033-2025_-_construcao_de_um_galpao_no_bairro_camata_destinado_ao_mercado_municipal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2372/indicacao_no_034-2025_-_limpeza_e_manutencao_da_area_de_vaquejada_no_distrito_de_cristal_do_norte_2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2377/indicacao_no_035-2025_-_reforma_da_quadra_de_futsal_esportiva_do_bairro_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2378/indicacao_no_036-2025_-_poste_e_rede_de_iluminacao_publica_no_final_da_rua_tancredo_neves_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_037-2025_-_que_seja_aterrado_um_buraco_com_terraplanagem_na_rua_projetada_b_final_da_rua_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2380/indicacao_no_038-2025_-_construcao_da_sede_da_associacao_cultural_anhanguera_ascan..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2373/indicacao_no_039-2025_-_construcao_do_campo_de_grama_sintetica_localizada_no_bairro_santa_rita_campo_do_poeirao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2374/indicacao_no_040-2025_-_conclusao_da_pavimentacao_das_ruas_de_todo_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2375/indicacao_no_041-2025_-_reforma_da_unidade_basica_de_saude_localizada_na_sede_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2386/indicacao_no_042-2025_-_reforma_ou_possivel_construcao_da_empef_taquaras.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2387/indicacao_no_043-2025_-_implementacao_do_saneamento_basico_agua_esgoto_drenagem_e_pavimentacao_em_100_das_ruas_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2388/indicacao_no_044-2025_-_construcao_de_um_complexo_esportivo_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2389/indicacao_no_045-2025_-_instalacao_de_lixeiras_em_todos_os_predios_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2390/indicacao_no_046-2025_-_implantacao_de_placas_de_sinalizacao_na_entrada_de_floresta_do_sul_e_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2391/indicacao_no_047-2025_-_aulas_de_reforco_para_criancas_do_1o_ao_6o_ano_do_ensino_fundamental_da_escola_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2392/indicacao_no_048-2025_-_instalado_um_semaforo_e_faixa_de_pedestres_no_cruzamento_entre_a_av._mario_vello_silvares_e_praca_do_posto_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2393/indicacao_no_049-2025_-_criacao_do_vale_feira_para_servidores_-_conforme_minuta_de_projeto_de_lei_anexo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2394/indicacao_no_050-2025_-_uso_de_automovel_que_nao_esteja_em_uso_para_associacao_de_protecao_e_valorizacao_da_vida_animal_-_pata_amiga.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2395/indicacao_no_051-2025_-_construcao_de_um_canil_municipal.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2396/indicacao_no_052-2025_-_construcao_de_um_mirante_na_av._salvador_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2397/indicacao_no_053-2025_-_continuidade_da_rua_morro_dantas_logo_apos_o_cruzamento_com_a_rua_itaguacu.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2398/indicacao_no_054-2025_-_galpao_para_secagem_de_cafe_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2399/indicacao_no_055-2025_-_implantacao_de_uma_cabine_daa_policia_militar_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2400/indicacao_no_056-2025_-_instalacao_de_placas_indicando_nomes_das_ruas_da_cidade_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2401/indicacao_no_057-2025_-_protecao_em_torno_da_areia_da_praca_do_boa_vista_e_espaco_de_lazer_infantil_com_parque_-_praca_saudavel.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2402/indicacao_no_058-2025_-_instalacao_de_um_placar_eletronico_no_ginasio_de_esporte_osman_santana_moura.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2403/indicacao_no_059-2025_-_instalacao_de_um_ponto_de_onibus_na_av._minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2404/indicacao_no_060-2025_-_implantacao_de_saidas_de_emergencia_e_sinalizacoes_nas_areas_poliesportivas_quadras_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2405/indicacao_no_061-2025_-_implantacao_de_rede_de_wi-fi_internet_gratuita_na_praca_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2406/indicacao_no_062-2025_-_construcao_de_uma_rotatoria_na_entrada_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2407/indicacao_no_063-2025_-_implantacao_de_uma_unidade_de_corpo_de_bombeiros_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2408/indicacao_no_064-2025_-_criacao_do_centro_de_comercializacao_da_agricultura_familiar_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_no_065-2025_-_pavimentacao_e_calcamento_com_bloquetes_na_travessa_minas_gerais_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2410/indicacao_no_066-2025_-_realizacao_do_casamento_comunitario.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2411/indicacao_no_067-2025_-__desapropiacao_da_area_av._presidente_kennedy_para_construcao_do_predio_da_prefeitura_e_construcao_de_um_posto_de_saude_no_local.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_no_068-2025_-_que_a_rodoviaria_do_municipio_seja_alocada_e_construida_em_uma_nova_area_localizada_na_rua_dr._washington_luiz_da_silva_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_no_069-2025_-_criar_convenio_de_apoio_para_realizacoes_das_atividades_da_associacao_pata_amiga_bem_como_cessao_do_espaco_para_instalacao_da_ong.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2414/indicacao_no_070_-_uma_tela_de_protecao_junto_a_cerca_de_madeira_no_entorno_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2415/indicacao_no_071-2025_-_cestas_de_basquete_na_quadra_do_complexo_esportivo_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2423/indicacao_no_072-2025_-_reforma_e_cobertura_do_parque_infantil_da_ceim_professora_normilia_cunha_santos_anexo_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2424/indicacao_no_073-2025_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2425/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2426/indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2427/indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2428/indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2429/indicacao_no_078-2025_-_implementacao_de_um_poco_artesiano_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2430/indicacao_no_079-2025_-_ampliacao_de_acesso_a_area_esportiva_pedro_ribeiro_machado_acrescentar_mais_portoes_para_entrada_e_saida_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2431/indicacao_no_080-2025_-_construcao_de_um_campo_de_grama_sintetica_localizado_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2432/indicacao_no_081-2025_-_lixeiras_em_torno_da_lagoa_augusto_ruschi_bem_como_nas_ruas_paralelas_e_quebra-molas_nas_ruas_em_torno_da_lagoa.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2433/indicacao_no_082-2025_-_concurso_cujo_o_objeto_e_a_criacao_do_hino_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2434/indicacao_no_083-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2435/indicacao_no_084-2025_-_sugere_elaboracao_de_projeto_de_lei_que_acrescente_4_letras_no_padrao_de_vencimentos_dos_prof._do_magist.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2436/indicacao_no_085-2025_-_indica_ao_presidente_da_camara_que_coloque_em_atividade_e_acao_ao_programa_julho_vermelho_-_lei_no_1.328-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2437/indicacao_no_086-2025_-__reajuste_salarial_do_servidor_publico_contratado_e_que_seja_inserido_na_lei_de_revisao_geral_o_servidor.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_no_087-2025_-_instalacao_de_portas_com_detector_de_metais_em_todas_as_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2439/indicacao_no_088-2025_-_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_089-2025_-_contratacao_de_medicos_pediatras_para_atendimento.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2441/indicacao_no_090-2025_-_perfuracao_de_um_poco_artesiano_no_distrito_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2442/indicacao_no_091-2025_-_pavimentacao_das_ruas_que_ainda_faltam_em_taquaras.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2443/indicacao_no_092-2025_-_alterar_legislacao_tributaria_que_consiste_em_conceder_o_desconto_de_15_no_iptu_para_os_postos_de_combustiveis.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2444/indicacao_no_093-2025_-_disponibilizar_uma_assistente_social_em_tempo_integral_para_atender_o_centro_de_convivencia_de_floresta_do_sul_e_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2445/indicacao_no_094-2025_-_criacao_de_um_espaco_cultural_afim_de_atender_a_comunidade_anexo_ao_cras_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2446/indicacao_no_095-2025_-_novo_projeto_de_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2447/indicacao_no_096-2025_-_pontos_de_iluminacao_pub._entre_as_ruas_gerson_ribeiro_de_souza_e_rua_getulio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2448/indicacao_no_097-2025_-_reforma_e_ampliacao_da_escola_municipal_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2449/indicacao_no_098-2025_-_mutirao_no_assent._castro_alves_e_floresta_do_sul_para_emissao_de_documento_de_identidade.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2450/indicacao_no_099-2025_-_construir_uma_area_de_lazer_praca_no_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2451/indicacao_no_100-2025_-_implantacao_de_um_posto_da_policia_rodoviaria_federal_na_divisa_entre_o_estado_do_es_e_bahia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2453/indicacao_no_101-2025_-_implantacao_da_sala_do_empreendedor_itinerante_para_realizacao_de_atendimento_nos_bairros_e_distrito_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2458/indicacao_no_102-2025_-_perfuracao_de_um_poco_artesiano_no_bairro_sao_geraldo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2459/indicacao_no_103-2025_-_implantacao_de_calcadas_cidadas_na_sede_e_distritos_deste_municipio_visando_garantir_a_mobilidade_e_a_seguranca_de_todos_os_cidadaos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2460/indicacao_no_104-2025_-_perfuracao_de_pocos_artesianos_em_pontos_estrategicos_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2461/indicacao_no_105-2025_-_construcao_de_uma_unidade_de_pronto_atendimento_pa_24_horas..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2462/indicacao_no_106-2025_-_instalacao_na_praca_do_bairro_boa_vista_de_aparelhos_de_academia_popular_ao_ar_livre_em_aco_inox.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2463/indicacao_no_107-2025_-_implantacao_de_um_banco_municipal_de_materiais_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2464/indicacao_no_108-2025_-_construcao_de_um_campo_de_grama_sintetica_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2465/indicacao_no_109-2025_-_ampliar_horarios_de_atendimento_nas_unidades_basicas_de_saude_desta_municipalidade.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2466/indicacao_no_110-2025_-_construcao_de_uma_quadra_de_esportes_para_o_novo_colegio_sao_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2467/indicacao_no_111-2025_-_apos_a_inauguracao_da_nova_escola_sao_joao_batista_a_quadra_atual_seja_administrada_pela_secretaria_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2468/indicacao_no_112-2025_-_construcao_de_quebra-molas_nas_ruas_mimoso_do_sul_rua_juscelino_kubitschek_rua_vale_do_itaunas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2469/indicacao_no_113-2025_-_construir_uma_unidade_de_saude_para_o_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2470/indicacao_no_114-2025_-_reforma_e_manutencao_do_poco_de_abastecimentos_de_agua_publico_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2471/indicacao_no_115-2025_-_realizacao_de_calcamento_ou_recapeamento_da_rua_sao_mateus_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2472/indicacao_no_116-2025_-_atendimento_profissional_de_radiologia_no_hospital_menino_jesus_por_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2473/indicacao_no_117-2025_-_limpeza_e_reforma_do_cemiterio_municipal_considerando_a_necessidade_de_manutencao_adequada.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2474/indicacao_no_118-2025_-_conclusao_do_calcamento_da_rua_mantenopolis_bairro_leonorio.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2475/indicacao_no_119-2025_-_contratacao_de_um_medico_urologista_qo_menos_uma_vez_na_semana.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2476/indicacao_no_120-2025_-_instalacao_de_placas_de_proibido_jogar_lixo_em_lugares_inapropiados_ou_em_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2477/indicacao_no_121-2025_-_implementacao_de_um_sistema_de_cerco_eletronico_no_municipio_abrangendo_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2478/indicacao_no_122-2025_-_interlocucao_junto_a_concessionaria_eco_101_visando_a_instalacao_de_semaforo_na_area_em_frente_ao_posto_ozorinho.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2479/indicacao_no_123-2025_-_construcao_de_cobertura_de_eventos_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2480/indicacao_no_124-2025_-_envide_esforcos_junto_ao_der-es_no_sentido_de_viabilizar_a_instalacao_de_placas_de_sinalizacao_ao_longo_da_rod_es-209_que_liga_pc_a_cristal.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2481/indicacao_no_125-2025_-_implantacao_de_espaco_de_animais_de_estimacao_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2482/indicacao_no_126-2025_-_aplicacao_de_piso_salarial_para_todos_os_professores_da_rede_municipal_do_municipio_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_no_127-2025_-_construcao_de_um_campo_sintetico_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2484/indicacao_no_128-2025_-_apoiar_a_associacao_de_agricultores_de_cristal_do_norte_no_desenvolvimento_de_apicultura.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2485/indicacao_no_129-2025_-_construcao_de_uma_creche_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_no_130-2025_-_pavimentacao_e_op_calcamento_com_bloquetes_da_rua_da_pimenta_leonorio_ii.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2487/indicacao_no_131-2025_-_instituir_obrigatoriamente_o_exame_de_ecocardiograma_em_recem_nascidos_que_tiveram_alteracoes_no_teste_do_coracaozinho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_no_132-2025_-_sejam_feitas_hortas_comunitarias_nas_regioes_e-ou_bairros_mais_carentes_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2489/indicacao_no_133-2025_-_construido_quebra-molas_na_rua_paulo_vi_bairro_leonorio_ii.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2490/indicacao_no_134-2025_-_capeamento_asfaltico_na_rua_menino_jesus_-_vila_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2491/indicacao_no_135-2025_-_implantar_cameras_de_monitoramento_nas_escolas_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2492/indicacao_no_136-2025_-_construcao_de_uma_nova_unidade_basica_de_saude_dr._ailme_venturim_borgo_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2499/indicacao_no_137-2025_-_contrucao_de_um_campo_sintetico_na_localidade_carapinas.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2500/indicacao_no_138-2025_-_espaco_adequado_para_atendimento_do_cras_no_distrito_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2501/indicacao_no_139-2025_-_criacao_de_servico_de_acolhimento_para_mulheres_vitimas_de_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2502/indicacao_no_140-2025_-_implantacao_de_estacionamento_exclusivo_para_motocicletas_no_entorno_da_lagoa_agusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2503/indicacao_no_141-2025_-_contrucao_de_um_campo_de_futebol_society_no_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2504/indicacao_no_142-2025_-_construcao_de_uma_praca_de_lazer_no_bairro_colina_com_instalacao_de_brinquedos_educativos_para_criancas_e_idosos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2505/indicacao_no_143-2025_-_implantacao_de_uma_passarela_na_travessia_das_tres_pistas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2506/indicacao_no_144-2025_-_campeonato_anual_de_pesca_esportiva_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2507/indicacao_no_145-2025_-_contratacao_de_mais_um_profissional_de_radiologia_para_ampliacao_de_atendimento.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2508/indicacao_no_146-2025_-_pocos_artesianos_nos_bairros_vista_alegre_e_leonorio_ii_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2509/indicacao_no_147-2025_-_disponibilizar_no_hospital_menino_jesus_um_ortopedista_que_possa_realizar_raio_x_com_laudo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_no_148-2025_-_locar_um_imovel_para_funcionamento_do_centro_de_convivencia_e_fortalecimento_de_vinculos.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2511/indicacao_no_149-2025_-_construcao_de_um_quebra-molas_na_rua_morro_dantassituada_no_centro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2512/indicacao_no_150-2025_-_implantacao_de_uma_faixa_de_pedestres_na_av._salvador_no_centro.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2517/indicacao_no_151-2025-_construcao_de_lombadas_quebra-molas_nas_ruas_castelo_branco_e_sebastiao_canal_bairro_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2518/indicacao_no_152-2025_-_atendimento_de_especialistas_de_podologia_nas_unidades_de_saude_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2519/indicacao_no_153-2025_-_implantacao_da_bolsa_estudantil_bolsa_aluno_para_estudantes_matriculados_na_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2520/indicacao_no_154-2025_-_instalacao_de_playgrounds_adaptados_para_criancas_com_deficiencia_ou_mobilidade_reduzida_nas_pracas_da_lagoa_boa_vista_cras_camata_floresta_do_sul_e_cristal.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2521/indicacao_no_155-2025_-_cerca_de_tela_soldada_para_amutraca_-_associacao_de_mulheres_trabalhadoras_rurais_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2522/indicacao_no_156-2025_-_instalacao_de_playgrounds_nas_pracas_do_cras_camata_floresta_do_sul_e_cristal.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2523/indicacao_no_157-2025_-_acoes_de_prevencao_e_promocao_da_saude_na_lagoa_augusto_ruschi_incluido_a_afericao_de_pressao_arterial_teste_de_glicemia_orientacao_sobre_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2524/indicacao_no_158-2025_-_aulas_de_aerobica_e_outras_modalidades_de_danca_a_serem_realizadas_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2525/indicacao_no_159-2025_-_implementacao_de_salas_sensoriais_em_espacos_publicos_como_escolas_unidade_de_saude_centros_de_assistencia_social_para_pessoas_com_tea.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2526/indicacao_no_160-2025_-_construcao_de_um_quadra_poliesportiva_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2527/indicacao_no_161-2025_-_alimentacao_diferenciada_para_criancas_e_adolescentes_portadores_de_diabetes_doencas_celiacas_e_intolerancia_a_lactose.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_no_162-2025_-_reforma_do_campo_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_no_163-2025_-_construcao_de_uma_creche_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2530/indicacao_no_164-2025_-_construcao_de_moradias_populares_na_sede_pedro_canario_e_distritos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_no_165-2025_-_instalacao_de_uma_academia_popular_na_praca_existente_no_distrito_de_floresta_do_sul_e_providencie_a_poda_das_arvores_da_mesma.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_no_166-2025_-_implementacao_do_projeto_sorriso_mais_bonito_voltado_a_saude_bucal_infantil.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_no_167-2025_-_instalar_mais_bancos_na_praca_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2540/indicacao_no_168-2025_-_consultorio_odontologico_na_unidade_de_saude_renata_goncalves_de_araujo_taquaras.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2541/indicacao_no_169-2025_-_novo_centro_de_referencia_de_assistencia_social_cras_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_no_170-2025_-_construcao_de_um_centro_de_atencao_psicossocial_caps_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2543/indicacao_no_171-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2544/indicacao_no_172-2025_-_reforma_da_unidade_de_saude_do_bairro_sao_joao_batista_-_camata.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2545/indicacao_no_173-2025_-_construcao_de_mais_uma_unidade_de_saude_no_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2546/indicacao_no_174-2025_-_manter_uma_ambulancia_na_unidade_de_saude_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2547/indicacao_no_175-2025_-_implantacao_de_aula_de_musica_nas_escolas_e_oficinas_do_cras.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2548/indicacao_no_176-2025_-_revogacao_das_taxas_de_foro_e_laudemio_incidentes_sobre_imoveis_localizados_nos_bairros_sao_joao_batista_e_saturnino_mauro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2549/indicacao_no_177-2025_-_regularizacao_fundiaria_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2550/indicacao_no_178-2025_-_reinsercao_dos_niveis_i_e_ii_no_plano_de_cargos_e_salarios_do_magisterio_para_contratacao_de_professores_cursando_a_partir_do_5o_periodo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2551/indicacao_no_179-2025_-_implantacao_de_drenagem_pluvial_pavimentacao_e_iluminacao_publica_na_rua_sao_rafael_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2552/indicacao_no_180-2025_-_implantacao_de_infraestrutura_urbana_na_rua_projetada_i_no_bairro_colina_com_a_drenagem_pluvial_pavimentacao_e_instalacao_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2553/indicacao_no_181-2025_-_construcao_de_arquibancada_com_cobertura_no_campo_de_futebol_da_comunidade_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2554/indicacao_no_182-2025_-_instalacao_de_arquibancadas_no_campo_de_futebol_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2555/indicacao_no_183-2025_-_construcao_de_uma_unidade_basica_de_saude_nos_bairros_esplanada_e_alvorada.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2556/indicacao_no_184-2025_-_reforma_geral_da_praca_de_cristal_do_norte_e_manutencao_das_mesas_e_bancos_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2557/indicacao_no_185-2025_-_instalacao_de_quiosques_no_campo_de_futebol_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2558/indicacao_no_186-2025_-_instalacao_de_bebedouros_em_toda_area_da_lagoa_augusto_ruschi_no_complexo_esportivo_e_na_area_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2559/indicacao_no_187-2025_-_intensificacao_do_uso_do_carro_fumace_no_combate_aos_mosquitos_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2560/indicacao_no_188-2025_-_criacao_do_programa_guarda_mirim_no_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_no_189-2025_-_criacao_de_uma_fazendinha_educativa_e_turistica_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_no_190-2025_-_revogacao_das_taxas_de_foro_e_laudemio_dos_imoveis_localizados_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao_no_192-2025_-_implantacao_e_iluminacao_nos_pontos_de_onibus_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2565/indicacao_no_193-2025_-_construcao_da_sede_da_associacao_de_moradores_do_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2566/indicacao_no_194-2025_-_adaptacao_de_ducha_para_a_area_de_futevolei_e_volei_na_arena_pedro_ribeiro_machado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2567/indicacao_no_195-2025_-_construcao_de_caixa_ralo_na_rede_de_drenagem_pluvial_na_rua_bahia_sul_travessia_da_rua_felinto_damiao_colina.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2568/indicacao_no_196-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_vicente_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2570/indicacao_no_197-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_domingos_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2571/indicacao_no_198-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_santa_luziaa_bairro_boa__vista.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2572/indicacao_no_199-2025_-_pavimentacao_e_calcamento_com_bloquetes_da_rua_santa_helena_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2573/indicacao_no_200-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_vila_velha_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2574/indicacao_no_201-2025_-_pavimentacao_e_calcamento_com_bloquetes_da_rua_sao_silvestre_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2575/indicacao_no_202-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_roque_boa_vista_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2579/indicacao_no_203-2025_-_postes_com_iluminacao_publica_em_cristal_-_av._francisco_porfirio_de_souza_jose_luiz_da_costa_e_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2578/indicacao_no_204-2025_-_revitalizacao_do_centro_da_cidade_com_a_construcao_de_calcada_cidada_e_conclusao_do_asfalto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2580/indicacao_no_205-2025_-_calcamento_com_pavimentacao_em_paralelepipedo__na_estrada_rural_-_fazenda_carapina.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2581/indicacao_no_206-2025_-_criacao_e_implementacao_do_gabinete_de_gestao_integrada_municipal_-_ggim.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2582/indicacao_no_207-2025_-_instalacao_de_uma_academia_popular_no_campo_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2583/indicacao_no_208-2025_-_paltaforma_digital_-_pedro_canario_conecta_destinada_a_divulgacao_de_servicos_e_profissionais.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2584/indicacao_no_209-2025_-_criacao_e_implementacao_do_programa_esporte_na_melhor_idade_visando_a_saude_e_o_bem_estar_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2585/indicacao_no_210-2025_-_construcao_de_um_poco_artesiano_no_cras_camata.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2586/indicacao_no_211-2025_-_inclusao_do_tratamento_endodontico_canal_nas_unidades_basicas_de_saude_do_municipios_e_distritos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2587/indicacao_no_212-2025_-_implantacao_do_programa_remedio_em_casa.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2588/indicacao_no_213-2025_-_plantio_de_arvores_nativas_em_pontos_estrategicos_do_municipio_e_seus_distritos.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2589/indicacao_no_214-2025_-_compactacao_do_trecho_de_estrada_localizado_entre_o_bairro_camata_e_ponte.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2590/indicacao_no_215-2025_-_retorno_das_atividades_do_programa_campeoes_do_futuro_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2591/indicacao_no_216-2025_-_contrucao_de_uma_unidade_de_educacao_infantil_-_creche_no_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2596/indicacao_no_217-2025_-_firmar_convenios_com_municipios_vizinhos_visando_a_autorizacao_de_uso_compartilhado_de_maquinas_e_equipamentos_publicos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2597/indicacao_no_218-2025_-_reforma_da_praca_de_lazer_localizada_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2598/indicacao_no_219-2025_-_realizacao_de_reforma_na_praca_de_lazer_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2599/indicacao_no_220-2025_-_instalacao_de_um_semaforo_na_avenida_vila_velha_localizada_no_centro..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_no_221-2025_-_implantacao_de_uma_academia_popular_na_praca_do_cras_do_camata.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2604/indicacao_no_222-2025_-_correcao_da_defasagem_do_auxilio-moradia_com_base_em_indices_de_inflacao.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_no_223-2025_-_novo_projeto_de_drenagem_comtemplando_a_rua_sao_gabriel_localizada_no_centro_rua_da_creche_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_no_224-2025_-_pavimentacao_da_rua_vivaldo_lopes_localizada_entre_os_bairros_esplanada_e_eldourado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_no_225-2025_-_calcamento_da_rua_jose_f._canario_no_trecho_localizado_em_frente_a_praca_da_matriz_centro..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_no_226-2025_-_instalacao_de_semaforos_em_pontos_estrategicos_do_municipio_av._prsidente_kennedy_av._alberto_dos_reis_castro_rua_caltren_e_av._salvador.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2609/indicacao_no_227-2025_-_implantacao_de_uma_praca_de_alimentacao_na_antiga_pracinha_do_quiabo_localizada_no_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_no_228-2025_-_aplicativo_digital_para_acompanhar_protocolos_reportar_problemas_como_buracos_nas_vias_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_no_229-2025_-_regulamenta_apreensao_de_animais_de_medio_e_grande_porte_soltos_nas_vias_e_logradouros_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2612/indicacao_no_230-2025_-_elaborar_um_projeto_de_lei_autorizando_o_municipio_a_firmar_convenio_com_o_estado_para_fins_de_repassa_financeiro_destinado_aos_policias_militares.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2632/indicacao_no_231-2025_-_tombar_a_tabua_lascada_como_partimonio_imaterial_e_desapropiar_a_area_que_a_festa_foi_realizada.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2613/indicacao_no_232-2025_-_manutencao_preventiva_e_corretiva_no_sistema_de_ar-condicionado_do_centro_de_referencia_de_assistencia_social_cras_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2614/indicacao_no_233-2025_-_instalacao_de_rampas_de_acesso_e_demais_adequacoes_necessarias_nos_quiosques_localizados_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_no_234-2025_-_atualizacao_dos_equipamentos_da_casa_do_cidadao_ultilizados_para_coleta_de_biometria_digital.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_no_235-2025_-_implantacao_de_uma_ciclovia_na_avenida_francisco_porfirio_de_souza_-_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_no_236-2025_-_disponibilizar_o_servico_de_tomografia_computadorizada_tc_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_no_237-2025_-_implantacao_de_cartao_nutri_ferias_para_alunos_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2619/indicacao_no_238-2025_-_servico_de_vigilancia_e_seguranca_24_horas_no_hospital_menino_jesus.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2624/indicacao_no_239-2025_-_lixeiras_publicas_com_separacao_de_residuos_reciclaveis_na_regiao_central_da_cidade_pracas_avenidas.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2625/indicacao_no_240-2025_-_atendimento_presencial_ou_remoto_de_medicos_cardiologista_neuropediatra_e_pneumologia.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_no_241-2025_-_atendimento_presencial_ou_remoto_de_especialistas_em_reumatologia_e_ortopedia_nas_unidades_de_saude.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_no_242-2025_-_reforma_na_unidade_de_saude_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_no_243-2025_-_implantacao_de_uma_sala_de_vacinacao_na_unidade_de_saude_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2629/indicacao_no_244-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2630/indicacao_no_245-2025_-_reforma_da_usina_de_reciclagem_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2631/indicacao_no_246-2025_-_servico_de_teleconsulta_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2633/indicacao_no_247-2025_-_implantar_um_consultorio_odontologico_na_unidade_de_saude_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2634/indicacao_no_248-2025_-_implantacao_da_rede_de_esgoto_na_rua_zilda_gomes_natalaina_muniz_no_trecho_a_partir_da_av._vale_do_itaunas_bairro_camata_i.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2635/indicacao_no_249-2025_-_pavimentacao_das_vias_do_conjunto_residencial_cridasa.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_no_250-2025_-_sugere_implantacao_da_creche_do_idoso_conforme_projeto_de_lei_em_anexo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2641/indicacao_no_251-2025_-_sugere_contratacao_ou_disponibilizacao_de_profissional_de_nutricao_para_atuar_nos_centros_de_assistencia_social_-_cras.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2642/indicacao_no_252-2025_-_substituicao_do_parquinho_infantil_de_ferro_por_um_de_plastico_para_a_escola_jose_francisco_cordeiro_fazenda_carapina..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_no_253-2025_-_instalacao_de_bicicletarios_no_centro_de_pedro_canario_visando_incentivar_o_uso_de_bicicletas.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2644/indicacao_no_254-2025_-_aquisicao_de_novas_cadeiras_odontologicas_para_os_consultorios_de_saude_bucal_das_unidades_basicas_de_saude.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2645/indicacao_no_255-2025_-_reforma_e_ampliacao_do_centro_de_referencia_de_assistencia_social_-_cras_camata.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_no_256-2025_-_criacao_do_conselho_municipal_de_esportes_visando_fortalecer_e_organizar_as_politicas_publicas_de_esporte_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2647/indicacao_no_257-2025_-_substituicao_completa_do_gramado_sintetico_do_campo_society_localizado_no_parque_esportivo_da_lagoa.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2649/indicacao_no_258-2025_-_calcamentos_ruas_adelaide_b._morozini_jose_domingos_de_carvalho_manoel_r._souza_neto_e_domicio_ribom.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2650/indicacao_no_259-2025_-_instalacao_de_iluminacao_publica_e_realizacao_de_pavimentacao_na_rua_machado_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2651/indicacao_no_260-2025_-_instalacao_de_um_redutor_de_velocidade_com_placas_de_advertencia_nas_proximidades_da_cachoeira_dos_pretos_br_209.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2655/indicacao_no_261-2025_-_construcao_de_uma_creche_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2656/indicacao_no_262-2025_-_renovacao_e_melhorias_dos_equipamentos_do_centro_de_fisioterapia_municipal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2657/indicacao_no__263-2025_-_construcao_de_uma_unidade_basica_de_saude_ubs_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2658/indicacao_no_264-2025_-_melhorias_nas_estradas_que_ligam_o_municipio_ao_distrito_de_agua_preta__em_conceicao_da_barra_e_reforma_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2659/indicacao_no_265-2025_-_realizacao_do_servicos_de_poda_de_todas_as_arvores_do_bairro_camata_i_e_ii.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_no_266-2025_-_atribuir_o_nome_a_rua_mota_viana_a_uma_via_publica_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2661/indicacao_no_267-2025_-_reforma_da_casa_de_passagem.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao_no_269-2025_-_sinalizacao_de_transito_vertical_e_horizontal_incluindo_faixa_de_pedestres_em_frente_a_escola_maria_otilia.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2700/indicacao_no_270-2025_-_instalacao_de_redutor_de_velocidade_com_placas_na_rua_felinto_damiao_em_frente_a_casa_de_no_79_-_bairro_leonorio_i..pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_no_271-2025_-_instalacao_de_redutor_de_velocidade_com_placas_de_advertencia_na_rua_felinto_damiao_s-n_leonorio_ii_prox_a_igreja_missao_rua_lateral_da_ceim_-_oficina_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2702/indicacao_no_272-2025_-_realize_campanha_de_saude_nas_dependencias_da_associacao_pestalozzi_de_pedro_canario_vacinacaoatendimento_medico_oftalmologico_e_odontologico.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_no_273-2025_-_analise_tecnica_em_relacao_qual_medida_a_ser_conferida_a_arvore_localizada_junto_ao_campo_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2704/indicacao_no_274-2025_-_servicos_de_manutencao_no_campo_society_do_bairro_esplanada_conserto_de_alambrados_a_reparacao_da_rede_de_protecao_e_a_limpeza_geral_do_local.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_no_275-2025_-_instalacao_de_quebra-molas_nas_ruas_julia_bonelar_e_nossa_senhora_aparecida_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2706/indicacao_no_276-2025_-_instalacao_e_iluminacao_publica_na_rua_santa_uberlandia_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2707/indicacao_no_277-2025_-_manutencao_e_conservacao_dos_bancos_de_reserva_do_campo_society_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2708/indicacao_no_278-2025_-_locar_um_imovel_para_o_funcionamento_do_centro_de_convivencia_e_fortalecimento_de_vinculos_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2709/indicacao_no_279-2025_-_implantar_um_espaco_especifico_para_atendimento_das_teleconsultas_de_especialidades_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2712/indicacao_no_280-2025_-_instalacao_de_uma_nova_academia_popular_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2713/indicacao_no_281-2025_-_implantacao_de_uma_unidade_movel_de_saude_-_carreta_itinerante_saude_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2714/indicacao_no_282-2025_-_construcao_de_um_centro_de_referencia_de_assistencia_social_cras_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_no_283-2025_-reforma_da_escola_tres_de_maio_localizada_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2716/indicacao_no_284-2025_-_reforma_na_sede_da_prefeitura_municipal_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2717/indicacao_no_285-2025_-_instlacao_de_playgroud_parquinho_infantil_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_no_286-2025_-_implantacao_de_quebra-molas_na_rua_getulio_vargas_localizada_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2719/indicacao_no_287-2025_-_criacao_de_uma_area_de_lazer_com_campo_society_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_no_288-2025_-_restauracao_e_revitalizacao_do_canteiro_central_do_distrito_de_cristal_do_norte_recuperacao_dos_meios-fios_nivelamento_jardinagem_e_pintura.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2385/pauta_da_01a_sessao_ordinaria_do_1o_periodo_legislativo_da_11a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2538/projeto_de_decreto_legislativo_no_001-2025_-_contas_exercicio_de_2023_-_responsavel_-_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2620/projeto_de_decreto_legislativo_no_002-2025_-_comenda_do_merito_esportivo_fernando_flavio_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2621/projeto_de_decreto_legislativo_no_003-2025_-_comenda_do_merito_esportivo_roberto_vieira_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2622/projeto_de_decreto_legislativo_no_004-2025_-_comenda_do_merito_esportivo_ricardo_suci_freire.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2663/projeto_de_decreto_legislativo_no_005-2025_-_empresa_trappuz_multimarcas.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_decreto_legislativo_no_006-2025_-_empresa_ciara_material_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_decreto_legislativo_no_007-2025_-_supermercado_linharense.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2666/projeto_de_decreto_legislativo_no_008-2025_-_empresa_assistech_celulares.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2667/projeto_de_decreto_legislativo_no_009-2025_-_empresa_borracharia_do_regi.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2668/projeto_de_decreto_legislativo_no_010-2025_-_empresa_restaurante_sb_delivery_comida_caseira.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2669/projeto_de_decreto_legislativo_no_011-2025_-_casa_do_trabalhador.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2670/projeto_de_decreto_legislativo_no_012-2025_-_salluz_modas.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2671/projeto_de_decreto_legislativo_no_013-2025_-_empresa_distribuidora_do_para.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2672/projeto_de_decreto_legislativo_no_014-2025_-_sr._tarcisio_porto.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2673/projeto_de_decreto_legislativo_no_015-2025_-_matos_calcados.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2674/projeto_de_decreto_legislativo_no_016-2025_-_5_estrelas_carros_e_motos.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2675/projeto_de_decreto_legislativo_no_017-2025_-_salao_do_lagoa.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2676/projeto_de_decreto_legislativo_no_018-2025_-_empresa_junior_motos.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2677/projeto_de_decreto_legislativo_no_019-2025_-_realcred_solucoes_financeiras.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2678/projeto_de_decreto_legislativo_no_020-2025_-_empresa_supermercado_santos.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2679/projeto_de_decreto_legislativo_no_021-2025_-_empresa_acougue_allanzin.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2680/projeto_de_decreto_legislativo_no_022-2025_-_empresa_dular_moveis.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2681/projeto_de_decreto_legislativo_no_023-2025_-_empresa_dular_moveis.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2682/projeto_de_decreto_legislativo_no_024-2025_-_fj_distribuidora.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2683/projeto_de_decreto_legislativo_no_025-2025_-_novo_lar_moveis.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2684/projeto_de_decreto_legislativo_no_026-2025_-_empresa_costa_bike.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2685/projeto_de_decreto_legislativo_no_027-2025_-_empresa_distribuidora_avenida.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2686/projeto_de_decreto_legislativo_no_028-2025_-_empresa_bar_das_coleguinhas.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2687/projeto_de_decreto_legislativo_no_029-2025_-_empresa_biratinha_design.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2688/projeto_de_decreto_legislativo_no_030-2025_-_empresa_inovar_sistemas.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2689/projeto_de_decreto_legislativo_no_031-2025_-_empresa_lf_moto.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2690/projeto_de_decreto_legislativo_no_032-2025_-_cafe_e_prosa.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2691/projeto_de_decreto_legislativo_no_033-2025_-_adreia_magazine.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2692/projeto_de_decreto_legislativo_no_034-2025_-_moto_racing.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2693/projeto_de_decreto_legislativo_no_035-2025_-_alfa_boutique.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2694/projeto_de_decreto_legislativo_no_036-2025_-_coimbra_autopecas.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2695/projeto_de_decreto_legislativo_no_037-2025_-_lima_gas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2721/projeto_de_decreto_legislativo_no_038-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2722/projeto_de_decreto_legislativo_no_039-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2723/projeto_de_decreto_legislativo_no_040-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2724/projeto_de_decreto_legislativo_no_041-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2725/projeto_de_decreto_legislativo_no_042-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2726/projeto_de_decreto_legislativo_no_043-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2727/projeto_de_decreto_legislativo_no_044-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2728/projeto_de_decreto_legislativo_no_045-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2729/projeto_de_decreto_legislativo_no_046-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2730/projeto_de_decreto_legislativo_no_047-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2731/projeto_de_decreto_legislativo_no_048-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2732/projeto_de_decreto_legislativo_no_049-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2733/projeto_de_decreto_legislativo_no_050-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2853/projeto_de_decreto_legislativo_no_051-2025_-_dispoe_sobre_a_outorga_da_comenda_a_servidores_pub_a_sra._cassia_cristina_silva_de_oliveira_evangelista.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2734/projeto_de_decreto_legislativo_no_053-2025_-_comenda_a_servidores_publicos_ao_sr._noe_albino_mol.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2754/projeto_de_decreto_legislativo_no_054-2025_-_comenda_a_servidores_publicos_a_sra._elsa_campos_da_silva.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2755/projeto_de_decreto_legislativo_no_055-2025_-_comenda_a_servidores_publicos_a_sra._luzia_damascena_lobo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2756/projeto_de_decreto_legislativo_no_056-2025_-_comenda_a_servidores_publicos_a_sra._alessandra_baiense_pereira.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2757/projeto_de_decreto_legislativo_no_057-2025_-_comenda_a_servidores_publicos_a_sra._eliana_regina_galletti.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2758/projeto_de_decreto_legislativo_no_058-2025_-_comenda_a_servidores_publicos_a_sra._andreia_brunelli_lima_pereira.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2759/projeto_de_decreto_legislativo_no_059-2025_-_comenda_a_servidores_publicos_a_sra._cirleusa_figueredo_ramos.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2760/projeto_de_decreto_legislativo_no_060-2025_-_comenda_a_servidores_publicos_ao_sr._manoel_de_jesus_gomes.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2761/projeto_de_decreto_legislativo_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2762/projeto_de_decreto_legislativo_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2763/projeto_de_decreto_legislativo_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2764/projeto_de_decreto_legislativo_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2765/projeto_de_decreto_legislativo_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2766/projeto_de_decreto_legislativo_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2767/projeto_de_decreto_legislativo_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2768/projeto_de_decreto_legislativo_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2769/projeto_de_decreto_legislativo_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2770/projeto_de_decreto_legislativo_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_decreto_legislativo_no_071-2025_-_comenda_do_merito_esportivo_ao_sr._luis_fernando_silva_oliveira.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2772/projeto_de_decreto_legislativo_no_072-2025_-_comenda_do_merito_esportivo_ao_sr._thomaz_raimundo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2773/projeto_de_decreto_legislativo_no_073-2025_-_comenda_do_merito_esportivo_ao_sr._valdeir_castro_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2774/projeto_de_decreto_legislativo_no_074-2025_-_comenda_do_merito_esportivo_ao_sr._thiago_vieira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2775/projeto_de_decreto_legislativo_no_075-2025_-_comenda_do_merito_esportivo_a_sra._andreia_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2776/projeto_de_decreto_legislativo_no_076-2025_-_comenda_do_merito_esportivo_ao_sr._juscelino_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2777/projeto_de_decreto_legislativo_no_077-2025_-_comenda_do_merito_esportivo_ao_sr._celio_jesus_silva.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2778/projeto_de_decreto_legislativo_no_078-2025_-_comenda_do_merito_esportivo_sr._jose_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2779/projeto_de_decreto_legislativo_no_079-2025_-_comenda_do_merito_esportivo_a_sra._rosilene_de_jesus_conceicao.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2780/projeto_de_decreto_legislativo_no_080-2025_-_comenda_do_merito_esportivo_ao_sr._pedro_arthur_dias_tozetti.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2781/projeto_de_decreto_legislativo_no_081-2025_-_comenda_do_merito_esportivo_ao_grupo_de_vaquejada_jj_ranch.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2782/projeto_de_decreto_legislativo_no_082-2025_-_comenda_do_merito_esportivo_ao_grupo_de_trilheiros_canarios_da_trilha.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2783/projeto_de_decreto_legislativo_no_083-20025_-_comenda_do_merito_esportivo_ao_sr._elio_de_jesus_silva.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2784/projeto_de_decreto_legislativo_no_084-2025_-_comenda_do_merito_esportivo_a_equipe_sporting_canario.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2785/projeto_de_decreto_legislativo_no_085-2025_-_comenda_do_merito_esportivo_ao_sr._wederson_moreira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2786/projeto_de_decreto_legislativo_no_086-2025_-_comenda_do_merito_esportivo_ao_sr._neliton_paixao_santos.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2787/projeto_de_decreto_legislativo_no_087-20205_-_comenda_do_merito_esportivo_ao_sr._anderson_guilherme_rangel.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2788/projeto_de_decreto_legislativo_no_088-2025_-_comenda_do_merito_esportivo_ao_sr._rian_lucas_marinho.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2789/projeto_de_decreto_legislativo_no_089-2025_-_comenda_do_merito_esportivo_a_sra._taynara_de_jesus_costa.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2790/projeto_de_decreto_legislativo_no_090-2025_-_comenda_do_merito_esportivo_ao_sr._antonio_rodrigues_moreira.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2792/projeto_de_decreto_legislativo_no_091-2025_-_comenda_do_merito_esportivo_ao_sr._wellington_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2795/projeto_de_decreto_legislativo_no_092-2025_-_comenda_do_merito_esportivo_ao_sr._evandro_conceicao_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2796/projeto_de_decreto_legislativo_no_093-2025_-_comenda_do_merito_esportivo_ao_sr._marcos_batista_santos.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2797/projeto_de_decreto_legislativo_no_094-2025_-_comenda_do_merito_esportivo_ao_sr._wellington_de_jesus_pacatuba.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2798/projeto_de_decreto_legislativo_no_095-2025_-_comenda_do_merito_esportivo_ao_sr._osmar_ferreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2799/projeto_de_decreto_legislativo_no_096-2025_-_comenda_do_merito_esportivo_ao_sr._wagner_santos_souza.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2800/projeto_de_decreto_legislativo_no_097-2025_-_comenda_do_merito_esportivo_ao_sr._evanilson_santos_correia.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2801/projeto_de_decreto_legislativo_no_098-2025_-_comenda_do_merito_esportivo_a_arena_pc_beach_clube.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2802/projeto_de_decreto_legislativo_no_099-2025_-_comenda_do_merito_esportivo_ao_sr._orlando_antonio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2803/projeto_de_decreto_legislativo_no_100-2025_-_comenda_do_merito_esportivo_ao_sr._zelito_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2804/projeto_de_decreto_legislativo_no_101-2025_-_prestacao_de_contas_exercicio_2021_-_responsavel_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2805/projeto_de_decreto_legislativo_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2806/projeto_de_decreto_legislativo_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2807/projeto_de_decreto_legislativo_no_104-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2808/projeto_de_decreto_legislativo_no_105-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2809/projeto_de_decreto_legislativo_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2810/projeto_de_decreto_legislativo_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2811/projeto_de_decreto_legislativo_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2812/projeto_de_decreto_legislativo_no_109-2025_2.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2813/projeto_de_decreto_legislativo_no_110-2025_2.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2814/projeto_de_decreto_legislativo_no_111-2025_2.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2815/projeto_de_decreto_legislativo_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2816/projeto_de_decreto_legislativo_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2817/projeto_de_decreto_legislativo_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2818/projeto_de_decreto_legislativo_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2819/projeto_de_decreto_legislativo_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2820/projeto_de_decreto_legislativo_no_117-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2821/projeto_de_decreto_legislativo_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2822/projeto_de_decreto_legislativo_no_119-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2823/projeto_de_decreto_legislativo_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2824/projeto_de_decreto_legislativo_no_121-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2826/projeto_de_decreto_legislativo_no_123-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2827/projeto_de_decreto_legislativo_no_124-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2828/projeto_de_decreto_legislativo_no_125-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2829/projeto_de_decreto_legislativo_no_126-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2830/projeto_de_decreto_legislativo_no_127-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2831/projeto_de_decreto_legislativo_no_128-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2832/projeto_de_decreto_legislativo_no_129-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2833/projeto_de_decreto_legislativo_no_130-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2834/projeto_de_decreto_legislativo_no_131-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2835/projeto_de_decreto_legislativo_no_132-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2836/projeto_de_decreto_legislativo_no_133-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2837/projeto_de_decreto_legislativo_no_134-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2838/projeto_de_decreto_legislativo_no_135-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2839/projeto_de_decreto_legislativo_no_136-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2840/projeto_de_decreto_legislativo_no_137-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2841/projeto_de_decreto_legislativo_no_138-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2842/projeto_de_decreto_legislativo_no_139-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2843/projeto_de_decreto_legislativo_no_140-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2844/projeto_de_decreto_legislativo_no_141-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2845/projeto_de_decreto_legislativo_no_142-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2846/projeto_de_decreto_legislativo_no_143-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2847/projeto_de_decreto_legislativo_no_144-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2848/projeto_de_decreto_legislativo_no_145-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2849/projeto_de_decreto_legislativo_no_146-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2850/projeto_de_decreto_legislativo_no_147-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2851/projeto_de_decreto_legislativo_no_148-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2852/projeto_de_decreto_legislativo_no_149-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2336/projeto_de_lei_complementar_no_001-2025_-_altera_dispositivo_da_lei_complementar_no_034_de_27_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2376/projeto_de_lei_complementar_no_002-2025_-_institui_nova_estrutura_dministrativa_municipal_da_prefeitura_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2421/projeto_de_lei_complementar_no_003-2025_-_institui_a_bonificacao_por_desempenho_no_ambito_da_secretaria_municipal_de_educacao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2493/projeto_de_lei_complementar_no_004-2025_-_inclui_anexos_na_lc_09-2008_reestrutura_carreiras_no_sevico_publico_resolve.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2514/projeto_de_lei_complementar_no_005-2025_-_acrescenta_e_altera_dispositivos_na_lei_comp._no_44-2021_e_nas_suas_atualiz._ref_a_estrutura_organiz._do_inst._de_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2515/projeto_de_lei_complementar_no_006-2025_-_concede_revisao_geral_anual_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2516/projeto_de_lei_complementar_no_007-2025_-_altera_lei_complementar_no_06-2006_que_dispoe_sobre_o_plano_de_cargos_carreiras_e_vencimentos_do_magisterio_pub_p._fixar_o_piso_salarial_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2595/projeto_de_lei_complementar_no_008-2025_-_dispoe_sobre_a_adequacao_de_requisitos_atribuicoes_reestruturacao_de_carreira_e_realinhamento_de_remuneracoes_de_carg._publicos.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2639/projeto_de_lei_complementar_no_009-2025_-__acrecenta_dispositivos_na_lc_04-2005_e_altera_dispositivo_da_lc_062-2025_e_da_outras_providencias_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2696/projeto_de_lei_complementar_no_010-2025_-_altera_dispositivos_da_lei_complementar_no_034_de_27-09-2019_que_institui_o_codigo_de_posturas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2720/projeto_de_lei_complementar_no_011-2025_-_altera_l.c_034-2019_que_institui_o_codigo_de_posturas_do_municipio_para_acrescentar_os_paragrafos_5o_ao_13o_ao_art_87_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2747/projeto_de_lei_complementar_substitutivo_no_012-2025_-_altera_lei_complementar_municipal_no_009-2008_alterada_pela_lei_complementar_municipal_no_066-2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2332/projeto_de_lei_no_001-2025_-_cria_o_programa_musica_nas_escolas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2333/projeto_de_lei_no_002-2025_-_cria_programa_de_apoio_as_maes_atipicas_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2334/projeto_de_lei_no_003-2025_-_cria_a_proibicao_da_pratica_de_poluicao_sonora_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_de_lei_no_004-2025_-_institui_no_municipio_de_pedro_canario-es_a_semana_municipal_do_agronegocio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2381/projeto_de_lei_no_005-2025_-_altera_o_anexo_i_da_lei_munipal_no_1.363_de_08_de_2019.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2382/projeto_de_lei_no_006-2025_-_dispoe_sobre_a_denominacao_da_rua_travessa_minas_gerais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2383/projeto_de_lei_no_007-2025_-_institui_e_inclui_no_calendario_oficial_no_municipio_o_dia_de_conscientizacao_e_enfrentamento_a_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2384/projeto_de_lei_no_008-2025_-_dispoe_sobre_a_obrigatoriedade_de_remocao_dos_cabos_e_fiacao_aerea_execentes_e_inutilizados_instalados_por_concessionarias.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2416/projeto_de_lei_no_009-2025_-_dispoe_sobre_aula_de_canto_no_ambito_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2417/projeto_de_lei_no_010-2025_-_institui_a_capacitacao_em_nocoes_de_primeiros_socorros_para_professores__funcionarios_da_educacao_e_de_estabelecimentos_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2418/projeto_de_lei_no_011-2025_-_dispoe_sobre_a_emissao_e_disponibilizacao_gratuita_de_carteira_estudantil.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2419/projeto_de_lei_no_012-2025_-_dispoe_sobre_o_atendimento_preferencial_as_pessoas_com_fibromialgia_nos_locais_que_especifica.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2420/projeto_de_lei_no_013-2025_-_autoriza_o_poder_executivo_a_conceder_subvencao_a_associacao_recreativa_assistencial_ao_idoso_e_associacao_beneficente_cultural_e_da_agricultura_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2452/projeto_de_lei_no_014-2025_-_alteracao_do_artigo_2o_da_lei_municipal_no_1.566-2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2494/projeto_de_lei_no_015-2025_-_campanha_maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2495/projeto_de_lei_no_016-2025_-_dia_da_empregada_domestica_no_calendario_oficial_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2496/projeto_de_lei_no_017-2025_-_selo_autista_a_bordo.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2497/projeto_de_lei_no_018-2025_-_dispoe_sobre_implantacao_de_atividades_esportivas_para_criancas_e_adolescentes_com_deficiencia_no_cronograma_esportivo_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2498/projeto_de_lei_no_019-2025_-_institui_o_programa_permanente_de_conscientizacao_e_tratamento_do_pe_torto_congenito_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2513/projeto_de_lei_no_020-2025_-_dispoe_sobre_a_regulamentacao_da_pesca.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2534/projeto_de_lei_no_021-2025_-_criacao_do_projeto_sorriso_mais_bonito_destinado_a_promocao_da_saude_bucal_infantil.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2535/projeto_de_lei_no_022-2025_-_altera_dispositivo_da_lei_municipal_no_1.537-2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2536/projeto_de_lei_no_023-2025_-_institui_a_politica_municipal_de_educacao_ambiental_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2537/projeto_de_lei_no_024-2025_-_institui_o_fundo_municipal_dos_direitos_da_pessoa_idosa_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2539/projeto_de_lei_no_025-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_federacao_capixaba_de_corrida_de_aventura_fcca_associacao_civil_sem_finalidade_lucrativa.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2576/projeto_de_lei_no_026-2025_-_obrigatoriedade_do_uso_de_focinheira_e_estabelece_normas_de_seguranca_para_conducao_de_caes.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2577/projeto_de_lei_no_027-2025_-_proibicao_do_uso_de_dispositivos_eletronicos_para_fumar_defs_incluindo_cigarros_eletronicos_vapes_pods....pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2592/projeto_de_lei_no_028-2025_-_criacao_da_camara_intersetorial_de_seguranca_alimentar_e_nutricional_caisan_no_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2593/projeto_de_lei_no_029-2025_-_institui_o_aplicativo_digital_de_servicos_publicos_no_municipio_que_permite_ao_cidadao_solicitar_servicos_acompanhar_protocolos_reportar_problemas.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2594/projeto_de_lei_no_030-2025_-_institui_e_regulamenta_o_auxilio-alimentacao_de_carater_indenizatorio_aos_professores_e_pedagogos_contratados.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2601/projeto_de_lei_no_031-2025_-_institui_e_inclui_no_calendario_oficial_no_municipio_o_dia_municipal_do_terco_dos_homens_a_ser_comemorado_anualmente_no_dia_25_de_julho.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2602/projeto_de_lei_no_032-2025_-_institui_o_programa_bike_legal_no_municipio_com_diretrizes_para_o_uso_seguro_e_responsavel_de_bicicletas_eletricas.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2652/projeto_de_lei_no_033-2025_-_dispoe_sobre_o_bem-estar_sensorial_das_criancas_com_transtorno_espectro_autista_tea_nas_escolas_da_rede_publica.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2653/projeto_de_lei_no_034-2025_-_autoriza_o_executivo_municipal_a_abrir_credito_adicional_especial_e_da_outras_providecias-1-4.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2710/projeto_de_lei_no_035-2025_-_dispoe_sobre_a_implantacao_de_acoes_de_educacao_para_o_transito_no_ambito_escolar_e_na_sociedade_em_geral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2711/projeto_de_lei_no_036-2025_-_declara_utilidade_publica_municipal_a_associacao_de_catadores_de_materiais_reciclaveis_do_municipio_de_pedro_canario_-_es.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2736/projeto_de_lei_no_038-2025_-_acrescenta_paragrafo_unico_ao_art._1o_da_lei_municipal_no_1.518-2022_2-1-2.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2737/projeto_de_lei_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2741/projeto_de_lei_no_040-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2742/projeto_de_lei_no_041-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2743/projeto_de_lei_substitutivo_no_042-2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2744/projeto_de_lei_no_044-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2745/projeto_de_lei_no_045-2025_-_prorrogar_a_vigencia_do_plano_municipal_de_educacao_-_pme_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2740/projeto_de_lei_no_046-2025_-_altera_lei_municipal_no_1.263_-_2016_que_institui_o_programa_municipal_de_portadores_de_necessidades_especiais_em_turmas_regulares_de_ensino_publico.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2746/projeto_de_lei_no_047-2025_-_autoriza_o_poder_executivo_a_conceder_subvencao_social_ao_centro_comunitario_franco_rossetti.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2748/projeto_de_lei_no_048-2025_-_dispoe_sobre_a_obrigatoriedade_de_instalacao_de_cameras_de_monitoramento_em_todos_os_veiculos_destinados_ao_transporte.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2749/projeto_de_lei_no_049-2025_-_dispoe_sobre_as_alteracoes_do_plano_de_custeio_do_regime_propio_de_previdencia_social_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2750/projeto_de_lei_no_050-2025_-_estender_o_fornec_da_alimentacao_escolar_aos_prof_e_demais_prof_da_educ_basica_em_efetivo_exercicio_nas_unid_da_rede_pub.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2752/projeto_de_lei_no_052-2025_-_dispoe_sobre_a_instituicao_da_honraria_de_destaque_municipal_comenda_edson_dos_santos_a_ser_concedida_anualmente_a_empresas_que_cont_para_o_desenv_e_fomento_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2753/projeto_de_lei_no_053-2025_-_dispoe_sobre_a_contratacao_de_pessoal_por_tempo_determinado_para_atender_a_necessidade_temporaria_da_saude.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2791/projeto_de_lei_no_054-2025_-_inclui_o_paragrafo_unico_no_art_1o_e_altera_os_art._3o_da_lei_municipal_no_1.190-2015.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2793/projeto_de_lei_no_055-2025_-_institui_o_programa_de_farmacias_credenciadas_de_pedro_canario-es_para_cobertura_complementar_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2794/projeto_de_lei_no_056-2025_-_dispoe_sobre_a_criacao_de_espaco_sensorial_inclusivo_na_praca_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_substitutivo_no_013-2025_-_autoriza_o_executivo_a_conceder_subvencao_a_associacao_recretiva_assistencial_ao_idoso_e_a_associacao_beneficente_cultural_e_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2623/projeto_de_resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2751/projeto_de_emenda_a_lei_organica_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2454/requerimento_no_001-2025_-_voto_de_louvor_em_favor_de_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2455/requerimento_no_002-2025_-_voto_de_louvor_em_favor_do_alegrai-vos.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2456/requerimento_no_003-2025_-_voto_de_louvor_em_favor_de_betania_santos_damasceno.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2457/requerimento_no_004-2025_-_voto_de_louvor_em_favor_yamara_barreto_santos.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2637/requerimento_no_005-2025_-_voto_de_louvor_em_favor_do_13o_batalhao_da_policia_militar_-_3a_companhia_de_pedro_canario-1.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2638/requerimento_no_006-2025_-_requer_voto_de_louvor_e_sessao_solene_em_favor_dos_policiais_militares_em_comemoracao_dos_seus_190_anos_da_pmes-1_1.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2857/requerimento_no_007-2025_-_voto_de_louvor_e_sessao_solene_2.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2636/requerimento_no_008-2025_-_voto_de_louvor_em_favor_do_sr._elpidio_goncalves_dos_reis_policial_militar_aposentado.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2648/requerimento_no_009-2025_-_voto_de_louvor_em_favor_dos_apoiadores_na_realizacao_da_festa_da_tabua_lascada.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2654/requerimento_no_010-2025_-_requer_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2697/requerimento_no_011-2025_-_voto_de_louvor_em_apoio_a_cada_colaborador_do_campeonato_esportivo_em_taquaras.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2698/requerimento_no_012-2025_-_realizacao_de_sessao_solene_do_servidor_publico_e_empreendedor_destaque_e_alteracao_de_horario_da_sessao_ordinaria_do_dia_07.10.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2699/requerimento_no_013-2025_-_voto_de_louvor_em_favor_de_pedro_arthur_dias_tozetti.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2858/requerimento_no_014-2025_-_requer_sessao_solene_em_favor_da_secretaria_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2739/requerimento_no_015-2025_-_voto_de_louvor_em_homenagem_aos_servidores_da_secretaria_municipal_de_saude.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2337/indicacao_no_001-2025_-_instalacao_de_uma_academia_ao_ar_livre_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2338/indicacao_no_002-2025_-_construcao_de_uma_pista_para_ciclistas_e_pedestres_sentido_pedro_canario_-_camata_-_camata_-_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2339/indicacao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2341/indicacao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2342/indicacao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2343/indicacao_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2344/indicacao_no_007-2025_-_van_para_atender_as_demandas_da_secretaria_de_esportes_municipal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2345/indicacao_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2346/indicacao_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2347/indicacao_no_010-2025_-_construcao_do_calcamento_das_ruas_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2348/indicacao_no_011-2025_-_indicam_ao_executivo_ao_executivo_municipal_que_seja_promovida_a_drenagem_pluvial_em_todas_as_ruas_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2349/indicacao_no_012-2025_-_conclusao_do_calcamento_das_ruas_localizadas_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2350/indicacao_no_013-2025_-_criar_uma_legislacao_que_estabeleca_regras_para_as_atividades_de_pesca_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2351/indicacao_no_014-2025_-_constucao_de_quebra-molas_nas_ruas_localizadas_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2352/indicacao_no_015-2025_-_rede_fluvial_e_trincheira_de_drenagem_para_rua_osman_santana_moura_localizada_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_no_016-2025_-_implantacao_de_uma_subprefeitura_nos_distritos_de_cristal_do_norte_floresta_do_sul_e_taquaras.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2354/indicacao_no_017-2025_-_estender_o_atendimento_do_cac_aos_distritos_de_floresta_do_sul_cristal_e_taquaras.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2355/indicacao_no_018-2025_-_instalacao_de_uma_unidade_de_farmacia_basica_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2356/indicacao_no_019-2025_-_implantacao_de_um_conjunto_de_casas_populares_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2357/indicacao_no_020-2025_-_planejamento_de_obras_e_investimentos_a_reforma_completa_da_quadra_poliesportiva_de_cristal_piso_cobertura_iluminacao_equipamentos_esportivos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2358/indicacao_no_021-2025_-_proibir_estacionamento_de_carretas_onibus_e_carros_na_via_lateral_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2359/indicacao_no_022-2025_-_que_a_eco_101_proiba_o_estacionamento_de_carretas_onibus_e_carros_na_via_lateral_a_br_101.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2360/indicacao_no_023-2025_-_limpeza_troca_de_areia_manutencao__bem_como_a_poda_das_arvores_que_ficam_em_torno_da_praca_do_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2361/indicacao_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2362/indicacao_no_025-2025_-_instalacao_de_cameras_nas_ruas_principais_e_no_centro_da_cidade_-_videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2363/indicacao_no_026-2025_-_aquisicao_de_cacambas_estacionarias_e_caminhao_poliguindaste.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2364/indicacao_no_027-2025_-_rede_fluvial_e_calcamento_da_rua_joao_p._da_silva_localizada_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2365/indicacao_no_028-2025_-_bolsa_atleta_a_ser_concedida_aos_atletas_amadores_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2366/indicacao_no_029-2025_-_constucao_de_um_novo_predio_para_alocar_a_e.m.e.f_antonio_guedes_alcoforado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2367/indicacao_no_030-2025_-_construcao_de_um_parque_de_exposicao_onde_tenha_um_espaco_para_realizacao_de_eventos_vaquejada_e_uma_area_para_pratica_de_turfe.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_no_031-2025_-_parceria_com_samu_e_o_corpo_de_bombeiros_militar_para_que_todos_os_servidores_da_educacao_sejam_capacitados_com_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2370/indicacao_no_032-2025_-_sinalizacao_com_a_pintura_dos_quebra-molas_nas_av._minas_gerais_e_av._alberto_dos_reis_castro.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2371/indicacao_no_033-2025_-_construcao_de_um_galpao_no_bairro_camata_destinado_ao_mercado_municipal.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2372/indicacao_no_034-2025_-_limpeza_e_manutencao_da_area_de_vaquejada_no_distrito_de_cristal_do_norte_2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2377/indicacao_no_035-2025_-_reforma_da_quadra_de_futsal_esportiva_do_bairro_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2378/indicacao_no_036-2025_-_poste_e_rede_de_iluminacao_publica_no_final_da_rua_tancredo_neves_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_037-2025_-_que_seja_aterrado_um_buraco_com_terraplanagem_na_rua_projetada_b_final_da_rua_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2380/indicacao_no_038-2025_-_construcao_da_sede_da_associacao_cultural_anhanguera_ascan..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2373/indicacao_no_039-2025_-_construcao_do_campo_de_grama_sintetica_localizada_no_bairro_santa_rita_campo_do_poeirao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2374/indicacao_no_040-2025_-_conclusao_da_pavimentacao_das_ruas_de_todo_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2375/indicacao_no_041-2025_-_reforma_da_unidade_basica_de_saude_localizada_na_sede_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2386/indicacao_no_042-2025_-_reforma_ou_possivel_construcao_da_empef_taquaras.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2387/indicacao_no_043-2025_-_implementacao_do_saneamento_basico_agua_esgoto_drenagem_e_pavimentacao_em_100_das_ruas_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2388/indicacao_no_044-2025_-_construcao_de_um_complexo_esportivo_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2389/indicacao_no_045-2025_-_instalacao_de_lixeiras_em_todos_os_predios_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2390/indicacao_no_046-2025_-_implantacao_de_placas_de_sinalizacao_na_entrada_de_floresta_do_sul_e_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2391/indicacao_no_047-2025_-_aulas_de_reforco_para_criancas_do_1o_ao_6o_ano_do_ensino_fundamental_da_escola_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2392/indicacao_no_048-2025_-_instalado_um_semaforo_e_faixa_de_pedestres_no_cruzamento_entre_a_av._mario_vello_silvares_e_praca_do_posto_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2393/indicacao_no_049-2025_-_criacao_do_vale_feira_para_servidores_-_conforme_minuta_de_projeto_de_lei_anexo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2394/indicacao_no_050-2025_-_uso_de_automovel_que_nao_esteja_em_uso_para_associacao_de_protecao_e_valorizacao_da_vida_animal_-_pata_amiga.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2395/indicacao_no_051-2025_-_construcao_de_um_canil_municipal.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2396/indicacao_no_052-2025_-_construcao_de_um_mirante_na_av._salvador_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2397/indicacao_no_053-2025_-_continuidade_da_rua_morro_dantas_logo_apos_o_cruzamento_com_a_rua_itaguacu.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2398/indicacao_no_054-2025_-_galpao_para_secagem_de_cafe_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2399/indicacao_no_055-2025_-_implantacao_de_uma_cabine_daa_policia_militar_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2400/indicacao_no_056-2025_-_instalacao_de_placas_indicando_nomes_das_ruas_da_cidade_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2401/indicacao_no_057-2025_-_protecao_em_torno_da_areia_da_praca_do_boa_vista_e_espaco_de_lazer_infantil_com_parque_-_praca_saudavel.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2402/indicacao_no_058-2025_-_instalacao_de_um_placar_eletronico_no_ginasio_de_esporte_osman_santana_moura.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2403/indicacao_no_059-2025_-_instalacao_de_um_ponto_de_onibus_na_av._minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2404/indicacao_no_060-2025_-_implantacao_de_saidas_de_emergencia_e_sinalizacoes_nas_areas_poliesportivas_quadras_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2405/indicacao_no_061-2025_-_implantacao_de_rede_de_wi-fi_internet_gratuita_na_praca_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2406/indicacao_no_062-2025_-_construcao_de_uma_rotatoria_na_entrada_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2407/indicacao_no_063-2025_-_implantacao_de_uma_unidade_de_corpo_de_bombeiros_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2408/indicacao_no_064-2025_-_criacao_do_centro_de_comercializacao_da_agricultura_familiar_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_no_065-2025_-_pavimentacao_e_calcamento_com_bloquetes_na_travessa_minas_gerais_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2410/indicacao_no_066-2025_-_realizacao_do_casamento_comunitario.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2411/indicacao_no_067-2025_-__desapropiacao_da_area_av._presidente_kennedy_para_construcao_do_predio_da_prefeitura_e_construcao_de_um_posto_de_saude_no_local.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2412/indicacao_no_068-2025_-_que_a_rodoviaria_do_municipio_seja_alocada_e_construida_em_uma_nova_area_localizada_na_rua_dr._washington_luiz_da_silva_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2413/indicacao_no_069-2025_-_criar_convenio_de_apoio_para_realizacoes_das_atividades_da_associacao_pata_amiga_bem_como_cessao_do_espaco_para_instalacao_da_ong.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2414/indicacao_no_070_-_uma_tela_de_protecao_junto_a_cerca_de_madeira_no_entorno_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2415/indicacao_no_071-2025_-_cestas_de_basquete_na_quadra_do_complexo_esportivo_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2423/indicacao_no_072-2025_-_reforma_e_cobertura_do_parque_infantil_da_ceim_professora_normilia_cunha_santos_anexo_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2424/indicacao_no_073-2025_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2425/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2426/indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2427/indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2428/indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2429/indicacao_no_078-2025_-_implementacao_de_um_poco_artesiano_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2430/indicacao_no_079-2025_-_ampliacao_de_acesso_a_area_esportiva_pedro_ribeiro_machado_acrescentar_mais_portoes_para_entrada_e_saida_-_lagoa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2431/indicacao_no_080-2025_-_construcao_de_um_campo_de_grama_sintetica_localizado_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2432/indicacao_no_081-2025_-_lixeiras_em_torno_da_lagoa_augusto_ruschi_bem_como_nas_ruas_paralelas_e_quebra-molas_nas_ruas_em_torno_da_lagoa.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2433/indicacao_no_082-2025_-_concurso_cujo_o_objeto_e_a_criacao_do_hino_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2434/indicacao_no_083-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2435/indicacao_no_084-2025_-_sugere_elaboracao_de_projeto_de_lei_que_acrescente_4_letras_no_padrao_de_vencimentos_dos_prof._do_magist.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2436/indicacao_no_085-2025_-_indica_ao_presidente_da_camara_que_coloque_em_atividade_e_acao_ao_programa_julho_vermelho_-_lei_no_1.328-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2437/indicacao_no_086-2025_-__reajuste_salarial_do_servidor_publico_contratado_e_que_seja_inserido_na_lei_de_revisao_geral_o_servidor.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_no_087-2025_-_instalacao_de_portas_com_detector_de_metais_em_todas_as_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2439/indicacao_no_088-2025_-_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_089-2025_-_contratacao_de_medicos_pediatras_para_atendimento.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2441/indicacao_no_090-2025_-_perfuracao_de_um_poco_artesiano_no_distrito_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2442/indicacao_no_091-2025_-_pavimentacao_das_ruas_que_ainda_faltam_em_taquaras.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2443/indicacao_no_092-2025_-_alterar_legislacao_tributaria_que_consiste_em_conceder_o_desconto_de_15_no_iptu_para_os_postos_de_combustiveis.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2444/indicacao_no_093-2025_-_disponibilizar_uma_assistente_social_em_tempo_integral_para_atender_o_centro_de_convivencia_de_floresta_do_sul_e_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2445/indicacao_no_094-2025_-_criacao_de_um_espaco_cultural_afim_de_atender_a_comunidade_anexo_ao_cras_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2446/indicacao_no_095-2025_-_novo_projeto_de_revitalizacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2447/indicacao_no_096-2025_-_pontos_de_iluminacao_pub._entre_as_ruas_gerson_ribeiro_de_souza_e_rua_getulio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2448/indicacao_no_097-2025_-_reforma_e_ampliacao_da_escola_municipal_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2449/indicacao_no_098-2025_-_mutirao_no_assent._castro_alves_e_floresta_do_sul_para_emissao_de_documento_de_identidade.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2450/indicacao_no_099-2025_-_construir_uma_area_de_lazer_praca_no_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2451/indicacao_no_100-2025_-_implantacao_de_um_posto_da_policia_rodoviaria_federal_na_divisa_entre_o_estado_do_es_e_bahia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2453/indicacao_no_101-2025_-_implantacao_da_sala_do_empreendedor_itinerante_para_realizacao_de_atendimento_nos_bairros_e_distrito_deste_municipio.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2458/indicacao_no_102-2025_-_perfuracao_de_um_poco_artesiano_no_bairro_sao_geraldo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2459/indicacao_no_103-2025_-_implantacao_de_calcadas_cidadas_na_sede_e_distritos_deste_municipio_visando_garantir_a_mobilidade_e_a_seguranca_de_todos_os_cidadaos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2460/indicacao_no_104-2025_-_perfuracao_de_pocos_artesianos_em_pontos_estrategicos_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2461/indicacao_no_105-2025_-_construcao_de_uma_unidade_de_pronto_atendimento_pa_24_horas..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2462/indicacao_no_106-2025_-_instalacao_na_praca_do_bairro_boa_vista_de_aparelhos_de_academia_popular_ao_ar_livre_em_aco_inox.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2463/indicacao_no_107-2025_-_implantacao_de_um_banco_municipal_de_materiais_ortopedicos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2464/indicacao_no_108-2025_-_construcao_de_um_campo_de_grama_sintetica_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2465/indicacao_no_109-2025_-_ampliar_horarios_de_atendimento_nas_unidades_basicas_de_saude_desta_municipalidade.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2466/indicacao_no_110-2025_-_construcao_de_uma_quadra_de_esportes_para_o_novo_colegio_sao_joao_batista.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2467/indicacao_no_111-2025_-_apos_a_inauguracao_da_nova_escola_sao_joao_batista_a_quadra_atual_seja_administrada_pela_secretaria_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2468/indicacao_no_112-2025_-_construcao_de_quebra-molas_nas_ruas_mimoso_do_sul_rua_juscelino_kubitschek_rua_vale_do_itaunas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2469/indicacao_no_113-2025_-_construir_uma_unidade_de_saude_para_o_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2470/indicacao_no_114-2025_-_reforma_e_manutencao_do_poco_de_abastecimentos_de_agua_publico_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2471/indicacao_no_115-2025_-_realizacao_de_calcamento_ou_recapeamento_da_rua_sao_mateus_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2472/indicacao_no_116-2025_-_atendimento_profissional_de_radiologia_no_hospital_menino_jesus_por_tempo_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2473/indicacao_no_117-2025_-_limpeza_e_reforma_do_cemiterio_municipal_considerando_a_necessidade_de_manutencao_adequada.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2474/indicacao_no_118-2025_-_conclusao_do_calcamento_da_rua_mantenopolis_bairro_leonorio.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2475/indicacao_no_119-2025_-_contratacao_de_um_medico_urologista_qo_menos_uma_vez_na_semana.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2476/indicacao_no_120-2025_-_instalacao_de_placas_de_proibido_jogar_lixo_em_lugares_inapropiados_ou_em_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2477/indicacao_no_121-2025_-_implementacao_de_um_sistema_de_cerco_eletronico_no_municipio_abrangendo_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2478/indicacao_no_122-2025_-_interlocucao_junto_a_concessionaria_eco_101_visando_a_instalacao_de_semaforo_na_area_em_frente_ao_posto_ozorinho.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2479/indicacao_no_123-2025_-_construcao_de_cobertura_de_eventos_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2480/indicacao_no_124-2025_-_envide_esforcos_junto_ao_der-es_no_sentido_de_viabilizar_a_instalacao_de_placas_de_sinalizacao_ao_longo_da_rod_es-209_que_liga_pc_a_cristal.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2481/indicacao_no_125-2025_-_implantacao_de_espaco_de_animais_de_estimacao_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2482/indicacao_no_126-2025_-_aplicacao_de_piso_salarial_para_todos_os_professores_da_rede_municipal_do_municipio_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2483/indicacao_no_127-2025_-_construcao_de_um_campo_sintetico_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2484/indicacao_no_128-2025_-_apoiar_a_associacao_de_agricultores_de_cristal_do_norte_no_desenvolvimento_de_apicultura.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2485/indicacao_no_129-2025_-_construcao_de_uma_creche_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_no_130-2025_-_pavimentacao_e_op_calcamento_com_bloquetes_da_rua_da_pimenta_leonorio_ii.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2487/indicacao_no_131-2025_-_instituir_obrigatoriamente_o_exame_de_ecocardiograma_em_recem_nascidos_que_tiveram_alteracoes_no_teste_do_coracaozinho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_no_132-2025_-_sejam_feitas_hortas_comunitarias_nas_regioes_e-ou_bairros_mais_carentes_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2489/indicacao_no_133-2025_-_construido_quebra-molas_na_rua_paulo_vi_bairro_leonorio_ii.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2490/indicacao_no_134-2025_-_capeamento_asfaltico_na_rua_menino_jesus_-_vila_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2491/indicacao_no_135-2025_-_implantar_cameras_de_monitoramento_nas_escolas_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2492/indicacao_no_136-2025_-_construcao_de_uma_nova_unidade_basica_de_saude_dr._ailme_venturim_borgo_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2499/indicacao_no_137-2025_-_contrucao_de_um_campo_sintetico_na_localidade_carapinas.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2500/indicacao_no_138-2025_-_espaco_adequado_para_atendimento_do_cras_no_distrito_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2501/indicacao_no_139-2025_-_criacao_de_servico_de_acolhimento_para_mulheres_vitimas_de_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2502/indicacao_no_140-2025_-_implantacao_de_estacionamento_exclusivo_para_motocicletas_no_entorno_da_lagoa_agusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2503/indicacao_no_141-2025_-_contrucao_de_um_campo_de_futebol_society_no_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2504/indicacao_no_142-2025_-_construcao_de_uma_praca_de_lazer_no_bairro_colina_com_instalacao_de_brinquedos_educativos_para_criancas_e_idosos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2505/indicacao_no_143-2025_-_implantacao_de_uma_passarela_na_travessia_das_tres_pistas.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2506/indicacao_no_144-2025_-_campeonato_anual_de_pesca_esportiva_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2507/indicacao_no_145-2025_-_contratacao_de_mais_um_profissional_de_radiologia_para_ampliacao_de_atendimento.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2508/indicacao_no_146-2025_-_pocos_artesianos_nos_bairros_vista_alegre_e_leonorio_ii_2.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2509/indicacao_no_147-2025_-_disponibilizar_no_hospital_menino_jesus_um_ortopedista_que_possa_realizar_raio_x_com_laudo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2510/indicacao_no_148-2025_-_locar_um_imovel_para_funcionamento_do_centro_de_convivencia_e_fortalecimento_de_vinculos.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2511/indicacao_no_149-2025_-_construcao_de_um_quebra-molas_na_rua_morro_dantassituada_no_centro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2512/indicacao_no_150-2025_-_implantacao_de_uma_faixa_de_pedestres_na_av._salvador_no_centro.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2517/indicacao_no_151-2025-_construcao_de_lombadas_quebra-molas_nas_ruas_castelo_branco_e_sebastiao_canal_bairro_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2518/indicacao_no_152-2025_-_atendimento_de_especialistas_de_podologia_nas_unidades_de_saude_do_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2519/indicacao_no_153-2025_-_implantacao_da_bolsa_estudantil_bolsa_aluno_para_estudantes_matriculados_na_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2520/indicacao_no_154-2025_-_instalacao_de_playgrounds_adaptados_para_criancas_com_deficiencia_ou_mobilidade_reduzida_nas_pracas_da_lagoa_boa_vista_cras_camata_floresta_do_sul_e_cristal.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2521/indicacao_no_155-2025_-_cerca_de_tela_soldada_para_amutraca_-_associacao_de_mulheres_trabalhadoras_rurais_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2522/indicacao_no_156-2025_-_instalacao_de_playgrounds_nas_pracas_do_cras_camata_floresta_do_sul_e_cristal.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2523/indicacao_no_157-2025_-_acoes_de_prevencao_e_promocao_da_saude_na_lagoa_augusto_ruschi_incluido_a_afericao_de_pressao_arterial_teste_de_glicemia_orientacao_sobre_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2524/indicacao_no_158-2025_-_aulas_de_aerobica_e_outras_modalidades_de_danca_a_serem_realizadas_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2525/indicacao_no_159-2025_-_implementacao_de_salas_sensoriais_em_espacos_publicos_como_escolas_unidade_de_saude_centros_de_assistencia_social_para_pessoas_com_tea.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2526/indicacao_no_160-2025_-_construcao_de_um_quadra_poliesportiva_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2527/indicacao_no_161-2025_-_alimentacao_diferenciada_para_criancas_e_adolescentes_portadores_de_diabetes_doencas_celiacas_e_intolerancia_a_lactose.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2528/indicacao_no_162-2025_-_reforma_do_campo_de_taquaras.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2529/indicacao_no_163-2025_-_construcao_de_uma_creche_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2530/indicacao_no_164-2025_-_construcao_de_moradias_populares_na_sede_pedro_canario_e_distritos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2531/indicacao_no_165-2025_-_instalacao_de_uma_academia_popular_na_praca_existente_no_distrito_de_floresta_do_sul_e_providencie_a_poda_das_arvores_da_mesma.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2532/indicacao_no_166-2025_-_implementacao_do_projeto_sorriso_mais_bonito_voltado_a_saude_bucal_infantil.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2533/indicacao_no_167-2025_-_instalar_mais_bancos_na_praca_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2540/indicacao_no_168-2025_-_consultorio_odontologico_na_unidade_de_saude_renata_goncalves_de_araujo_taquaras.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2541/indicacao_no_169-2025_-_novo_centro_de_referencia_de_assistencia_social_cras_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2542/indicacao_no_170-2025_-_construcao_de_um_centro_de_atencao_psicossocial_caps_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2543/indicacao_no_171-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_novo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2544/indicacao_no_172-2025_-_reforma_da_unidade_de_saude_do_bairro_sao_joao_batista_-_camata.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2545/indicacao_no_173-2025_-_construcao_de_mais_uma_unidade_de_saude_no_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2546/indicacao_no_174-2025_-_manter_uma_ambulancia_na_unidade_de_saude_no_distrito_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2547/indicacao_no_175-2025_-_implantacao_de_aula_de_musica_nas_escolas_e_oficinas_do_cras.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2548/indicacao_no_176-2025_-_revogacao_das_taxas_de_foro_e_laudemio_incidentes_sobre_imoveis_localizados_nos_bairros_sao_joao_batista_e_saturnino_mauro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2549/indicacao_no_177-2025_-_regularizacao_fundiaria_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2550/indicacao_no_178-2025_-_reinsercao_dos_niveis_i_e_ii_no_plano_de_cargos_e_salarios_do_magisterio_para_contratacao_de_professores_cursando_a_partir_do_5o_periodo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2551/indicacao_no_179-2025_-_implantacao_de_drenagem_pluvial_pavimentacao_e_iluminacao_publica_na_rua_sao_rafael_bairro_colina.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2552/indicacao_no_180-2025_-_implantacao_de_infraestrutura_urbana_na_rua_projetada_i_no_bairro_colina_com_a_drenagem_pluvial_pavimentacao_e_instalacao_de_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2553/indicacao_no_181-2025_-_construcao_de_arquibancada_com_cobertura_no_campo_de_futebol_da_comunidade_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2554/indicacao_no_182-2025_-_instalacao_de_arquibancadas_no_campo_de_futebol_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2555/indicacao_no_183-2025_-_construcao_de_uma_unidade_basica_de_saude_nos_bairros_esplanada_e_alvorada.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2556/indicacao_no_184-2025_-_reforma_geral_da_praca_de_cristal_do_norte_e_manutencao_das_mesas_e_bancos_de_concreto.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2557/indicacao_no_185-2025_-_instalacao_de_quiosques_no_campo_de_futebol_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2558/indicacao_no_186-2025_-_instalacao_de_bebedouros_em_toda_area_da_lagoa_augusto_ruschi_no_complexo_esportivo_e_na_area_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2559/indicacao_no_187-2025_-_intensificacao_do_uso_do_carro_fumace_no_combate_aos_mosquitos_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2560/indicacao_no_188-2025_-_criacao_do_programa_guarda_mirim_no_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2561/indicacao_no_189-2025_-_criacao_de_uma_fazendinha_educativa_e_turistica_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2562/indicacao_no_190-2025_-_revogacao_das_taxas_de_foro_e_laudemio_dos_imoveis_localizados_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2564/indicacao_no_192-2025_-_implantacao_e_iluminacao_nos_pontos_de_onibus_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2565/indicacao_no_193-2025_-_construcao_da_sede_da_associacao_de_moradores_do_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2566/indicacao_no_194-2025_-_adaptacao_de_ducha_para_a_area_de_futevolei_e_volei_na_arena_pedro_ribeiro_machado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2567/indicacao_no_195-2025_-_construcao_de_caixa_ralo_na_rede_de_drenagem_pluvial_na_rua_bahia_sul_travessia_da_rua_felinto_damiao_colina.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2568/indicacao_no_196-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_vicente_no_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2570/indicacao_no_197-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_domingos_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2571/indicacao_no_198-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_santa_luziaa_bairro_boa__vista.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2572/indicacao_no_199-2025_-_pavimentacao_e_calcamento_com_bloquetes_da_rua_santa_helena_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2573/indicacao_no_200-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_vila_velha_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2574/indicacao_no_201-2025_-_pavimentacao_e_calcamento_com_bloquetes_da_rua_sao_silvestre_boa_vista..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2575/indicacao_no_202-2025_-_pavimentacao_e_o_calcamento_com_bloquetes_da_rua_sao_roque_boa_vista_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2579/indicacao_no_203-2025_-_postes_com_iluminacao_publica_em_cristal_-_av._francisco_porfirio_de_souza_jose_luiz_da_costa_e_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2578/indicacao_no_204-2025_-_revitalizacao_do_centro_da_cidade_com_a_construcao_de_calcada_cidada_e_conclusao_do_asfalto.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2580/indicacao_no_205-2025_-_calcamento_com_pavimentacao_em_paralelepipedo__na_estrada_rural_-_fazenda_carapina.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2581/indicacao_no_206-2025_-_criacao_e_implementacao_do_gabinete_de_gestao_integrada_municipal_-_ggim.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2582/indicacao_no_207-2025_-_instalacao_de_uma_academia_popular_no_campo_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2583/indicacao_no_208-2025_-_paltaforma_digital_-_pedro_canario_conecta_destinada_a_divulgacao_de_servicos_e_profissionais.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2584/indicacao_no_209-2025_-_criacao_e_implementacao_do_programa_esporte_na_melhor_idade_visando_a_saude_e_o_bem_estar_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2585/indicacao_no_210-2025_-_construcao_de_um_poco_artesiano_no_cras_camata.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2586/indicacao_no_211-2025_-_inclusao_do_tratamento_endodontico_canal_nas_unidades_basicas_de_saude_do_municipios_e_distritos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2587/indicacao_no_212-2025_-_implantacao_do_programa_remedio_em_casa.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2588/indicacao_no_213-2025_-_plantio_de_arvores_nativas_em_pontos_estrategicos_do_municipio_e_seus_distritos.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2589/indicacao_no_214-2025_-_compactacao_do_trecho_de_estrada_localizado_entre_o_bairro_camata_e_ponte.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2590/indicacao_no_215-2025_-_retorno_das_atividades_do_programa_campeoes_do_futuro_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2591/indicacao_no_216-2025_-_contrucao_de_uma_unidade_de_educacao_infantil_-_creche_no_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2596/indicacao_no_217-2025_-_firmar_convenios_com_municipios_vizinhos_visando_a_autorizacao_de_uso_compartilhado_de_maquinas_e_equipamentos_publicos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2597/indicacao_no_218-2025_-_reforma_da_praca_de_lazer_localizada_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2598/indicacao_no_219-2025_-_realizacao_de_reforma_na_praca_de_lazer_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2599/indicacao_no_220-2025_-_instalacao_de_um_semaforo_na_avenida_vila_velha_localizada_no_centro..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2600/indicacao_no_221-2025_-_implantacao_de_uma_academia_popular_na_praca_do_cras_do_camata.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2604/indicacao_no_222-2025_-_correcao_da_defasagem_do_auxilio-moradia_com_base_em_indices_de_inflacao.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2605/indicacao_no_223-2025_-_novo_projeto_de_drenagem_comtemplando_a_rua_sao_gabriel_localizada_no_centro_rua_da_creche_bom_jesus.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2606/indicacao_no_224-2025_-_pavimentacao_da_rua_vivaldo_lopes_localizada_entre_os_bairros_esplanada_e_eldourado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2607/indicacao_no_225-2025_-_calcamento_da_rua_jose_f._canario_no_trecho_localizado_em_frente_a_praca_da_matriz_centro..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2608/indicacao_no_226-2025_-_instalacao_de_semaforos_em_pontos_estrategicos_do_municipio_av._prsidente_kennedy_av._alberto_dos_reis_castro_rua_caltren_e_av._salvador.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2609/indicacao_no_227-2025_-_implantacao_de_uma_praca_de_alimentacao_na_antiga_pracinha_do_quiabo_localizada_no_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2610/indicacao_no_228-2025_-_aplicativo_digital_para_acompanhar_protocolos_reportar_problemas_como_buracos_nas_vias_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2611/indicacao_no_229-2025_-_regulamenta_apreensao_de_animais_de_medio_e_grande_porte_soltos_nas_vias_e_logradouros_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2612/indicacao_no_230-2025_-_elaborar_um_projeto_de_lei_autorizando_o_municipio_a_firmar_convenio_com_o_estado_para_fins_de_repassa_financeiro_destinado_aos_policias_militares.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2632/indicacao_no_231-2025_-_tombar_a_tabua_lascada_como_partimonio_imaterial_e_desapropiar_a_area_que_a_festa_foi_realizada.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2613/indicacao_no_232-2025_-_manutencao_preventiva_e_corretiva_no_sistema_de_ar-condicionado_do_centro_de_referencia_de_assistencia_social_cras_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2614/indicacao_no_233-2025_-_instalacao_de_rampas_de_acesso_e_demais_adequacoes_necessarias_nos_quiosques_localizados_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2615/indicacao_no_234-2025_-_atualizacao_dos_equipamentos_da_casa_do_cidadao_ultilizados_para_coleta_de_biometria_digital.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2616/indicacao_no_235-2025_-_implantacao_de_uma_ciclovia_na_avenida_francisco_porfirio_de_souza_-_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2617/indicacao_no_236-2025_-_disponibilizar_o_servico_de_tomografia_computadorizada_tc_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2618/indicacao_no_237-2025_-_implantacao_de_cartao_nutri_ferias_para_alunos_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2619/indicacao_no_238-2025_-_servico_de_vigilancia_e_seguranca_24_horas_no_hospital_menino_jesus.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2624/indicacao_no_239-2025_-_lixeiras_publicas_com_separacao_de_residuos_reciclaveis_na_regiao_central_da_cidade_pracas_avenidas.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2625/indicacao_no_240-2025_-_atendimento_presencial_ou_remoto_de_medicos_cardiologista_neuropediatra_e_pneumologia.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2626/indicacao_no_241-2025_-_atendimento_presencial_ou_remoto_de_especialistas_em_reumatologia_e_ortopedia_nas_unidades_de_saude.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2627/indicacao_no_242-2025_-_reforma_na_unidade_de_saude_felinto_damiao.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2628/indicacao_no_243-2025_-_implantacao_de_uma_sala_de_vacinacao_na_unidade_de_saude_em_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2629/indicacao_no_244-2025_-_construcao_de_uma_unidade_de_saude_no_bairro_canarinho.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2630/indicacao_no_245-2025_-_reforma_da_usina_de_reciclagem_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2631/indicacao_no_246-2025_-_servico_de_teleconsulta_no_distrito_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2633/indicacao_no_247-2025_-_implantar_um_consultorio_odontologico_na_unidade_de_saude_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2634/indicacao_no_248-2025_-_implantacao_da_rede_de_esgoto_na_rua_zilda_gomes_natalaina_muniz_no_trecho_a_partir_da_av._vale_do_itaunas_bairro_camata_i.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2635/indicacao_no_249-2025_-_pavimentacao_das_vias_do_conjunto_residencial_cridasa.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2640/indicacao_no_250-2025_-_sugere_implantacao_da_creche_do_idoso_conforme_projeto_de_lei_em_anexo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2641/indicacao_no_251-2025_-_sugere_contratacao_ou_disponibilizacao_de_profissional_de_nutricao_para_atuar_nos_centros_de_assistencia_social_-_cras.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2642/indicacao_no_252-2025_-_substituicao_do_parquinho_infantil_de_ferro_por_um_de_plastico_para_a_escola_jose_francisco_cordeiro_fazenda_carapina..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2643/indicacao_no_253-2025_-_instalacao_de_bicicletarios_no_centro_de_pedro_canario_visando_incentivar_o_uso_de_bicicletas.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2644/indicacao_no_254-2025_-_aquisicao_de_novas_cadeiras_odontologicas_para_os_consultorios_de_saude_bucal_das_unidades_basicas_de_saude.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2645/indicacao_no_255-2025_-_reforma_e_ampliacao_do_centro_de_referencia_de_assistencia_social_-_cras_camata.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2646/indicacao_no_256-2025_-_criacao_do_conselho_municipal_de_esportes_visando_fortalecer_e_organizar_as_politicas_publicas_de_esporte_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2647/indicacao_no_257-2025_-_substituicao_completa_do_gramado_sintetico_do_campo_society_localizado_no_parque_esportivo_da_lagoa.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2649/indicacao_no_258-2025_-_calcamentos_ruas_adelaide_b._morozini_jose_domingos_de_carvalho_manoel_r._souza_neto_e_domicio_ribom.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2650/indicacao_no_259-2025_-_instalacao_de_iluminacao_publica_e_realizacao_de_pavimentacao_na_rua_machado_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2651/indicacao_no_260-2025_-_instalacao_de_um_redutor_de_velocidade_com_placas_de_advertencia_nas_proximidades_da_cachoeira_dos_pretos_br_209.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2655/indicacao_no_261-2025_-_construcao_de_uma_creche_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2656/indicacao_no_262-2025_-_renovacao_e_melhorias_dos_equipamentos_do_centro_de_fisioterapia_municipal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2657/indicacao_no__263-2025_-_construcao_de_uma_unidade_basica_de_saude_ubs_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2658/indicacao_no_264-2025_-_melhorias_nas_estradas_que_ligam_o_municipio_ao_distrito_de_agua_preta__em_conceicao_da_barra_e_reforma_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2659/indicacao_no_265-2025_-_realizacao_do_servicos_de_poda_de_todas_as_arvores_do_bairro_camata_i_e_ii.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2660/indicacao_no_266-2025_-_atribuir_o_nome_a_rua_mota_viana_a_uma_via_publica_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2661/indicacao_no_267-2025_-_reforma_da_casa_de_passagem.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2894/indicacao_no_268-2025_-_implantacao_de_faixa_de_pedestres_sinalizacao_e_redutor_de_velocidade_na_rua_isaias_oliveira_freitas.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2662/indicacao_no_269-2025_-_sinalizacao_de_transito_vertical_e_horizontal_incluindo_faixa_de_pedestres_em_frente_a_escola_maria_otilia.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2700/indicacao_no_270-2025_-_instalacao_de_redutor_de_velocidade_com_placas_na_rua_felinto_damiao_em_frente_a_casa_de_no_79_-_bairro_leonorio_i..pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2701/indicacao_no_271-2025_-_instalacao_de_redutor_de_velocidade_com_placas_de_advertencia_na_rua_felinto_damiao_s-n_leonorio_ii_prox_a_igreja_missao_rua_lateral_da_ceim_-_oficina_dos_sonhos.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2702/indicacao_no_272-2025_-_realize_campanha_de_saude_nas_dependencias_da_associacao_pestalozzi_de_pedro_canario_vacinacaoatendimento_medico_oftalmologico_e_odontologico.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2703/indicacao_no_273-2025_-_analise_tecnica_em_relacao_qual_medida_a_ser_conferida_a_arvore_localizada_junto_ao_campo_do_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2704/indicacao_no_274-2025_-_servicos_de_manutencao_no_campo_society_do_bairro_esplanada_conserto_de_alambrados_a_reparacao_da_rede_de_protecao_e_a_limpeza_geral_do_local.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2705/indicacao_no_275-2025_-_instalacao_de_quebra-molas_nas_ruas_julia_bonelar_e_nossa_senhora_aparecida_bairro_esplanada.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2706/indicacao_no_276-2025_-_instalacao_e_iluminacao_publica_na_rua_santa_uberlandia_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2707/indicacao_no_277-2025_-_manutencao_e_conservacao_dos_bancos_de_reserva_do_campo_society_do_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2708/indicacao_no_278-2025_-_locar_um_imovel_para_o_funcionamento_do_centro_de_convivencia_e_fortalecimento_de_vinculos_de_floresta_do_sul.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2709/indicacao_no_279-2025_-_implantar_um_espaco_especifico_para_atendimento_das_teleconsultas_de_especialidades_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2712/indicacao_no_280-2025_-_instalacao_de_uma_nova_academia_popular_no_bairro_camata.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2713/indicacao_no_281-2025_-_implantacao_de_uma_unidade_movel_de_saude_-_carreta_itinerante_saude_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2714/indicacao_no_282-2025_-_construcao_de_um_centro_de_referencia_de_assistencia_social_cras_em_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2715/indicacao_no_283-2025_-reforma_da_escola_tres_de_maio_localizada_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2716/indicacao_no_284-2025_-_reforma_na_sede_da_prefeitura_municipal_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2717/indicacao_no_285-2025_-_instlacao_de_playgroud_parquinho_infantil_no_assentamento_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2718/indicacao_no_286-2025_-_implantacao_de_quebra-molas_na_rua_getulio_vargas_localizada_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2719/indicacao_no_287-2025_-_criacao_de_uma_area_de_lazer_com_campo_society_no_bairro_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2738/indicacao_no_288-2025_-_restauracao_e_revitalizacao_do_canteiro_central_do_distrito_de_cristal_do_norte_recuperacao_dos_meios-fios_nivelamento_jardinagem_e_pintura.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2385/pauta_da_01a_sessao_ordinaria_do_1o_periodo_legislativo_da_11a_legislatura.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2538/projeto_de_decreto_legislativo_no_001-2025_-_contas_exercicio_de_2023_-_responsavel_-_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2620/projeto_de_decreto_legislativo_no_002-2025_-_comenda_do_merito_esportivo_fernando_flavio_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2621/projeto_de_decreto_legislativo_no_003-2025_-_comenda_do_merito_esportivo_roberto_vieira_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2622/projeto_de_decreto_legislativo_no_004-2025_-_comenda_do_merito_esportivo_ricardo_suci_freire.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2663/projeto_de_decreto_legislativo_no_005-2025_-_empresa_trappuz_multimarcas.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2664/projeto_de_decreto_legislativo_no_006-2025_-_empresa_ciara_material_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2665/projeto_de_decreto_legislativo_no_007-2025_-_supermercado_linharense.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2666/projeto_de_decreto_legislativo_no_008-2025_-_empresa_assistech_celulares.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2667/projeto_de_decreto_legislativo_no_009-2025_-_empresa_borracharia_do_regi.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2668/projeto_de_decreto_legislativo_no_010-2025_-_empresa_restaurante_sb_delivery_comida_caseira.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2669/projeto_de_decreto_legislativo_no_011-2025_-_casa_do_trabalhador.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2670/projeto_de_decreto_legislativo_no_012-2025_-_salluz_modas.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2671/projeto_de_decreto_legislativo_no_013-2025_-_empresa_distribuidora_do_para.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2672/projeto_de_decreto_legislativo_no_014-2025_-_sr._tarcisio_porto.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2673/projeto_de_decreto_legislativo_no_015-2025_-_matos_calcados.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2674/projeto_de_decreto_legislativo_no_016-2025_-_5_estrelas_carros_e_motos.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2675/projeto_de_decreto_legislativo_no_017-2025_-_salao_do_lagoa.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2676/projeto_de_decreto_legislativo_no_018-2025_-_empresa_junior_motos.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2677/projeto_de_decreto_legislativo_no_019-2025_-_realcred_solucoes_financeiras.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2678/projeto_de_decreto_legislativo_no_020-2025_-_empresa_supermercado_santos.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2679/projeto_de_decreto_legislativo_no_021-2025_-_empresa_acougue_allanzin.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2680/projeto_de_decreto_legislativo_no_022-2025_-_empresa_dular_moveis.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2681/projeto_de_decreto_legislativo_no_023-2025_-_empresa_dular_moveis.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2682/projeto_de_decreto_legislativo_no_024-2025_-_fj_distribuidora.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2683/projeto_de_decreto_legislativo_no_025-2025_-_novo_lar_moveis.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2684/projeto_de_decreto_legislativo_no_026-2025_-_empresa_costa_bike.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2685/projeto_de_decreto_legislativo_no_027-2025_-_empresa_distribuidora_avenida.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2686/projeto_de_decreto_legislativo_no_028-2025_-_empresa_bar_das_coleguinhas.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2687/projeto_de_decreto_legislativo_no_029-2025_-_empresa_biratinha_design.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2688/projeto_de_decreto_legislativo_no_030-2025_-_empresa_inovar_sistemas.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2689/projeto_de_decreto_legislativo_no_031-2025_-_empresa_lf_moto.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2690/projeto_de_decreto_legislativo_no_032-2025_-_cafe_e_prosa.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2691/projeto_de_decreto_legislativo_no_033-2025_-_adreia_magazine.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2692/projeto_de_decreto_legislativo_no_034-2025_-_moto_racing.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2693/projeto_de_decreto_legislativo_no_035-2025_-_alfa_boutique.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2694/projeto_de_decreto_legislativo_no_036-2025_-_coimbra_autopecas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2695/projeto_de_decreto_legislativo_no_037-2025_-_lima_gas.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2721/projeto_de_decreto_legislativo_no_038-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2722/projeto_de_decreto_legislativo_no_039-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2723/projeto_de_decreto_legislativo_no_040-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2724/projeto_de_decreto_legislativo_no_041-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2725/projeto_de_decreto_legislativo_no_042-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2726/projeto_de_decreto_legislativo_no_043-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2727/projeto_de_decreto_legislativo_no_044-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2728/projeto_de_decreto_legislativo_no_045-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2729/projeto_de_decreto_legislativo_no_046-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2730/projeto_de_decreto_legislativo_no_047-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2731/projeto_de_decreto_legislativo_no_048-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2732/projeto_de_decreto_legislativo_no_049-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2733/projeto_de_decreto_legislativo_no_050-2025_-_comenda_a_servidores_publicos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2853/projeto_de_decreto_legislativo_no_051-2025_-_dispoe_sobre_a_outorga_da_comenda_a_servidores_pub_a_sra._cassia_cristina_silva_de_oliveira_evangelista.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2734/projeto_de_decreto_legislativo_no_053-2025_-_comenda_a_servidores_publicos_ao_sr._noe_albino_mol.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2754/projeto_de_decreto_legislativo_no_054-2025_-_comenda_a_servidores_publicos_a_sra._elsa_campos_da_silva.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2755/projeto_de_decreto_legislativo_no_055-2025_-_comenda_a_servidores_publicos_a_sra._luzia_damascena_lobo.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2756/projeto_de_decreto_legislativo_no_056-2025_-_comenda_a_servidores_publicos_a_sra._alessandra_baiense_pereira.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2757/projeto_de_decreto_legislativo_no_057-2025_-_comenda_a_servidores_publicos_a_sra._eliana_regina_galletti.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2758/projeto_de_decreto_legislativo_no_058-2025_-_comenda_a_servidores_publicos_a_sra._andreia_brunelli_lima_pereira.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2759/projeto_de_decreto_legislativo_no_059-2025_-_comenda_a_servidores_publicos_a_sra._cirleusa_figueredo_ramos.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2760/projeto_de_decreto_legislativo_no_060-2025_-_comenda_a_servidores_publicos_ao_sr._manoel_de_jesus_gomes.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2761/projeto_de_decreto_legislativo_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2762/projeto_de_decreto_legislativo_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2763/projeto_de_decreto_legislativo_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2764/projeto_de_decreto_legislativo_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2765/projeto_de_decreto_legislativo_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2766/projeto_de_decreto_legislativo_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2767/projeto_de_decreto_legislativo_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2768/projeto_de_decreto_legislativo_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2769/projeto_de_decreto_legislativo_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2770/projeto_de_decreto_legislativo_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2771/projeto_de_decreto_legislativo_no_071-2025_-_comenda_do_merito_esportivo_ao_sr._luis_fernando_silva_oliveira.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2772/projeto_de_decreto_legislativo_no_072-2025_-_comenda_do_merito_esportivo_ao_sr._thomaz_raimundo_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2773/projeto_de_decreto_legislativo_no_073-2025_-_comenda_do_merito_esportivo_ao_sr._valdeir_castro_de_jesus.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2774/projeto_de_decreto_legislativo_no_074-2025_-_comenda_do_merito_esportivo_ao_sr._thiago_vieira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2775/projeto_de_decreto_legislativo_no_075-2025_-_comenda_do_merito_esportivo_a_sra._andreia_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2776/projeto_de_decreto_legislativo_no_076-2025_-_comenda_do_merito_esportivo_ao_sr._juscelino_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2777/projeto_de_decreto_legislativo_no_077-2025_-_comenda_do_merito_esportivo_ao_sr._celio_jesus_silva.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2778/projeto_de_decreto_legislativo_no_078-2025_-_comenda_do_merito_esportivo_sr._jose_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2779/projeto_de_decreto_legislativo_no_079-2025_-_comenda_do_merito_esportivo_a_sra._rosilene_de_jesus_conceicao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2780/projeto_de_decreto_legislativo_no_080-2025_-_comenda_do_merito_esportivo_ao_sr._pedro_arthur_dias_tozetti.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2781/projeto_de_decreto_legislativo_no_081-2025_-_comenda_do_merito_esportivo_ao_grupo_de_vaquejada_jj_ranch.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2782/projeto_de_decreto_legislativo_no_082-2025_-_comenda_do_merito_esportivo_ao_grupo_de_trilheiros_canarios_da_trilha.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2783/projeto_de_decreto_legislativo_no_083-20025_-_comenda_do_merito_esportivo_ao_sr._elio_de_jesus_silva.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2784/projeto_de_decreto_legislativo_no_084-2025_-_comenda_do_merito_esportivo_a_equipe_sporting_canario.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2785/projeto_de_decreto_legislativo_no_085-2025_-_comenda_do_merito_esportivo_ao_sr._wederson_moreira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2786/projeto_de_decreto_legislativo_no_086-2025_-_comenda_do_merito_esportivo_ao_sr._neliton_paixao_santos.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2787/projeto_de_decreto_legislativo_no_087-20205_-_comenda_do_merito_esportivo_ao_sr._anderson_guilherme_rangel.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2788/projeto_de_decreto_legislativo_no_088-2025_-_comenda_do_merito_esportivo_ao_sr._rian_lucas_marinho.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2789/projeto_de_decreto_legislativo_no_089-2025_-_comenda_do_merito_esportivo_a_sra._taynara_de_jesus_costa.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2790/projeto_de_decreto_legislativo_no_090-2025_-_comenda_do_merito_esportivo_ao_sr._antonio_rodrigues_moreira.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2792/projeto_de_decreto_legislativo_no_091-2025_-_comenda_do_merito_esportivo_ao_sr._wellington_silva_santos.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2795/projeto_de_decreto_legislativo_no_092-2025_-_comenda_do_merito_esportivo_ao_sr._evandro_conceicao_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2796/projeto_de_decreto_legislativo_no_093-2025_-_comenda_do_merito_esportivo_ao_sr._marcos_batista_santos.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2797/projeto_de_decreto_legislativo_no_094-2025_-_comenda_do_merito_esportivo_ao_sr._wellington_de_jesus_pacatuba.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2798/projeto_de_decreto_legislativo_no_095-2025_-_comenda_do_merito_esportivo_ao_sr._osmar_ferreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2799/projeto_de_decreto_legislativo_no_096-2025_-_comenda_do_merito_esportivo_ao_sr._wagner_santos_souza.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2800/projeto_de_decreto_legislativo_no_097-2025_-_comenda_do_merito_esportivo_ao_sr._evanilson_santos_correia.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2801/projeto_de_decreto_legislativo_no_098-2025_-_comenda_do_merito_esportivo_a_arena_pc_beach_clube.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2802/projeto_de_decreto_legislativo_no_099-2025_-_comenda_do_merito_esportivo_ao_sr._orlando_antonio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2803/projeto_de_decreto_legislativo_no_100-2025_-_comenda_do_merito_esportivo_ao_sr._zelito_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2804/projeto_de_decreto_legislativo_no_101-2025_-_prestacao_de_contas_exercicio_2021_-_responsavel_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2805/projeto_de_decreto_legislativo_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2806/projeto_de_decreto_legislativo_no_103-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2807/projeto_de_decreto_legislativo_no_104-2025.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2808/projeto_de_decreto_legislativo_no_105-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2809/projeto_de_decreto_legislativo_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2810/projeto_de_decreto_legislativo_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2811/projeto_de_decreto_legislativo_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2812/projeto_de_decreto_legislativo_no_109-2025_2.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2813/projeto_de_decreto_legislativo_no_110-2025_2.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2814/projeto_de_decreto_legislativo_no_111-2025_2.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2815/projeto_de_decreto_legislativo_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2816/projeto_de_decreto_legislativo_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2817/projeto_de_decreto_legislativo_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2818/projeto_de_decreto_legislativo_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2819/projeto_de_decreto_legislativo_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2820/projeto_de_decreto_legislativo_no_117-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2821/projeto_de_decreto_legislativo_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2822/projeto_de_decreto_legislativo_no_119-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2823/projeto_de_decreto_legislativo_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2824/projeto_de_decreto_legislativo_no_121-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2826/projeto_de_decreto_legislativo_no_123-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2827/projeto_de_decreto_legislativo_no_124-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2828/projeto_de_decreto_legislativo_no_125-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2829/projeto_de_decreto_legislativo_no_126-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2830/projeto_de_decreto_legislativo_no_127-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2831/projeto_de_decreto_legislativo_no_128-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2832/projeto_de_decreto_legislativo_no_129-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2833/projeto_de_decreto_legislativo_no_130-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2834/projeto_de_decreto_legislativo_no_131-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2835/projeto_de_decreto_legislativo_no_132-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2836/projeto_de_decreto_legislativo_no_133-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2837/projeto_de_decreto_legislativo_no_134-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2838/projeto_de_decreto_legislativo_no_135-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2839/projeto_de_decreto_legislativo_no_136-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2840/projeto_de_decreto_legislativo_no_137-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2841/projeto_de_decreto_legislativo_no_138-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2842/projeto_de_decreto_legislativo_no_139-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2843/projeto_de_decreto_legislativo_no_140-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2844/projeto_de_decreto_legislativo_no_141-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2845/projeto_de_decreto_legislativo_no_142-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2846/projeto_de_decreto_legislativo_no_143-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2847/projeto_de_decreto_legislativo_no_144-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2848/projeto_de_decreto_legislativo_no_145-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2849/projeto_de_decreto_legislativo_no_146-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2850/projeto_de_decreto_legislativo_no_147-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2851/projeto_de_decreto_legislativo_no_148-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2852/projeto_de_decreto_legislativo_no_149-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2336/projeto_de_lei_complementar_no_001-2025_-_altera_dispositivo_da_lei_complementar_no_034_de_27_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2376/projeto_de_lei_complementar_no_002-2025_-_institui_nova_estrutura_dministrativa_municipal_da_prefeitura_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2421/projeto_de_lei_complementar_no_003-2025_-_institui_a_bonificacao_por_desempenho_no_ambito_da_secretaria_municipal_de_educacao_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2493/projeto_de_lei_complementar_no_004-2025_-_inclui_anexos_na_lc_09-2008_reestrutura_carreiras_no_sevico_publico_resolve.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2514/projeto_de_lei_complementar_no_005-2025_-_acrescenta_e_altera_dispositivos_na_lei_comp._no_44-2021_e_nas_suas_atualiz._ref_a_estrutura_organiz._do_inst._de_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2515/projeto_de_lei_complementar_no_006-2025_-_concede_revisao_geral_anual_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2516/projeto_de_lei_complementar_no_007-2025_-_altera_lei_complementar_no_06-2006_que_dispoe_sobre_o_plano_de_cargos_carreiras_e_vencimentos_do_magisterio_pub_p._fixar_o_piso_salarial_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2595/projeto_de_lei_complementar_no_008-2025_-_dispoe_sobre_a_adequacao_de_requisitos_atribuicoes_reestruturacao_de_carreira_e_realinhamento_de_remuneracoes_de_carg._publicos.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2639/projeto_de_lei_complementar_no_009-2025_-__acrecenta_dispositivos_na_lc_04-2005_e_altera_dispositivo_da_lc_062-2025_e_da_outras_providencias_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2696/projeto_de_lei_complementar_no_010-2025_-_altera_dispositivos_da_lei_complementar_no_034_de_27-09-2019_que_institui_o_codigo_de_posturas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2720/projeto_de_lei_complementar_no_011-2025_-_altera_l.c_034-2019_que_institui_o_codigo_de_posturas_do_municipio_para_acrescentar_os_paragrafos_5o_ao_13o_ao_art_87_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2747/projeto_de_lei_complementar_substitutivo_no_012-2025_-_altera_lei_complementar_municipal_no_009-2008_alterada_pela_lei_complementar_municipal_no_066-2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2332/projeto_de_lei_no_001-2025_-_cria_o_programa_musica_nas_escolas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2333/projeto_de_lei_no_002-2025_-_cria_programa_de_apoio_as_maes_atipicas_de_pedro_canario-es.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2334/projeto_de_lei_no_003-2025_-_cria_a_proibicao_da_pratica_de_poluicao_sonora_na_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2335/projeto_de_lei_no_004-2025_-_institui_no_municipio_de_pedro_canario-es_a_semana_municipal_do_agronegocio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2381/projeto_de_lei_no_005-2025_-_altera_o_anexo_i_da_lei_munipal_no_1.363_de_08_de_2019.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2382/projeto_de_lei_no_006-2025_-_dispoe_sobre_a_denominacao_da_rua_travessa_minas_gerais_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2383/projeto_de_lei_no_007-2025_-_institui_e_inclui_no_calendario_oficial_no_municipio_o_dia_de_conscientizacao_e_enfrentamento_a_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2384/projeto_de_lei_no_008-2025_-_dispoe_sobre_a_obrigatoriedade_de_remocao_dos_cabos_e_fiacao_aerea_execentes_e_inutilizados_instalados_por_concessionarias.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2416/projeto_de_lei_no_009-2025_-_dispoe_sobre_aula_de_canto_no_ambito_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2417/projeto_de_lei_no_010-2025_-_institui_a_capacitacao_em_nocoes_de_primeiros_socorros_para_professores__funcionarios_da_educacao_e_de_estabelecimentos_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2418/projeto_de_lei_no_011-2025_-_dispoe_sobre_a_emissao_e_disponibilizacao_gratuita_de_carteira_estudantil.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2419/projeto_de_lei_no_012-2025_-_dispoe_sobre_o_atendimento_preferencial_as_pessoas_com_fibromialgia_nos_locais_que_especifica.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2420/projeto_de_lei_no_013-2025_-_autoriza_o_poder_executivo_a_conceder_subvencao_a_associacao_recreativa_assistencial_ao_idoso_e_associacao_beneficente_cultural_e_da_agricultura_de_cristal_do_norte.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2452/projeto_de_lei_no_014-2025_-_alteracao_do_artigo_2o_da_lei_municipal_no_1.566-2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2494/projeto_de_lei_no_015-2025_-_campanha_maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2495/projeto_de_lei_no_016-2025_-_dia_da_empregada_domestica_no_calendario_oficial_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2496/projeto_de_lei_no_017-2025_-_selo_autista_a_bordo.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2497/projeto_de_lei_no_018-2025_-_dispoe_sobre_implantacao_de_atividades_esportivas_para_criancas_e_adolescentes_com_deficiencia_no_cronograma_esportivo_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2498/projeto_de_lei_no_019-2025_-_institui_o_programa_permanente_de_conscientizacao_e_tratamento_do_pe_torto_congenito_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2513/projeto_de_lei_no_020-2025_-_dispoe_sobre_a_regulamentacao_da_pesca.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2534/projeto_de_lei_no_021-2025_-_criacao_do_projeto_sorriso_mais_bonito_destinado_a_promocao_da_saude_bucal_infantil.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2535/projeto_de_lei_no_022-2025_-_altera_dispositivo_da_lei_municipal_no_1.537-2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2536/projeto_de_lei_no_023-2025_-_institui_a_politica_municipal_de_educacao_ambiental_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2537/projeto_de_lei_no_024-2025_-_institui_o_fundo_municipal_dos_direitos_da_pessoa_idosa_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2539/projeto_de_lei_no_025-2025_-_autoriza_o_poder_executivo_municipal_a_conceder_subvencao_social_a_federacao_capixaba_de_corrida_de_aventura_fcca_associacao_civil_sem_finalidade_lucrativa.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2576/projeto_de_lei_no_026-2025_-_obrigatoriedade_do_uso_de_focinheira_e_estabelece_normas_de_seguranca_para_conducao_de_caes.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2577/projeto_de_lei_no_027-2025_-_proibicao_do_uso_de_dispositivos_eletronicos_para_fumar_defs_incluindo_cigarros_eletronicos_vapes_pods....pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2592/projeto_de_lei_no_028-2025_-_criacao_da_camara_intersetorial_de_seguranca_alimentar_e_nutricional_caisan_no_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2593/projeto_de_lei_no_029-2025_-_institui_o_aplicativo_digital_de_servicos_publicos_no_municipio_que_permite_ao_cidadao_solicitar_servicos_acompanhar_protocolos_reportar_problemas.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2594/projeto_de_lei_no_030-2025_-_institui_e_regulamenta_o_auxilio-alimentacao_de_carater_indenizatorio_aos_professores_e_pedagogos_contratados.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2601/projeto_de_lei_no_031-2025_-_institui_e_inclui_no_calendario_oficial_no_municipio_o_dia_municipal_do_terco_dos_homens_a_ser_comemorado_anualmente_no_dia_25_de_julho.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2602/projeto_de_lei_no_032-2025_-_institui_o_programa_bike_legal_no_municipio_com_diretrizes_para_o_uso_seguro_e_responsavel_de_bicicletas_eletricas.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2652/projeto_de_lei_no_033-2025_-_dispoe_sobre_o_bem-estar_sensorial_das_criancas_com_transtorno_espectro_autista_tea_nas_escolas_da_rede_publica.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2653/projeto_de_lei_no_034-2025_-_autoriza_o_executivo_municipal_a_abrir_credito_adicional_especial_e_da_outras_providecias-1-4.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2710/projeto_de_lei_no_035-2025_-_dispoe_sobre_a_implantacao_de_acoes_de_educacao_para_o_transito_no_ambito_escolar_e_na_sociedade_em_geral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2711/projeto_de_lei_no_036-2025_-_declara_utilidade_publica_municipal_a_associacao_de_catadores_de_materiais_reciclaveis_do_municipio_de_pedro_canario_-_es.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2736/projeto_de_lei_no_038-2025_-_acrescenta_paragrafo_unico_ao_art._1o_da_lei_municipal_no_1.518-2022_2-1-2.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2737/projeto_de_lei_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2741/projeto_de_lei_no_040-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2742/projeto_de_lei_no_041-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2743/projeto_de_lei_substitutivo_no_042-2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2744/projeto_de_lei_no_044-2025_-_sapl.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2745/projeto_de_lei_no_045-2025_-_prorrogar_a_vigencia_do_plano_municipal_de_educacao_-_pme_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2740/projeto_de_lei_no_046-2025_-_altera_lei_municipal_no_1.263_-_2016_que_institui_o_programa_municipal_de_portadores_de_necessidades_especiais_em_turmas_regulares_de_ensino_publico.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2746/projeto_de_lei_no_047-2025_-_autoriza_o_poder_executivo_a_conceder_subvencao_social_ao_centro_comunitario_franco_rossetti.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2748/projeto_de_lei_no_048-2025_-_dispoe_sobre_a_obrigatoriedade_de_instalacao_de_cameras_de_monitoramento_em_todos_os_veiculos_destinados_ao_transporte.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2749/projeto_de_lei_no_049-2025_-_dispoe_sobre_as_alteracoes_do_plano_de_custeio_do_regime_propio_de_previdencia_social_do_municipio_de_pedro_canario.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2750/projeto_de_lei_no_050-2025_-_estender_o_fornec_da_alimentacao_escolar_aos_prof_e_demais_prof_da_educ_basica_em_efetivo_exercicio_nas_unid_da_rede_pub.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2752/projeto_de_lei_no_052-2025_-_dispoe_sobre_a_instituicao_da_honraria_de_destaque_municipal_comenda_edson_dos_santos_a_ser_concedida_anualmente_a_empresas_que_cont_para_o_desenv_e_fomento_do_esporte.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2753/projeto_de_lei_no_053-2025_-_dispoe_sobre_a_contratacao_de_pessoal_por_tempo_determinado_para_atender_a_necessidade_temporaria_da_saude.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2791/projeto_de_lei_no_054-2025_-_inclui_o_paragrafo_unico_no_art_1o_e_altera_os_art._3o_da_lei_municipal_no_1.190-2015.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2793/projeto_de_lei_no_055-2025_-_institui_o_programa_de_farmacias_credenciadas_de_pedro_canario-es_para_cobertura_complementar_de_medicamentos.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2794/projeto_de_lei_no_056-2025_-_dispoe_sobre_a_criacao_de_espaco_sensorial_inclusivo_na_praca_da_lagoa_augusto_ruschi.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2422/projeto_de_lei_substitutivo_no_013-2025_-_autoriza_o_executivo_a_conceder_subvencao_a_associacao_recretiva_assistencial_ao_idoso_e_a_associacao_beneficente_cultural_e_de_agricultura.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2623/projeto_de_resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2751/projeto_de_emenda_a_lei_organica_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2454/requerimento_no_001-2025_-_voto_de_louvor_em_favor_de_bruno_teofilo_araujo.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2455/requerimento_no_002-2025_-_voto_de_louvor_em_favor_do_alegrai-vos.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2456/requerimento_no_003-2025_-_voto_de_louvor_em_favor_de_betania_santos_damasceno.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2457/requerimento_no_004-2025_-_voto_de_louvor_em_favor_yamara_barreto_santos.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2637/requerimento_no_005-2025_-_voto_de_louvor_em_favor_do_13o_batalhao_da_policia_militar_-_3a_companhia_de_pedro_canario-1.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2638/requerimento_no_006-2025_-_requer_voto_de_louvor_e_sessao_solene_em_favor_dos_policiais_militares_em_comemoracao_dos_seus_190_anos_da_pmes-1_1.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2857/requerimento_no_007-2025_-_voto_de_louvor_e_sessao_solene_2.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2636/requerimento_no_008-2025_-_voto_de_louvor_em_favor_do_sr._elpidio_goncalves_dos_reis_policial_militar_aposentado.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2648/requerimento_no_009-2025_-_voto_de_louvor_em_favor_dos_apoiadores_na_realizacao_da_festa_da_tabua_lascada.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2654/requerimento_no_010-2025_-_requer_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2697/requerimento_no_011-2025_-_voto_de_louvor_em_apoio_a_cada_colaborador_do_campeonato_esportivo_em_taquaras.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2698/requerimento_no_012-2025_-_realizacao_de_sessao_solene_do_servidor_publico_e_empreendedor_destaque_e_alteracao_de_horario_da_sessao_ordinaria_do_dia_07.10.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2699/requerimento_no_013-2025_-_voto_de_louvor_em_favor_de_pedro_arthur_dias_tozetti.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2858/requerimento_no_014-2025_-_requer_sessao_solene_em_favor_da_secretaria_municipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrocanario.es.leg.br/media/sapl/public/materialegislativa/2025/2739/requerimento_no_015-2025_-_voto_de_louvor_em_homenagem_aos_servidores_da_secretaria_municipal_de_saude.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H521"/>
+  <dimension ref="A1:H522"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="160.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -13079,77 +13091,77 @@
       </c>
       <c r="G268" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="H268" t="s">
         <v>1105</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>1106</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>1107</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="F269" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>1108</v>
       </c>
       <c r="H269" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>1110</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
         <v>1111</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270" t="s">
         <v>12</v>
       </c>
       <c r="F270" t="s">
-        <v>361</v>
+        <v>22</v>
       </c>
       <c r="G270" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="H270" t="s">
         <v>1113</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>1114</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>1115</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271" t="s">
         <v>12</v>
       </c>
       <c r="F271" t="s">
@@ -13157,77 +13169,77 @@
       </c>
       <c r="G271" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="H271" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>1118</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>1119</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
         <v>12</v>
       </c>
       <c r="F272" t="s">
-        <v>99</v>
+        <v>361</v>
       </c>
       <c r="G272" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="H272" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>1122</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>1123</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
         <v>12</v>
       </c>
       <c r="F273" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="G273" s="1" t="s">
         <v>1124</v>
       </c>
       <c r="H273" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>1126</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
         <v>1127</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="F274" t="s">
@@ -13313,178 +13325,178 @@
       </c>
       <c r="G277" s="1" t="s">
         <v>1140</v>
       </c>
       <c r="H277" t="s">
         <v>1141</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>1142</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
         <v>1143</v>
       </c>
       <c r="D278" t="s">
         <v>11</v>
       </c>
       <c r="E278" t="s">
         <v>12</v>
       </c>
       <c r="F278" t="s">
-        <v>307</v>
+        <v>22</v>
       </c>
       <c r="G278" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="H278" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>1146</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
         <v>1147</v>
       </c>
       <c r="D279" t="s">
         <v>11</v>
       </c>
       <c r="E279" t="s">
         <v>12</v>
       </c>
       <c r="F279" t="s">
         <v>307</v>
       </c>
       <c r="G279" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="H279" t="s">
         <v>1149</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>1150</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
         <v>1151</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280" t="s">
         <v>12</v>
       </c>
+      <c r="F280" t="s">
+        <v>307</v>
+      </c>
       <c r="G280" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="H280" t="s">
         <v>1153</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>1154</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
         <v>1155</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281" t="s">
         <v>12</v>
       </c>
-      <c r="F281" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G281" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="H281" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>1158</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
         <v>1159</v>
       </c>
       <c r="D282" t="s">
         <v>11</v>
       </c>
       <c r="E282" t="s">
         <v>12</v>
       </c>
       <c r="F282" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="G282" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="H282" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>1162</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
         <v>1163</v>
       </c>
       <c r="D283" t="s">
         <v>11</v>
       </c>
       <c r="E283" t="s">
         <v>12</v>
       </c>
       <c r="F283" t="s">
-        <v>294</v>
+        <v>86</v>
       </c>
       <c r="G283" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="H283" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>1166</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
         <v>1167</v>
       </c>
       <c r="D284" t="s">
         <v>11</v>
       </c>
       <c r="E284" t="s">
         <v>12</v>
       </c>
       <c r="F284" t="s">
@@ -13492,77 +13504,77 @@
       </c>
       <c r="G284" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="H284" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>1170</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
         <v>1171</v>
       </c>
       <c r="D285" t="s">
         <v>11</v>
       </c>
       <c r="E285" t="s">
         <v>12</v>
       </c>
       <c r="F285" t="s">
-        <v>361</v>
+        <v>294</v>
       </c>
       <c r="G285" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="H285" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>1174</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
         <v>1175</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
       <c r="E286" t="s">
         <v>12</v>
       </c>
       <c r="F286" t="s">
-        <v>60</v>
+        <v>361</v>
       </c>
       <c r="G286" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="H286" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>1178</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
         <v>1179</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287" t="s">
         <v>12</v>
       </c>
       <c r="F287" t="s">
@@ -13570,6100 +13582,6126 @@
       </c>
       <c r="G287" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="H287" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>1182</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
         <v>1183</v>
       </c>
       <c r="D288" t="s">
         <v>11</v>
       </c>
       <c r="E288" t="s">
         <v>12</v>
       </c>
       <c r="F288" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="G288" s="1" t="s">
         <v>1184</v>
       </c>
       <c r="H288" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>1186</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>10</v>
+        <v>1187</v>
       </c>
       <c r="D289" t="s">
-        <v>1187</v>
+        <v>11</v>
       </c>
       <c r="E289" t="s">
+        <v>12</v>
+      </c>
+      <c r="F289" t="s">
+        <v>86</v>
+      </c>
+      <c r="G289" s="1" t="s">
         <v>1188</v>
       </c>
-      <c r="F289" t="s">
-[...2 lines deleted...]
-      <c r="G289" s="1" t="s">
+      <c r="H289" t="s">
         <v>1189</v>
-      </c>
-[...1 lines deleted...]
-        <v>1190</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1191</v>
+        <v>1190</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
         <v>10</v>
       </c>
       <c r="D290" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E290" t="s">
         <v>1192</v>
       </c>
-      <c r="E290" t="s">
+      <c r="F290" t="s">
+        <v>108</v>
+      </c>
+      <c r="G290" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="F290" t="s">
+      <c r="H290" t="s">
         <v>1194</v>
-      </c>
-[...4 lines deleted...]
-        <v>1196</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>10</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E291" t="s">
         <v>1197</v>
       </c>
-      <c r="B291" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F291" t="s">
-        <v>22</v>
+        <v>1198</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="H291" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D292" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E292" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F292" t="s">
         <v>22</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="H292" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D293" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E293" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F293" t="s">
         <v>22</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="H293" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D294" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E294" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F294" t="s">
-        <v>86</v>
+        <v>22</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="H294" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D295" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E295" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F295" t="s">
         <v>86</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="H295" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D296" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E296" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F296" t="s">
         <v>86</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="H296" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D297" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E297" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F297" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="H297" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D298" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E298" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F298" t="s">
         <v>99</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="H298" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D299" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E299" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F299" t="s">
         <v>99</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="H299" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D300" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E300" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F300" t="s">
-        <v>361</v>
+        <v>99</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="H300" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D301" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E301" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F301" t="s">
         <v>361</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="H301" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D302" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E302" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F302" t="s">
         <v>361</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="H302" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D303" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E303" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F303" t="s">
-        <v>108</v>
+        <v>361</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="H303" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D304" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E304" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F304" t="s">
         <v>108</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="H304" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D305" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E305" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F305" t="s">
         <v>108</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="H305" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D306" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E306" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F306" t="s">
-        <v>307</v>
+        <v>108</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="H306" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D307" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E307" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F307" t="s">
         <v>307</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="H307" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="D308" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E308" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F308" t="s">
         <v>307</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="H308" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="D309" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E309" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F309" t="s">
-        <v>60</v>
+        <v>307</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="H309" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D310" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E310" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F310" t="s">
         <v>60</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="H310" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D311" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E311" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F311" t="s">
         <v>60</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="H311" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D312" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E312" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F312" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="H312" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D313" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E313" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F313" t="s">
         <v>13</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="H313" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D314" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E314" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F314" t="s">
         <v>13</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="H314" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D315" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E315" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F315" t="s">
-        <v>294</v>
+        <v>13</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="H315" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D316" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E316" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F316" t="s">
         <v>294</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="H316" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D317" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E317" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F317" t="s">
         <v>294</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H317" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D318" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E318" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F318" t="s">
-        <v>77</v>
+        <v>294</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="H318" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D319" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E319" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F319" t="s">
         <v>77</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="H319" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D320" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E320" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F320" t="s">
         <v>77</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="H320" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D321" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E321" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F321" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="H321" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D322" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E322" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F322" t="s">
         <v>22</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="H322" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D323" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E323" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F323" t="s">
         <v>22</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="H323" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="D324" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E324" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F324" t="s">
-        <v>173</v>
+        <v>22</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="H324" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="D325" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E325" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F325" t="s">
         <v>173</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="H325" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D326" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E326" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F326" t="s">
         <v>173</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="H326" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="D327" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E327" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F327" t="s">
-        <v>86</v>
+        <v>173</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="H327" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D328" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E328" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F328" t="s">
         <v>86</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="H328" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="D329" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E329" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F329" t="s">
         <v>86</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="H329" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D330" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E330" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F330" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="H330" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D331" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E331" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F331" t="s">
         <v>99</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="H331" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D332" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E332" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F332" t="s">
         <v>99</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="H332" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D333" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E333" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F333" t="s">
-        <v>361</v>
+        <v>99</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="H333" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D334" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E334" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F334" t="s">
         <v>361</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="H334" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D335" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E335" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F335" t="s">
         <v>361</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="H335" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D336" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E336" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F336" t="s">
-        <v>108</v>
+        <v>361</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="H336" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D337" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E337" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F337" t="s">
         <v>108</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="H337" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D338" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E338" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F338" t="s">
         <v>108</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="H338" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D339" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E339" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F339" t="s">
-        <v>307</v>
+        <v>108</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="H339" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D340" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E340" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F340" t="s">
         <v>307</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="H340" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D341" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E341" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F341" t="s">
         <v>307</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>791</v>
+        <v>1349</v>
       </c>
       <c r="H341" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D342" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E342" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F342" t="s">
-        <v>60</v>
+        <v>307</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1350</v>
+        <v>791</v>
       </c>
       <c r="H342" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D343" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E343" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F343" t="s">
         <v>60</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="H343" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D344" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E344" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F344" t="s">
         <v>60</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="H344" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D345" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E345" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F345" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="H345" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D346" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E346" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F346" t="s">
         <v>13</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="H346" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="D347" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E347" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F347" t="s">
         <v>13</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="H347" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D348" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E348" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F348" t="s">
-        <v>294</v>
+        <v>13</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="H348" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D349" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E349" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F349" t="s">
         <v>294</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="H349" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="D350" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E350" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F350" t="s">
         <v>294</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="H350" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="D351" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E351" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F351" t="s">
-        <v>77</v>
+        <v>294</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="H351" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="D352" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E352" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F352" t="s">
         <v>77</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="H352" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D353" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E353" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F353" t="s">
         <v>77</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="H353" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D354" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E354" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F354" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="H354" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="D355" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E355" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F355" t="s">
         <v>22</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="H355" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="D356" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E356" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F356" t="s">
         <v>22</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="H356" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="D357" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E357" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F357" t="s">
-        <v>173</v>
+        <v>22</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="H357" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="D358" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E358" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F358" t="s">
         <v>173</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="H358" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="D359" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E359" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F359" t="s">
         <v>173</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="H359" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D360" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E360" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F360" t="s">
-        <v>86</v>
+        <v>173</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="H360" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="D361" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E361" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F361" t="s">
         <v>86</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="H361" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="D362" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E362" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F362" t="s">
         <v>86</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="H362" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="D363" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E363" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F363" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="H363" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="D364" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E364" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F364" t="s">
         <v>99</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="H364" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="D365" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E365" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F365" t="s">
         <v>99</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="H365" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="D366" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E366" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F366" t="s">
-        <v>361</v>
+        <v>99</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="H366" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="D367" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E367" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F367" t="s">
         <v>361</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="H367" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="D368" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E368" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F368" t="s">
         <v>361</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="H368" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="D369" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E369" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F369" t="s">
-        <v>108</v>
+        <v>361</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="H369" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="D370" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E370" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F370" t="s">
         <v>108</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="H370" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="D371" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E371" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F371" t="s">
         <v>108</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="H371" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="D372" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E372" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F372" t="s">
-        <v>307</v>
+        <v>108</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="H372" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="D373" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E373" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F373" t="s">
         <v>307</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="H373" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="D374" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E374" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F374" t="s">
         <v>307</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="H374" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="D375" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E375" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F375" t="s">
-        <v>60</v>
+        <v>307</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="H375" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="D376" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E376" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F376" t="s">
         <v>60</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="H376" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="D377" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E377" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F377" t="s">
         <v>60</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="H377" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="D378" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E378" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F378" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="H378" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="D379" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E379" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F379" t="s">
         <v>13</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="H379" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="D380" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E380" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F380" t="s">
         <v>13</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="H380" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="D381" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E381" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F381" t="s">
-        <v>294</v>
+        <v>13</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="H381" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="D382" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E382" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F382" t="s">
         <v>294</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="H382" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="D383" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E383" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F383" t="s">
         <v>294</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="H383" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="D384" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E384" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F384" t="s">
-        <v>77</v>
+        <v>294</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="H384" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="D385" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E385" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F385" t="s">
         <v>77</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="H385" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="D386" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E386" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F386" t="s">
         <v>77</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="H386" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="D387" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E387" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F387" t="s">
-        <v>173</v>
+        <v>77</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="H387" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="D388" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E388" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F388" t="s">
         <v>173</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="H388" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="D389" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E389" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F389" t="s">
         <v>173</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="H389" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="D390" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E390" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F390" t="s">
-        <v>1194</v>
+        <v>173</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="H390" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="D391" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E391" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F391" t="s">
-        <v>86</v>
+        <v>1198</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="H391" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="D392" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E392" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F392" t="s">
         <v>86</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="H392" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="D393" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E393" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F393" t="s">
         <v>86</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="H393" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="D394" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E394" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F394" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="H394" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="D395" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E395" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F395" t="s">
         <v>99</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="H395" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="D396" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E396" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F396" t="s">
-        <v>361</v>
+        <v>99</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="H396" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="D397" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E397" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F397" t="s">
         <v>361</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="H397" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="D398" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E398" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F398" t="s">
-        <v>108</v>
+        <v>361</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="H398" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="D399" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E399" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F399" t="s">
         <v>108</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="H399" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="D400" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E400" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F400" t="s">
         <v>108</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="H400" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="D401" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E401" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F401" t="s">
-        <v>307</v>
+        <v>108</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="H401" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="D402" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E402" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F402" t="s">
         <v>307</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="H402" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="D403" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E403" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F403" t="s">
         <v>307</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="H403" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="D404" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E404" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F404" t="s">
-        <v>60</v>
+        <v>307</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="H404" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="D405" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E405" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F405" t="s">
         <v>60</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="H405" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="D406" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E406" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F406" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="H406" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="D407" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E407" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F407" t="s">
         <v>13</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="H407" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="D408" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E408" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F408" t="s">
-        <v>294</v>
+        <v>13</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="H408" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="D409" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E409" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F409" t="s">
         <v>294</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="H409" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="D410" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E410" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F410" t="s">
-        <v>77</v>
+        <v>294</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="H410" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="D411" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E411" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F411" t="s">
         <v>77</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>791</v>
+        <v>1558</v>
       </c>
       <c r="H411" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="D412" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E412" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F412" t="s">
         <v>77</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1559</v>
+        <v>791</v>
       </c>
       <c r="H412" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="D413" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E413" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F413" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="H413" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="D414" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E414" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F414" t="s">
         <v>22</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="H414" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="D415" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E415" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F415" t="s">
-        <v>173</v>
+        <v>22</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="H415" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="D416" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E416" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F416" t="s">
         <v>173</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="H416" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="D417" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E417" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F417" t="s">
-        <v>86</v>
+        <v>173</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="H417" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="D418" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E418" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F418" t="s">
         <v>86</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="H418" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="D419" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E419" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F419" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="H419" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="D420" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E420" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F420" t="s">
         <v>99</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="H420" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="D421" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E421" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F421" t="s">
-        <v>361</v>
+        <v>99</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="H421" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="D422" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E422" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F422" t="s">
         <v>361</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="H422" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="D423" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E423" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F423" t="s">
-        <v>108</v>
+        <v>361</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="H423" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="D424" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E424" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F424" t="s">
         <v>108</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="H424" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="D425" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E425" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F425" t="s">
-        <v>307</v>
+        <v>108</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="H425" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="D426" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E426" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F426" t="s">
         <v>307</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="H426" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="D427" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E427" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F427" t="s">
-        <v>60</v>
+        <v>307</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="H427" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="D428" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E428" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F428" t="s">
         <v>60</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="H428" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="D429" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E429" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F429" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="H429" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="D430" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E430" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F430" t="s">
         <v>13</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="H430" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="D431" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E431" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F431" t="s">
-        <v>294</v>
+        <v>13</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="H431" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="D432" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E432" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F432" t="s">
         <v>294</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="H432" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="D433" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E433" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F433" t="s">
-        <v>77</v>
+        <v>294</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="H433" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="D434" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E434" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F434" t="s">
         <v>77</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="H434" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="D435" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E435" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F435" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="H435" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="D436" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E436" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F436" t="s">
         <v>22</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="H436" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="D437" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E437" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F437" t="s">
-        <v>173</v>
+        <v>22</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="H437" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="D438" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="E438" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="F438" t="s">
         <v>173</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="H438" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>10</v>
+        <v>620</v>
       </c>
       <c r="D439" t="s">
-        <v>1640</v>
+        <v>1196</v>
       </c>
       <c r="E439" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F439" t="s">
+        <v>173</v>
+      </c>
+      <c r="G439" s="1" t="s">
         <v>1641</v>
       </c>
-      <c r="F439" t="s">
-[...2 lines deleted...]
-      <c r="G439" s="1" t="s">
+      <c r="H439" t="s">
         <v>1642</v>
-      </c>
-[...1 lines deleted...]
-        <v>1643</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>10</v>
+      </c>
+      <c r="D440" t="s">
         <v>1644</v>
       </c>
-      <c r="B440" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E440" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="F440" t="s">
-        <v>1645</v>
+        <v>108</v>
       </c>
       <c r="G440" s="1" t="s">
         <v>1646</v>
       </c>
       <c r="H440" t="s">
         <v>1647</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>1648</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D441" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="E441" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="F441" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="H441" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D442" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="E442" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="F442" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="H442" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D443" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="E443" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="F443" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="H443" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D444" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="E444" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="F444" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="H444" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D445" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="E445" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="F445" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="H445" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D446" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="E446" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="F446" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="H446" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D447" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="E447" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="F447" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="H447" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D448" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="E448" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="F448" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="H448" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D449" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="E449" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="F449" t="s">
-        <v>60</v>
+        <v>1649</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="H449" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D450" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="E450" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="F450" t="s">
-        <v>1645</v>
+        <v>60</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="H450" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="D451" t="s">
-        <v>1679</v>
+        <v>1644</v>
       </c>
       <c r="E451" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F451" t="s">
+        <v>1649</v>
+      </c>
+      <c r="G451" s="1" t="s">
         <v>1680</v>
       </c>
-      <c r="F451" t="s">
-[...2 lines deleted...]
-      <c r="G451" s="1" t="s">
+      <c r="H451" t="s">
         <v>1681</v>
-      </c>
-[...1 lines deleted...]
-        <v>1682</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>10</v>
+      </c>
+      <c r="D452" t="s">
         <v>1683</v>
       </c>
-      <c r="B452" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E452" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F452" t="s">
-        <v>99</v>
+        <v>13</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="H452" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D453" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E453" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F453" t="s">
         <v>99</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="H453" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D454" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E454" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F454" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="H454" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D455" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E455" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F455" t="s">
-        <v>1693</v>
+        <v>108</v>
       </c>
       <c r="G455" s="1" t="s">
         <v>1694</v>
       </c>
       <c r="H455" t="s">
         <v>1695</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>1696</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D456" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E456" t="s">
-        <v>1680</v>
+        <v>1684</v>
+      </c>
+      <c r="F456" t="s">
+        <v>1697</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="H456" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D457" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E457" t="s">
-        <v>1680</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>1684</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="H457" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D458" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E458" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F458" t="s">
         <v>173</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="H458" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D459" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E459" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F459" t="s">
-        <v>13</v>
+        <v>173</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="H459" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D460" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E460" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F460" t="s">
-        <v>99</v>
+        <v>13</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="H460" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D461" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E461" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F461" t="s">
         <v>99</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="H461" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D462" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E462" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F462" t="s">
-        <v>173</v>
+        <v>99</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="H462" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D463" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E463" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F463" t="s">
-        <v>1645</v>
+        <v>173</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="H463" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D464" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E464" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F464" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="H464" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D465" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E465" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F465" t="s">
-        <v>99</v>
+        <v>1649</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="H465" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D466" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E466" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F466" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="H466" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D467" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E467" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F467" t="s">
         <v>22</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="H467" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D468" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E468" t="s">
-        <v>1680</v>
+        <v>1684</v>
+      </c>
+      <c r="F468" t="s">
+        <v>22</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="H468" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="D469" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E469" t="s">
-        <v>1680</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>1684</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="H469" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="D470" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E470" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F470" t="s">
-        <v>1645</v>
+        <v>294</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="H470" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D471" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E471" t="s">
-        <v>1680</v>
+        <v>1684</v>
+      </c>
+      <c r="F471" t="s">
+        <v>1649</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="H471" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D472" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E472" t="s">
-        <v>1680</v>
-[...2 lines deleted...]
-        <v>1645</v>
+        <v>1684</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="H472" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D473" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E473" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F473" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="H473" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D474" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E474" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F474" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="H474" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D475" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E475" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F475" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="H475" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D476" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E476" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F476" t="s">
-        <v>60</v>
+        <v>1649</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="H476" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D477" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E477" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F477" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="H477" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D478" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E478" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F478" t="s">
-        <v>1645</v>
+        <v>22</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="H478" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D479" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E479" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F479" t="s">
-        <v>13</v>
+        <v>1649</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="H479" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D480" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E480" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F480" t="s">
-        <v>1645</v>
+        <v>13</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="H480" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D481" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E481" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F481" t="s">
-        <v>108</v>
+        <v>1649</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="H481" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D482" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E482" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F482" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="H482" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D483" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E483" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F483" t="s">
-        <v>108</v>
+        <v>22</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="H483" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D484" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E484" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F484" t="s">
-        <v>1645</v>
+        <v>108</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="H484" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="D485" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E485" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F485" t="s">
-        <v>13</v>
+        <v>1649</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="H485" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="D486" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E486" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F486" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="H486" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="D487" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E487" t="s">
-        <v>1680</v>
+        <v>1684</v>
+      </c>
+      <c r="F487" t="s">
+        <v>108</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="H487" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D488" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E488" t="s">
-        <v>1680</v>
-[...2 lines deleted...]
-        <v>1645</v>
+        <v>1684</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="H488" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="D489" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E489" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F489" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="H489" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D490" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E490" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F490" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="H490" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D491" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E491" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F491" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="H491" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="D492" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E492" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F492" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="H492" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D493" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E493" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F493" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="H493" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D494" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E494" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F494" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="H494" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D495" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E495" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F495" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="H495" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D496" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E496" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F496" t="s">
-        <v>77</v>
+        <v>1649</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="H496" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D497" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E497" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F497" t="s">
-        <v>1645</v>
+        <v>77</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="H497" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D498" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E498" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F498" t="s">
-        <v>86</v>
+        <v>1649</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="H498" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="D499" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E499" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F499" t="s">
-        <v>22</v>
+        <v>86</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="H499" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D500" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E500" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F500" t="s">
-        <v>1645</v>
+        <v>22</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="H500" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="D501" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E501" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F501" t="s">
-        <v>514</v>
+        <v>1649</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="H501" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D502" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E502" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F502" t="s">
-        <v>13</v>
+        <v>514</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="H502" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D503" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="E503" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="F503" t="s">
         <v>13</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="H503" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>64</v>
+        <v>241</v>
       </c>
       <c r="D504" t="s">
-        <v>1841</v>
+        <v>1683</v>
       </c>
       <c r="E504" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F504" t="s">
+        <v>13</v>
+      </c>
+      <c r="G504" s="1" t="s">
         <v>1842</v>
       </c>
-      <c r="F504" t="s">
-[...2 lines deleted...]
-      <c r="G504" s="1" t="s">
+      <c r="H504" t="s">
         <v>1843</v>
-      </c>
-[...1 lines deleted...]
-        <v>1844</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>64</v>
+      </c>
+      <c r="D505" t="s">
         <v>1845</v>
       </c>
-      <c r="B505" t="s">
-[...5 lines deleted...]
-      <c r="D505" t="s">
+      <c r="E505" t="s">
         <v>1846</v>
       </c>
-      <c r="E505" t="s">
+      <c r="F505" t="s">
+        <v>1649</v>
+      </c>
+      <c r="G505" s="1" t="s">
         <v>1847</v>
       </c>
-      <c r="F505" t="s">
+      <c r="H505" t="s">
         <v>1848</v>
-      </c>
-[...4 lines deleted...]
-        <v>1850</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1851</v>
+        <v>1849</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
         <v>10</v>
       </c>
       <c r="D506" t="s">
+        <v>1850</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1851</v>
+      </c>
+      <c r="F506" t="s">
         <v>1852</v>
       </c>
-      <c r="E506" t="s">
+      <c r="G506" s="1" t="s">
         <v>1853</v>
       </c>
-      <c r="F506" t="s">
-[...2 lines deleted...]
-      <c r="G506" s="1" t="s">
+      <c r="H506" t="s">
         <v>1854</v>
-      </c>
-[...1 lines deleted...]
-        <v>1855</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1856</v>
+        <v>1855</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
         <v>10</v>
       </c>
       <c r="D507" t="s">
+        <v>1856</v>
+      </c>
+      <c r="E507" t="s">
         <v>1857</v>
       </c>
-      <c r="E507" t="s">
+      <c r="F507" t="s">
+        <v>1649</v>
+      </c>
+      <c r="G507" s="1" t="s">
         <v>1858</v>
       </c>
-      <c r="F507" t="s">
+      <c r="H507" t="s">
         <v>1859</v>
-      </c>
-[...4 lines deleted...]
-        <v>1861</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>10</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E508" t="s">
         <v>1862</v>
       </c>
-      <c r="B508" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F508" t="s">
-        <v>108</v>
+        <v>1863</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="H508" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D509" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E509" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="F509" t="s">
-        <v>1866</v>
+        <v>108</v>
       </c>
       <c r="G509" s="1" t="s">
         <v>1867</v>
       </c>
       <c r="H509" t="s">
         <v>1868</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>1869</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D510" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E510" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="F510" t="s">
-        <v>1866</v>
+        <v>1870</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="H510" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D511" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E511" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="F511" t="s">
-        <v>99</v>
+        <v>1870</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="H511" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D512" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E512" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="F512" t="s">
         <v>99</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="H512" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D513" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E513" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="F513" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="H513" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D514" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E514" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="F514" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="H514" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D515" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E515" t="s">
-        <v>1858</v>
+        <v>1862</v>
+      </c>
+      <c r="F515" t="s">
+        <v>13</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="H515" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D516" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E516" t="s">
-        <v>1858</v>
-[...2 lines deleted...]
-        <v>1888</v>
+        <v>1862</v>
       </c>
       <c r="G516" s="1" t="s">
         <v>1889</v>
       </c>
       <c r="H516" t="s">
         <v>1890</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>1891</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D517" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E517" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="F517" t="s">
-        <v>77</v>
+        <v>1892</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="H517" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D518" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E518" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="F518" t="s">
-        <v>514</v>
+        <v>77</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="H518" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D519" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E519" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="F519" t="s">
         <v>514</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="H519" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D520" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E520" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="F520" t="s">
-        <v>307</v>
+        <v>514</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="H520" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D521" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="E521" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="F521" t="s">
         <v>307</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="H521" t="s">
-        <v>1905</v>
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>72</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1862</v>
+      </c>
+      <c r="F522" t="s">
+        <v>307</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1909</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -20144,50 +20182,51 @@
     <hyperlink ref="G497" r:id="rId496"/>
     <hyperlink ref="G498" r:id="rId497"/>
     <hyperlink ref="G499" r:id="rId498"/>
     <hyperlink ref="G500" r:id="rId499"/>
     <hyperlink ref="G501" r:id="rId500"/>
     <hyperlink ref="G502" r:id="rId501"/>
     <hyperlink ref="G503" r:id="rId502"/>
     <hyperlink ref="G504" r:id="rId503"/>
     <hyperlink ref="G505" r:id="rId504"/>
     <hyperlink ref="G506" r:id="rId505"/>
     <hyperlink ref="G507" r:id="rId506"/>
     <hyperlink ref="G508" r:id="rId507"/>
     <hyperlink ref="G509" r:id="rId508"/>
     <hyperlink ref="G510" r:id="rId509"/>
     <hyperlink ref="G511" r:id="rId510"/>
     <hyperlink ref="G512" r:id="rId511"/>
     <hyperlink ref="G513" r:id="rId512"/>
     <hyperlink ref="G514" r:id="rId513"/>
     <hyperlink ref="G515" r:id="rId514"/>
     <hyperlink ref="G516" r:id="rId515"/>
     <hyperlink ref="G517" r:id="rId516"/>
     <hyperlink ref="G518" r:id="rId517"/>
     <hyperlink ref="G519" r:id="rId518"/>
     <hyperlink ref="G520" r:id="rId519"/>
     <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>